--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -66,22829 +66,22829 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
+        <w:t xml:space="preserve">Pré-publication, Document de travail (2)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId7" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">When machine learning extrapolates in space: how local data shape spatial transferability</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Portes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dino Ienco</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edith Gabriel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2026</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId7" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05457625v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fire severity and recovery across Europe: insights from forest diversity and landscape metrics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eatidal Amin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cassio F. Dantas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dino Ienco</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samuel Alleaume</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandra Luque</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2025</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05252328v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
         <w:t xml:space="preserve">Article dans une revue (79)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId7" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Out-of-year parcel identification using adversarial domain adaptation and multi-temporal satellite imagery to enhance vineyard health monitoring</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Anna Roussel</w:t>
+                <w:t xml:space="preserve">ULISSE: Parameter-Efficient Adaptation of Earth Vision Models to Monitor Forest Disturbance in Sentinel-2 time series</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vito Recchia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giuseppina Andresini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annalisa Appice</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Samuel Alleaume</w:t>
-[...37 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Dino Ienco</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giuseppe Fiameni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Digital Earth</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/17538947.2026.2634468⟩</w:t>
+              <w:t xml:space="preserve">Ecological Informatics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, pp.103668. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ecoinf.2026.103668⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId7" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05523426v1</w:t>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05527574v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">ULISSE: Parameter-Efficient Adaptation of Earth Vision Models to Monitor Forest Disturbance in Sentinel-2 time series</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Out-of-year parcel identification using adversarial domain adaptation and multi-temporal satellite imagery to enhance vineyard health monitoring</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anna Roussel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samuel Alleaume</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Billotte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Fabre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dino Ienco</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ecological Informatics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ecoinf.2026.103668⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Digital Earth</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, 19 (1), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/17538947.2026.2634468⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05527574v1</w:t>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05523426v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multi-modal co-learning for Earth observation: enhancing single-modality models via modality collaboration</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Environmental and bioclimatic data for epidemiological analysis over French Mediterranean areas</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Portes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dino Ienco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Andreas Dengel</w:t>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Verdin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edith Gabriel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Machine Learning</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s10994-025-06903-0⟩</w:t>
+              <w:t xml:space="preserve">Environmental Data Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 3, pp.e31. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1017/eds.2024.50⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05326486v1</w:t>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04881001v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Geographical Context Matters: Bridging Fine and Coarse Spatial Information to Enhance Continental Land Cover Mapping</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">MARA : a deep learning based framework for multilayer graph simplification</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cheick Tidiane Ba</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roberto Interdonato</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dino Ienco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sabrina Gaito</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Science of Remote Sensing</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.srs.2025.100315⟩</w:t>
+              <w:t xml:space="preserve">Neurocomputing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 612, pp.128712. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.neucom.2024.128712⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05319081v1</w:t>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04740726v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multi-sensor Model for Earth Observation Robust to Missing Data via Sensor Dropout and Mutual Distillation</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">SAHARA: Heterogeneous Semi-Supervised Transfer Learning with Adversarial Adaptation and Dynamic Pseudo-Labeling</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giuseppe Guarino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cássio F Dantas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dino Ienco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raffaele Gaetano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gemine Vivone</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Access</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/ACCESS.2025.3568706⟩</w:t>
+              <w:t xml:space="preserve">IEEE Geoscience and Remote Sensing Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 23, 13 p. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/LGRS.2025.3635269⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05063111v1</w:t>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05370697v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rapeseed mapping using machine learning methods and Sentinel-1 time series coupled with growing degree-days information</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId36" w:history="1">
+                <w:t xml:space="preserve">Sentinel-1 (S1) time series alignment method for rapeseed fields mapping</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Saeideh Maleki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Baghdadi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sami Najem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Saeideh Maleki</w:t>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cassio Fraga Dantas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dino Ienco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Science of Remote Sensing</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Frontiers in Remote Sensing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 5, pp.1483295. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/frsen.2024.1483295⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.srs.2025.100244⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-05113091v1</w:t>
+                <w:t xml:space="preserve">hal-04955663v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Environmental and bioclimatic data for epidemiological analysis over French Mediterranean areas</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Assessing habitat suitability for black grouse broods at the bioregional scale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Tm Defossez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samuel Alleaume</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Montadert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Josselin Giffard-Carlet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dino Ienco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...22 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Environmental Data Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1017/eds.2024.50⟩</w:t>
+              <w:t xml:space="preserve">Wildlife Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/wlb3.01425⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04881001v1</w:t>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05168858v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">MARA : a deep learning based framework for multilayer graph simplification</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId23" w:history="1">
+                <w:t xml:space="preserve">Multi-sensor Model for Earth Observation Robust to Missing Data via Sensor Dropout and Mutual Distillation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francisco Mena</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dino Ienco</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cássio Dantas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roberto Interdonato</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Sabrina Gaito</w:t>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andreas Dengel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Neurocomputing</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.neucom.2024.128712⟩</w:t>
+              <w:t xml:space="preserve">IEEE Access</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 13, pp.83930-83943. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ACCESS.2025.3568706⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04740726v1</w:t>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05063111v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">SAHARA: Heterogeneous Semi-Supervised Transfer Learning with Adversarial Adaptation and Dynamic Pseudo-Labeling</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Multi-modal co-learning for Earth observation: enhancing single-modality models via modality collaboration</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cássio F Dantas</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Francisco Mena</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dino Ienco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cassio F Dantas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roberto Interdonato</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andreas Dengel</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Geoscience and Remote Sensing Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/LGRS.2025.3635269⟩</w:t>
+              <w:t xml:space="preserve">Machine Learning</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 114 (12), pp.279. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10994-025-06903-0⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05370697v1</w:t>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05326486v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sentinel-1 (S1) time series alignment method for rapeseed fields mapping</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Geographical Context Matters: Bridging Fine and Coarse Spatial Information to Enhance Continental Land Cover Mapping</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Babak Ghassemi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cássio Fraga Dantas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raffaele Gaetano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dino Ienco</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Omid Ghorbanzadeh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Remote Sensing</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/frsen.2024.1483295⟩</w:t>
+              <w:t xml:space="preserve">Science of Remote Sensing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 12, 39 p. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.srs.2025.100315⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04955663v1</w:t>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05319081v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Assessing habitat suitability for black grouse broods at the bioregional scale</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Dino Ienco</w:t>
+                <w:t xml:space="preserve">Rapeseed mapping using machine learning methods and Sentinel-1 time series coupled with growing degree-days information</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sami Najem</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Baghdadi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ya Gao</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hassan Bazzi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Saeideh Maleki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Wildlife Biology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/wlb3.01425⟩</w:t>
+              <w:t xml:space="preserve">Science of Remote Sensing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 11, pp.100244. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.srs.2025.100244⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05168858v1</w:t>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05113091v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Generation of country-scale canopy height maps over Gabon using deep learning and TanDEM-X InSAR data</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Paola Rizzoli</w:t>
+                <w:t xml:space="preserve">Determining Effective Temporal Windows for Rapeseed Detection Using Sentinel-1 Time Series and Machine Learning Algorithms</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Saeideh Maleki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Baghdadi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sami Najem</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cassio F. Dantas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Luca Dell’amore</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Dino Ienco</w:t>
+                <w:t xml:space="preserve">Hassan Bazzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Remote Sensing of Environment</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Remote Sensing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 16 (3), pp.549. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/rs16030549⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.rse.2024.114270⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04629344v1</w:t>
+                <w:t xml:space="preserve">hal-04476131v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Determining Effective Temporal Windows for Rapeseed Detection Using Sentinel-1 Time Series and Machine Learning Algorithms</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">A constrastive semi-supervised deep learning framework for land cover classification of satellite time series with limited labels</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dino Ienco</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raffaele Gaetano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roberto Interdonato</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Remote Sensing</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 16 (3), pp.549. </w:t>
+              <w:t xml:space="preserve">Neurocomputing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 567, pp.127031. </w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/rs16030549⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.neucom.2023.127031⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04476131v1</w:t>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04476130v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A constrastive semi-supervised deep learning framework for land cover classification of satellite time series with limited labels</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Early Season Forecasting of Corn Yield at Field Level from Multi-Source Satellite Time Series Data</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Johann Desloires</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dino Ienco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Roberto Interdonato</w:t>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Botrel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Neurocomputing</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.neucom.2023.127031⟩</w:t>
+              <w:t xml:space="preserve">Remote Sensing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 16 (9), pp.1573. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/rs16091573⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04476130v1</w:t>
+                <w:t xml:space="preserve">hal-04565081v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Early Season Forecasting of Corn Yield at Field Level from Multi-Source Satellite Time Series Data</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">DIAMANTE: A data-centric semantic segmentation approach to map tree dieback induced by bark beetle infestations via satellite images</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giuseppina Andresini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annalisa Appice</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dino Ienco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Antoine Botrel</w:t>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vito Recchia</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Remote Sensing</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 16 (9), pp.1573. </w:t>
+              <w:t xml:space="preserve">Journal of Intelligent Information Systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 62, pp.1531-1558. </w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/rs16091573⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s10844-024-00877-6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId75" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04565081v1</w:t>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04687503v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">DIAMANTE: A data-centric semantic segmentation approach to map tree dieback induced by bark beetle infestations via satellite images</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Multi-source deep-learning approach for automatic geomorphological mapping: the case of glacial moraines</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Rocamora</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dino Ienco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Vito Recchia</w:t>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Ferry</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Intelligent Information Systems</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s10844-024-00877-6⟩</w:t>
+              <w:t xml:space="preserve">Geo-spatial Information Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 16, pp.1-20. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/10095020.2023.2292587⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04687503v1</w:t>
+                <w:t xml:space="preserve">hal-04476128v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Machine Learning-Based Summer Crops Mapping Using Sentinel-1 and Sentinel-2 Images</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Saeideh Maleki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Baghdadi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hassan Bazzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cassio Fraga Dantas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dino Ienco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Remote Sensing</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 16 (23), pp.4548. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3390/rs16234548⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04823571v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multi-source deep-learning approach for automatic geomorphological mapping: the case of glacial moraines</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">DyHANE: dynamic heterogeneous attributed network embedding through experience node replay</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Liliana Martirano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dino Ienco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Matthieu Ferry</w:t>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roberto Interdonato</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrea Tagarelli</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Geo-spatial Information Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/10095020.2023.2292587⟩</w:t>
+              <w:t xml:space="preserve">Applied Network Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 9 (1), pp.30. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s41109-024-00633-3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId83" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04476128v1</w:t>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04636945v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">DyHANE: dynamic heterogeneous attributed network embedding through experience node replay</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Orthrus: multi-scale land cover mapping from satellite image time series via 2D encoding and convolutional neural network</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Azza Abidi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dino Ienco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Andrea Tagarelli</w:t>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Ben Abbes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Imed Riadh Farah</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Network Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s41109-024-00633-3⟩</w:t>
+              <w:t xml:space="preserve">Neural Computing and Applications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 36, pp.19247-19265. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00521-024-10186-2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId87" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04636945v1</w:t>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04667209v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Orthrus: multi-scale land cover mapping from satellite image time series via 2D encoding and convolutional neural network</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Reuse out-of-year data to enhance land cover mapping via feature disentanglement and contrastive learning</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cassio F. Dantas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raffaele Gaetano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudia Paris</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dino Ienco</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Imed Riadh Farah</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Neural Computing and Applications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s00521-024-10186-2⟩</w:t>
+              <w:t xml:space="preserve">IEEE Journal of Selected Topics in Applied Earth Observations and Remote Sensing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 18, pp.1681-1694. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/JSTARS.2024.3503756⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId91" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04667209v1</w:t>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04547452v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reuse out-of-year data to enhance land cover mapping via feature disentanglement and contrastive learning</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Explaining the decisions and the functioning of a convolutional spatiotemporal land cover classifier with channel attention and redescription mining</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Enzo Pelous</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Méger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Benoit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdourrahmane Atto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dino Ienco</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Journal of Selected Topics in Applied Earth Observations and Remote Sensing</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/JSTARS.2024.3503756⟩</w:t>
+              <w:t xml:space="preserve">ISPRS Journal of Photogrammetry and Remote Sensing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 215, pp.256-270. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.isprsjprs.2024.06.021⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId96" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04547452v1</w:t>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04650672v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Explaining the decisions and the functioning of a convolutional spatiotemporal land cover classifier with channel attention and redescription mining</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Generation of country-scale canopy height maps over Gabon using deep learning and TanDEM-X InSAR data</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Carcereri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paola Rizzoli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luca Dell’amore</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">José-Luis Bueso-Bello</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dino Ienco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ISPRS Journal of Photogrammetry and Remote Sensing</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.isprsjprs.2024.06.021⟩</w:t>
+              <w:t xml:space="preserve">Remote Sensing of Environment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 311, pp.114270. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.rse.2024.114270⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04650672v1</w:t>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04629344v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Combining 2D encoding and convolutional neural network to enhance land cover mapping from Satellite Image Time Series</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Azza Abidi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dino Ienco</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ali Ben Abbes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Imed Riadh Farah</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Engineering Applications of Artificial Intelligence</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 122, pp.106152. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.engappai.2023.106152⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04061345v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Temporal-Domain Adaptation for Satellite Image Time-Series Land-Cover Mapping With Adversarial Learning and Spatially Aware Self-Training</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Capliez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dino Ienco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raffaele Gaetano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Baghdadi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Hadj Salah</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Journal of Selected Topics in Applied Earth Observations and Remote Sensing</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 16, pp.3645 - 3675. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/jstars.2023.3263755⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04097327v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Enhancing forest attribute prediction by considering terrain and scan angles from lidar point clouds: A neural network approach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karun R Dayal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Durrieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kamel Lahssini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dino Ienco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Matthieu Monnet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Journal of Selected Topics in Applied Earth Observations and Remote Sensing</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 16, pp.3531-3544. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/jstars.2023.3263595⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04419960v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Deep Neural Network Framework for Multivariate Time Series Classification With Positive and Unlabeled Data</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dino Ienco</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Access</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 11, pp.20877-20884. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/ACCESS.2023.3251194⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04052508v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Artificial Intelligence Algorithms for Rapeseed Fields Mapping using Sentinel-1 Time Series: Temporal Transfer Scenario and Ground Sampling Constraints</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Saeideh Maleki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Baghdadi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cassio F. Dantas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sami Najem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hassan Bazzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Journal of Selected Topics in Applied Earth Observations and Remote Sensing</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 16, pp.8884-8899. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/JSTARS.2023.3316304⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04184447v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Out-of-year corn yield prediction at field-scale using Sentinel-2 satellite imagery and machine learning methods</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Johann Desloires</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dino Ienco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Botrel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Computers and Electronics in Agriculture</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 209, pp.107807. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.compag.2023.107807⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04087506v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">SENECA: Change detection in optical imagery using Siamese networks with Active-Transfer Learning</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Giuseppina Andresini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annalisa Appice</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dino Ienco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Donato Malerba</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Expert Systems with Applications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 214, pp.119123. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.eswa.2022.119123⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03882272v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Multisensor temporal unsupervised domain adaptation for land cover mapping with spatial pseudo-labeling and adversarial learning</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Capliez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dino Ienco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raffaele Gaetano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Baghdadi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Hadj Salah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Transactions on Geoscience and Remote Sensing</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 61, pp.5405716. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/TGRS.2023.3297077⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05181753v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">VERTIGo: A Visual Platform for Querying and Exploring Large Multilayer Networks</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erick Cuenca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Sallaberry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dino Ienco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Poncelet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Transactions on Visualization and Computer Graphics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 28 (3), pp.1634-1647. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/TVCG.2021.3067820⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId133" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">lirmm-03738618v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Combining LiDAR Metrics and Sentinel-2 Imagery to Estimate Basal Area and Wood Volume in Complex Forest Environment via Neural Networks</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kamel Lahssini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Teste</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karun Reuel Dayal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Durrieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dino Ienco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Journal of Selected Topics in Applied Earth Observations and Remote Sensing</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 15, pp.4337-4348. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/JSTARS.2022.3175609⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03702643v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sentinel-2 images to assess soil surface characteristics over a rainfed Mediterranean cropping system</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Gomez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maman Sani Aboubacar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dino Ienco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Feurer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zakia Jenhaoui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">CATENA</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 213, pp.#106152. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.catena.2022.106152⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03604497v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Positive Unlabelled Learning for Satellite Images’Time Series Analysis: An Application to Cereal and Forest Mapping</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Johann Desloires</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dino Ienco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Botrel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Ranc</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Remote Sensing</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 14 (1), pp.140. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3390/rs14010140⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03540913v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dealing with multipositive unlabeled learning combining metric learning and deep clustering</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amedeo Racanati</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roberto Esposito</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dino Ienco</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Access</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 10, pp.51839 - 51849. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/ACCESS.2022.3174590⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03685581v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Combining pixel- and object-level information for land-cover mapping using time-series of Sentinel-2 satellite data</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Azza Abidi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Azza Abidi</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Imed Riadh Farah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yawogan Jean Eudes Gbodjo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dino Ienco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">I. Farah</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Remote Sensing Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 13 (2), pp.162-172. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1080/2150704X.2021.2001071⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03574637v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Benchmarking statistical modelling approaches with multi-source remote sensing data for millet yield monitoring: a case study of the groundnut basin in central Senegal</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId152" w:history="1">
+                <w:t xml:space="preserve">Multisensor Land Cover Classification With Sparsely Annotated Data Based on Convolutional Neural Networks and Self-Distillation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yawogan Jean Eudes Gbodjo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Montet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dino Ienco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId156" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Louise Leroux</w:t>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raffaele Gaetano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephane Dupuy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Remote Sensing</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/01431161.2021.1993465⟩</w:t>
+              <w:t xml:space="preserve">IEEE Journal of Selected Topics in Applied Earth Observations and Remote Sensing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 14, pp.11485-11499. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/JSTARS.2021.3119191⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId155" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03666002v1</w:t>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03599925v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multisensor Land Cover Classification With Sparsely Annotated Data Based on Convolutional Neural Networks and Self-Distillation</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">ESA☆: A generic framework for semi-supervised inductive learning</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Shuyi Yang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dino Ienco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Stephane Dupuy</w:t>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roberto Esposito</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ruggero Pensa</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Journal of Selected Topics in Applied Earth Observations and Remote Sensing</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/JSTARS.2021.3119191⟩</w:t>
+              <w:t xml:space="preserve">Neurocomputing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 447, pp.102-117. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.neucom.2021.03.051⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId158" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03599925v1</w:t>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03204391v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">ESA☆: A generic framework for semi-supervised inductive learning</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">A CNN-based approach for the estimation of canopy heights and wood volume from GEDI waveforms</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ibrahim Fayad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dino Ienco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId149" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Baghdadi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raffaele Gaetano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clayton Alcarde Alvares</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Neurocomputing</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.neucom.2021.03.051⟩</w:t>
+              <w:t xml:space="preserve">Remote Sensing of Environment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 265, 16 p. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.rse.2021.112652⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId162" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03204391v1</w:t>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03335248v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A CNN-based approach for the estimation of canopy heights and wood volume from GEDI waveforms</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Attentive spatial temporal graph CNN for land cover mapping from multi temporal remote sensing data</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alessandro Michele Censi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dino Ienco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Clayton Alcarde Alvares</w:t>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yawogan Jean Eudes Gbodjo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ruggero Gaetano Pensa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roberto Interdonato</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Remote Sensing of Environment</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.rse.2021.112652⟩</w:t>
+              <w:t xml:space="preserve">IEEE Access</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 9, pp.23070-23082. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ACCESS.2021.3055554⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId166" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03335248v1</w:t>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03144053v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Attentive spatial temporal graph CNN for land cover mapping from multi temporal remote sensing data</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Benchmarking statistical modelling approaches with multi-source remote sensing data for millet yield monitoring: a case study of the groundnut basin in central Senegal</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yawogan Jean Eudes Gbodjo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dino Ienco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId152" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Louise Leroux</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Access</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/ACCESS.2021.3055554⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Remote Sensing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 42 (24), pp.9285-9308. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/01431161.2021.1993465⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId170" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03144053v1</w:t>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03666002v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Unsupervised Change Detection Analysis in Satellite Image Time Series using Deep Learning Combined with Graph-Based Approaches</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Toward spatio-spectral analysis of sentinel-2 time series data for land cover mapping</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yawogan Jean Eudes Gbodjo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dino Ienco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jérémie Sublime</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Maria Trocan</w:t>
+                <w:t xml:space="preserve">Louise Leroux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Journal of Selected Topics in Applied Earth Observations and Remote Sensing</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">IEEE Geoscience and Remote Sensing Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 17 (2), pp.307-311. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/LGRS.2019.2917788⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/JSTARS.2020.2982631⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02749683v1</w:t>
+                <w:t xml:space="preserve">hal-02950334v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Toward spatio-spectral analysis of sentinel-2 time series data for land cover mapping</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId152" w:history="1">
+                <w:t xml:space="preserve">Object-based multi-temporal and multi-source land cover mapping leveraging hierarchical class relationships</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yawogan Jean Eudes Gbodjo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dino Ienco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Louise Leroux</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roberto Interdonato</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raffaele Gaetano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Geoscience and Remote Sensing Letters</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Remote Sensing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 12 (17), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/rs12172814⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/LGRS.2019.2917788⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02950334v1</w:t>
+                <w:t xml:space="preserve">hal-02931049v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Object-based multi-temporal and multi-source land cover mapping leveraging hierarchical class relationships</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId152" w:history="1">
+                <w:t xml:space="preserve">Weakly Supervised learning for land cover mapping of satellite image time series via attention-based CNN</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dino Ienco</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raffaele Gaetano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yawogan Jean Eudes Gbodjo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roberto Interdonato</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Remote Sensing</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">IEEE Access</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 8, pp.179547 - 179560. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ACCESS.2020.3024133⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/rs12172814⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02931049v1</w:t>
+                <w:t xml:space="preserve">hal-02941804v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Weakly Supervised learning for land cover mapping of satellite image time series via attention-based CNN</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Deep convolutional neural networks to monitor coralligenous reefs: Operationalizing biodiversity and ecological assessment</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guilhem Marre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cedric de Almeida Braga</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dino Ienco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandra Luque</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florian Holon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Access</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Ecological Informatics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 59, pp.101110. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ecoinf.2020.101110⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/ACCESS.2020.3024133⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02941804v1</w:t>
+                <w:t xml:space="preserve">hal-02924709v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Deep convolutional neural networks to monitor coralligenous reefs: Operationalizing biodiversity and ecological assessment</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Enhancing graph-based semi-supervised learning via knowledge-aware data embedding</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dino Ienco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId188" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ruggero Pensa</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ecological Informatics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 59, pp.101110. </w:t>
+              <w:t xml:space="preserve">IEEE Transactions on Neural Networks and Learning Systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 31 (11), pp.5014-5020. </w:t>
             </w:r>
             <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ecoinf.2020.101110⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/TNNLS.2019.2955565⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId185" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02924709v1</w:t>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02931060v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Enhancing graph-based semi-supervised learning via knowledge-aware data embedding</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Distilling Before Refine: Spatio-Temporal Transfer Learning for Mapping Irrigated Areas Using Sentinel-1 Time Series</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hassan Bazzi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dino Ienco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId164" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Ruggero Pensa</w:t>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Baghdadi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mehrez Zribi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Demarez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Transactions on Neural Networks and Learning Systems</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/TNNLS.2019.2955565⟩</w:t>
+              <w:t xml:space="preserve">IEEE Geoscience and Remote Sensing Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 17 (11), pp.1909-1913. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/LGRS.2019.2960625⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02931060v1</w:t>
+                <w:t xml:space="preserve">hal-04610578v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Distilling Before Refine: Spatio-Temporal Transfer Learning for Mapping Irrigated Areas Using Sentinel-1 Time Series</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Unsupervised Change Detection Analysis in Satellite Image Time Series using Deep Learning Combined with Graph-Based Approaches</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ekaterina Kalinicheva</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dino Ienco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Valérie Demarez</w:t>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémie Sublime</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria Trocan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Geoscience and Remote Sensing Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/LGRS.2019.2960625⟩</w:t>
+              <w:t xml:space="preserve">IEEE Journal of Selected Topics in Applied Earth Observations and Remote Sensing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 13, pp.1450-1466. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/JSTARS.2020.2982631⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId193" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04610578v1</w:t>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02749683v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId197" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Detection of spatio-temporal evolutions on multi-annual satellite image time series: A clustering based approach</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Mamoudou Ndiath</w:t>
+                <w:t xml:space="preserve">DuPLO: A DUal view Point deep Learning architecture for time series classificatiOn</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roberto Interdonato</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Samuel Alleaume</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Dino Ienco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raffaele Gaetano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kenji Ose</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Applied Earth Observation and Geoinformation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jag.2018.07.014⟩</w:t>
+              <w:t xml:space="preserve">ISPRS Journal of Photogrammetry and Remote Sensing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 149, pp.91-104. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.isprsjprs.2019.01.011⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId197" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01931475v1</w:t>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">lirmm-02011262v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mapping irrigated areas using Sentinel-1 Time series in Catalonia, Spain</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Combining Sentinel-1 and Sentinel-2 Satellite Image Time Series for land cover mapping via a multi-source deep learning architecture</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dino Ienco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId203" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roberto Interdonato</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raffaele Gaetano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dinh Ho Tong Minh</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Remote Sensing</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/rs11151836⟩</w:t>
+              <w:t xml:space="preserve">ISPRS Journal of Photogrammetry and Remote Sensing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 158, pp.11-22. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.isprsjprs.2019.09.016⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId202" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02609618v1</w:t>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02609707v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">DuPLO: A DUal view Point deep Learning architecture for time series classificatiOn</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Assessment of congruence between co-occurrence and functional networks: A new framework for revealing community assembly rules</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaëlle Legras</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Loiseau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Claude Gaertner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Christophe Poggiale</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dino Ienco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...22 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ISPRS Journal of Photogrammetry and Remote Sensing</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 9 (1), pp.19996. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41598-019-56515-7⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.isprsjprs.2019.01.011⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">lirmm-02011262v1</w:t>
+                <w:t xml:space="preserve">hal-02434228v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId207" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Combining Sentinel-1 and Sentinel-2 Satellite Image Time Series for land cover mapping via a multi-source deep learning architecture</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Detection of spatio-temporal evolutions on multi-annual satellite image time series: A clustering based approach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lynda Khiali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mamoudou Ndiath</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samuel Alleaume</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dino Ienco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kenji Ose</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ISPRS Journal of Photogrammetry and Remote Sensing</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.isprsjprs.2019.09.016⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Applied Earth Observation and Geoinformation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 74, pp.103-119. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jag.2018.07.014⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId207" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02609707v1</w:t>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01931475v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId210" w:history="1">
+            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Assessment of congruence between co-occurrence and functional networks: A new framework for revealing community assembly rules</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Mapping irrigated areas using Sentinel-1 Time series in Catalonia, Spain</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hassan Bazzi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Baghdadi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dino Ienco</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohammad El Hajj</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mehrez Zribi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41598-019-56515-7⟩</w:t>
+              <w:t xml:space="preserve">Remote Sensing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 11 (15), pp.1836. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/rs11151836⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId210" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02434228v1</w:t>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02609618v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId216" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Two-Branch CNN Architecture for Land Cover Classification of PAN and MS Imagery</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raffaele Gaetano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dino Ienco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kenji Ose</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId217" w:history="1">
+            <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Cresson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Remote Sensing</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 10 (11), pp.1746. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId218" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3390/rs10111746⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId216" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01931435v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId219" w:history="1">
+            <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fuzzy extensions of the DBScan clustering algorithm</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dino Ienco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId220" w:history="1">
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gloria Bordogna</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Soft Computing</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, Methodologies and Application, 22 (5), pp.1719-1730. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId221" w:history="1">
+            <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/s00500-016-2435-0⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId219" w:history="1">
+            <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">lirmm-01399605v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId222" w:history="1">
+            <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Object-oriented satellite image time series analysis using a graph-based representation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId198" w:history="1">
+            <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lynda Khiali</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dino Ienco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId223" w:history="1">
+            <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maguelonne Teisseire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Ecological Informatics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 43, pp.52-64. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId224" w:history="1">
+            <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.ecoinf.2017.11.003⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId222" w:history="1">
+            <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01741613v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId225" w:history="1">
+            <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">&amp;lt;formula&amp;gt; &amp;lt;tex&amp;gt;$M^3\text{Fusion}$&amp;lt;/tex&amp;gt; &amp;lt;/formula&amp;gt;: A Deep Learning Architecture for Multiscale Multimodal Multitemporal Satellite Data Fusion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId226" w:history="1">
+            <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paola Benedetti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dino Ienco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raffaele Gaetano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kenji Ose</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId227" w:history="1">
+            <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ruggero G. Pensa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Journal of Selected Topics in Applied Earth Observations and Remote Sensing</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 11 (12), pp.4939-4949. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/JSTARS.2018.2876357⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId228" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01931466v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId229" w:history="1">
+            <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Deep Recurrent Neural Networks for Winter Vegetation Quality Mapping via Multitemporal SAR Sentinel-1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId208" w:history="1">
+            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dinh Ho Tong Minh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dino Ienco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raffaele Gaetano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId230" w:history="1">
+            <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Lalande</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId231" w:history="1">
+            <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emile Ndikumana</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Geoscience and Remote Sensing Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 15 (3), pp.464-468. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/LGRS.2018.2794581⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId232" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01931485v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId233" w:history="1">
+            <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mining Frequent Subgraphs in Multigraphs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId234" w:history="1">
+            <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vijay Ingalalli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dino Ienco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Poncelet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Information Sciences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 451-452, pp.50-66. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId235" w:history="1">
+            <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.ins.2018.04.001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId233" w:history="1">
+            <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">lirmm-01761235v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId236" w:history="1">
+            <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">APPLICATION OF DEEP LEARNING OF MULTI-TEMPORAL SENTINEL-1 IMAGES FOR THE CLASSIFICATION OF COASTAL VEGETATION ZONE OF THE DANUBE DELTA</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId237" w:history="1">
+            <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simona Niculescu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dino Ienco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId238" w:history="1">
+            <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jenica Hanganu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ISPRS International Archives of the Photogrammetry, Remote Sensing and Spatial Information Sciences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, XLII-3, pp.1311-1318. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5194/isprs-archives-XLII-3-1311-2018⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId239" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01793835v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId240" w:history="1">
+            <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Land Cover Classification via Multitemporal Spatial Data by Deep Recurrent Neural Networks</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Local Community Detection in Multilayer Networks</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roberto Interdonato</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrea Tagarelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dino Ienco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Pierre Maurel</w:t>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Sallaberry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Poncelet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Geoscience and Remote Sensing Letters</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Data Mining and Knowledge Discovery</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, ECML PKDD Conference 2017, 31 (5), pp.1444-1479. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId244" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10618-017-0525-y⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/LGRS.2017.2728698⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01931486v1</w:t>
+                <w:t xml:space="preserve">lirmm-01705312v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId244" w:history="1">
+            <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Local Community Detection in Multilayer Networks</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">A graph-based approach to detect spatiotemporal dynamics in satellite image time series</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabio N. Güttler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dino Ienco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId131" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jordi Nin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maguelonne Teisseire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Poncelet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Data Mining and Knowledge Discovery</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">ISPRS Journal of Photogrammetry and Remote Sensing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 130, pp.92-107. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.isprsjprs.2017.05.013⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s10618-017-0525-y⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">lirmm-01705312v1</w:t>
+                <w:t xml:space="preserve">lirmm-01541930v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId246" w:history="1">
+            <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A graph-based approach to detect spatiotemporal dynamics in satellite image time series</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">A Semi-Supervised Approach to the Detection and Characterization of Outliers in Categorical Data</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dino Ienco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId248" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Pascal Poncelet</w:t>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ruggero Pensa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId250" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rosa Meo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ISPRS Journal of Photogrammetry and Remote Sensing</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">IEEE Transactions on Neural Networks and Learning Systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 28 (5), pp.1017-1029. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId251" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/TNNLS.2016.2526063⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.isprsjprs.2017.05.013⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">lirmm-01541930v1</w:t>
+                <w:t xml:space="preserve">lirmm-01275509v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId250" w:history="1">
+            <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Semi-Supervised Approach to the Detection and Characterization of Outliers in Categorical Data</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Land Cover Classification via Multitemporal Spatial Data by Deep Recurrent Neural Networks</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dino Ienco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId164" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Rosa Meo</w:t>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raffaele Gaetano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId253" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Dupaquier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId254" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Maurel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Transactions on Neural Networks and Learning Systems</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">IEEE Geoscience and Remote Sensing Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 14 (10), pp.1685-1689. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId255" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/LGRS.2017.2728698⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/TNNLS.2016.2526063⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">lirmm-01275509v1</w:t>
+                <w:t xml:space="preserve">hal-01931486v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId253" w:history="1">
+            <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">MultiLingMine 2016 - modeling, learning and mining for cross/multilinguality: proceedings of the first workshop on modeling, learning and mining for cross/multilinguality</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dino Ienco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId254" w:history="1">
+            <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Roche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId255" w:history="1">
+            <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Romeo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId256" w:history="1">
+            <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Rosso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId257" w:history="1">
+            <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Tagarelli</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Sigir Forum</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 50 (2), pp.89-95</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId253" w:history="1">
+            <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02605238v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId258" w:history="1">
+            <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Combining transductive and active learning to improve object-based classification of remote sensing images</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId259" w:history="1">
+            <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fábio Nór Güttler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dino Ienco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Poncelet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId223" w:history="1">
+            <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maguelonne Teisseire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Remote Sensing Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 7 (4), pp.358-367. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId260" w:history="1">
+            <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1080/2150704X.2016.1142678⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId258" w:history="1">
+            <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">lirmm-01275515v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId261" w:history="1">
+            <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Positive and unlabeled learning in categorical data</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dino Ienco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId227" w:history="1">
+            <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ruggero G. Pensa</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Neurocomputing</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 196 (july), pp.113 - 124. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId262" w:history="1">
+            <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.neucom.2016.01.089⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId261" w:history="1">
+            <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01374450v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId263" w:history="1">
+            <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">User-driven geo-temporal density-based exploration of periodic and not periodic events reported in social networks</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId264" w:history="1">
+            <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paolo Arcaini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId220" w:history="1">
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gloria Bordogna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dino Ienco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId265" w:history="1">
+            <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simone Sterlacchini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Information Sciences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 340, pp.122-143. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId269" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ins.2016.01.014⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId266" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">lirmm-01275619v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId267" w:history="1">
+            <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leveraging efficient indexing schema to support multigraph query answering</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dino Ienco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId234" w:history="1">
+            <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vijay Ingalalli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Poncelet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue des Sciences et Technologies de l'Information - Série ISI : Ingénierie des Systèmes d'Information</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 21 (3), pp.53-74. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId268" w:history="1">
+            <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3166/isi.21.3.53-74⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId267" w:history="1">
+            <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">lirmm-01399606v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId269" w:history="1">
+            <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A quality-aware spatial data warehouse for querying hydroecological data</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId270" w:history="1">
+            <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Soumia Lilia Berrahou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId230" w:history="1">
+            <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Lalande</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId271" w:history="1">
+            <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eva Serrano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId272" w:history="1">
+            <w:hyperlink r:id="rId275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guilhem Molla</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId273" w:history="1">
+            <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Berti-Équille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Computers &amp; Geosciences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 85 (part A), pp.126 - 135. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId274" w:history="1">
+            <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.cageo.2015.09.012⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId269" w:history="1">
+            <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01223918v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId275" w:history="1">
+            <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Spatio-temporal data classification through multidimensional sequential patterns: Application to crop mapping in complex landscape</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId276" w:history="1">
+            <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yoann Pitarch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dino Ienco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId277" w:history="1">
+            <w:hyperlink r:id="rId280" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elodie Vintrou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId278" w:history="1">
+            <w:hyperlink r:id="rId281" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Bégué</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId279" w:history="1">
+            <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Laurent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Engineering Applications of Artificial Intelligence</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 37, pp.91-102. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId280" w:history="1">
+            <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.engappai.2014.09.001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId275" w:history="1">
+            <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">lirmm-01239175v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId281" w:history="1">
+            <w:hyperlink r:id="rId284" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clustering view-segmented documents via tensor modeling</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId255" w:history="1">
+            <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Romeo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId257" w:history="1">
+            <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Tagarelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dino Ienco</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Lecture Notes in Computer Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 8502, pp.385-394. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId282" w:history="1">
+            <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/978-3-319-08326-1_39⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId281" w:history="1">
+            <w:hyperlink r:id="rId284" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02600409v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId283" w:history="1">
+            <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Animitex : Analyse d'Images fondée sur des Informations Textuelles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId284" w:history="1">
+            <w:hyperlink r:id="rId287" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Roche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId223" w:history="1">
+            <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maguelonne Teisseire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId285" w:history="1">
+            <w:hyperlink r:id="rId288" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Crémilleux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId286" w:history="1">
+            <w:hyperlink r:id="rId289" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Gancarski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId287" w:history="1">
+            <w:hyperlink r:id="rId290" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Sallaberry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue des Sciences et Technologies de l'Information - Série ISI : Ingénierie des Systèmes d'Information</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 19 (3), pp.163-167. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId288" w:history="1">
+            <w:hyperlink r:id="rId291" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3199/ISI.18.1.1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId283" w:history="1">
+            <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">lirmm-01054924v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId289" w:history="1">
+            <w:hyperlink r:id="rId292" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A contribution to the discovery of multidimensional patterns in healthcare trajectories</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId290" w:history="1">
+            <w:hyperlink r:id="rId293" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elias Egho</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId291" w:history="1">
+            <w:hyperlink r:id="rId294" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Jay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId292" w:history="1">
+            <w:hyperlink r:id="rId295" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chedy Raïssi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dino Ienco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Poncelet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Intelligent Information Systems</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 42 (2), pp.283 - 305. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId293" w:history="1">
+            <w:hyperlink r:id="rId296" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/s10844-014-0309-4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId289" w:history="1">
+            <w:hyperlink r:id="rId292" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01094377v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId294" w:history="1">
+            <w:hyperlink r:id="rId297" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hierarchical Co-Clustering: Off-line and Incremental Approaches</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ruggero Pensa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dino Ienco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId251" w:history="1">
+            <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rosa Meo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Data Mining and Knowledge Discovery</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 28 (1), pp.31-64. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId295" w:history="1">
+            <w:hyperlink r:id="rId298" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/s10618-012-0292-8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId294" w:history="1">
+            <w:hyperlink r:id="rId297" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">lirmm-00798161v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId296" w:history="1">
+            <w:hyperlink r:id="rId299" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Parameter-less co-clustering for star-structured heterogeneous data</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Data Mining, a promising tool for large-area cropland mapping</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId300" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Vintrou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dino Ienco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId297" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Rosa Meo</w:t>
+            <w:hyperlink r:id="rId281" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Bégué</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maguelonne Teisseire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Data Mining and Knowledge Discovery</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s10618-012-0248-z⟩</w:t>
+              <w:t xml:space="preserve">IEEE Journal of Selected Topics in Applied Earth Observations and Remote Sensing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 6 (5), pp.2132-2138. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId301" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/JSTARS.2013.2238507⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId296" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00794744v1</w:t>
+            <w:hyperlink r:id="rId299" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02598479v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId299" w:history="1">
+            <w:hyperlink r:id="rId302" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Data Mining, a promising tool for large-area cropland mapping</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Parameter-less co-clustering for star-structured heterogeneous data</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dino Ienco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId278" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Maguelonne Teisseire</w:t>
+            <w:hyperlink r:id="rId303" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Robardet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ruggero G. Pensa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId250" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rosa Meo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Journal of Selected Topics in Applied Earth Observations and Remote Sensing</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/JSTARS.2013.2238507⟩</w:t>
+              <w:t xml:space="preserve">Data Mining and Knowledge Discovery</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 26 (2), pp.217-254. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId304" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10618-012-0248-z⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId299" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02598479v1</w:t>
+            <w:hyperlink r:id="rId302" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00794744v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId302" w:history="1">
+            <w:hyperlink r:id="rId305" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Meme Ranking Problem: Maximizing Microblogging Virality</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId303" w:history="1">
+            <w:hyperlink r:id="rId306" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francesco Bonchi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId304" w:history="1">
+            <w:hyperlink r:id="rId307" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carlos Castillo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dino Ienco</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Intelligent Information Systems</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 40 (2), pp.211-239. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId308" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10844-011-0181-4⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId309" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId305" w:history="1">
-              <w:r>
-[...29 lines deleted...]
-            <w:hyperlink r:id="rId302" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">lirmm-00798080v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId307" w:history="1">
+            <w:hyperlink r:id="rId310" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">LODE: A distance-based classifier built on ensembles of positive and negative observations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId251" w:history="1">
+            <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rosa Meo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId308" w:history="1">
+            <w:hyperlink r:id="rId311" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dipankar Bachar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dino Ienco</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Pattern Recognition</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 45 (4), pp.1409-1425. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId309" w:history="1">
+            <w:hyperlink r:id="rId312" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.patcog.2011.10.015⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId307" w:history="1">
+            <w:hyperlink r:id="rId310" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00675583v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Pré-publication, Document de travail (2)</w:t>
+        <w:t xml:space="preserve">Poster de conférence (6)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId310" w:history="1">
+            <w:hyperlink r:id="rId313" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">When machine learning extrapolates in space: how local data shape spatial transferability</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Comprehensive regional assessment of brood habitat suitability for Alpine black grouse (Lyrurus tetrix)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samuel Alleaume</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Tm Defossez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Montadert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dino Ienco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">hal-05457625v1</w:t>
+            <w:hyperlink r:id="rId314" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadia Guiffant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">BIOSPACE25 - BIODIVERISTY INSIGHT FROM SPACE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2025, Frascati, Italy</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId313" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04929144v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId311" w:history="1">
+            <w:hyperlink r:id="rId315" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fire severity and recovery across Europe: insights from forest diversity and landscape metrics</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">A dual viewpoint deep learning architecture for time series classification</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roberto Interdonato</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dino Ienco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raffaele Gaetano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId316" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kenji Osé</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2019 Living Planet Symposium (LPS 2019)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2019, Milan, Italy. ESA [European Space Agency], 1 p., 2019</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId315" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05177136v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId317" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Visual Querying and Exploring of Large Multilayer Graphs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId318" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erick Cuenca Pauta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Sallaberry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Samuel Alleaume</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">hal-05252328v1</w:t>
+                <w:t xml:space="preserve">Dino Ienco</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Poncelet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">VIS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2018, Berlin, Germany. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId319" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">IEEE</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Conference on Scientific Visualization, Information Visualization and Visual Analytics, 2018</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId317" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">lirmm-01912384v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId320" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Results of IndexMed GRAIL Days 2016: How to use standards to build GRAphs and mIne data for environmentaL research? IndexMeed consortium for data mining in ecology</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId321" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain David</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId322" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Pierre Féral</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId323" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Sophie Archambeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId324" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fanny Arnaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId325" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Auber</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">RDA Ninth Plenary Meeting "Data Infrastructures for Open Science"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2017, Barcelona, Spain. , 2017, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId326" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.13140/RG.2.2.32504.44806⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId320" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02295974v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId327" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Local community detection in multilayer networks</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roberto Interdonato</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrea Tagarelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dino Ienco</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Sallaberry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Poncelet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ASONAM</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2016, San Francisco, United States. IEEE/ACM, pp.1382-1383, 2016</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId327" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02605181v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId328" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Twitter Event Detection and Modeling with TEWS</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId329" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mykael Vigo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId330" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zohra Bellahsene</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dino Ienco</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId331" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Konstantin Todorov</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ISWC: International Semantic Web Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2015, Bethlehem, PA, United States. , 14th International Semantic Web Conference, pp.4, 2015, Posters &amp; Demonstrations Track</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId328" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">lirmm-01239194v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (90)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId313" w:history="1">
+            <w:hyperlink r:id="rId332" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">ProMM-RS : Exploration de l'apprentissage probabiliste pour les représentations multi-modales d'images de télédétection</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId314" w:history="1">
+                <w:t xml:space="preserve">ProMM-RS: Exploring Probabilistic Learning for Multi-Modal Remote Sensing Image Representations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId333" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Houdré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId315" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId316" w:history="1">
+            <w:hyperlink r:id="rId334" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diego Marcos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dino Ienco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId317" w:history="1">
+            <w:hyperlink r:id="rId335" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Wendling</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId336" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Kurtz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ORASIS 2025 - 20ème Journées francophones des jeunes chercheurs en vision par ordinateur</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">2025 IEEE/CVF Winter Conference on Applications of Computer Vision Workshops (WACVW)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2025, Tucson, United States. pp.517-525, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId337" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/WACVW65960.2025.00063⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId313" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05131278v1</w:t>
+            <w:hyperlink r:id="rId332" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05216109v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId318" w:history="1">
+            <w:hyperlink r:id="rId338" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Towards a Multimodal Framework for Remote Sensing Image Change Retrieval and Captioning</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId319" w:history="1">
+                <w:t xml:space="preserve">Revisiting Cross-Modal Knowledge Distillation: A Disentanglement Approach for RGBD Semantic Segmentation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId339" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roger Ferrod</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId320" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cássio F Dantas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId340" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luigi Di Caro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dino Ienco</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">27. International Conference on Discovery Science</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">European Conference on Machine Learning and Principles and Practice of Knowledge Discovery in Databases (ECML_PKDD)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2025, Porto, Portugal</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId318" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05050679v1</w:t>
+            <w:hyperlink r:id="rId338" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05091733v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId322" w:history="1">
+            <w:hyperlink r:id="rId341" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">PDiscoFormer: Relaxing Part Discovery Constraints with Vision Transformers</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">SenCLIP: Enhancing zero-shot land-use mapping for Sentinel-2 with ground-level prompting</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId342" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pallavi Jain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dino Ienco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId316" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roberto Interdonato</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId343" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tristan Berchoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId334" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diego Marcos</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ECCV 2024 - 18th European Conference on Computer Vision</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/978-3-031-73013-9_15⟩</w:t>
+              <w:t xml:space="preserve">2025 IEEE/CVF Winter Conference on Applications of Computer Vision Workshops (WACVW)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2025, Tucson, United States. pp.13, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId344" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/WACV61041.2025.00552⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId322" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04659631v1</w:t>
+            <w:hyperlink r:id="rId341" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04971161v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId325" w:history="1">
+            <w:hyperlink r:id="rId345" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">ProMM-RS: Exploring Probabilistic Learning for Multi-Modal Remote Sensing Image Representations</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Transfer Land Cover Maps Across Years: A Time Series-based Semantic Segmentation Approach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId346" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christopher Jabea</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roberto Interdonato</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cassio F Dantas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dino Ienco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId317" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Camille Kurtz</w:t>
+            <w:hyperlink r:id="rId347" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Flavie Cernesson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2025 IEEE/CVF Winter Conference on Applications of Computer Vision Workshops (WACVW)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/WACVW65960.2025.00063⟩</w:t>
+              <w:t xml:space="preserve">JURSE 2025 - Joint Urban Remote Sensing Event</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2025, Tunis, Tunisia. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId348" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/JURSE60372.2025.11076059⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId325" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05216109v1</w:t>
+            <w:hyperlink r:id="rId345" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05167526v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId328" w:history="1">
+            <w:hyperlink r:id="rId349" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Revisiting Cross-Modal Knowledge Distillation: A Disentanglement Approach for RGBD Semantic Segmentation</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId319" w:history="1">
+                <w:t xml:space="preserve">Towards a Multimodal Framework for Remote Sensing Image Change Retrieval and Captioning</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId339" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roger Ferrod</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId320" w:history="1">
+            <w:hyperlink r:id="rId340" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luigi Di Caro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dino Ienco</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Conference on Machine Learning and Principles and Practice of Knowledge Discovery in Databases (ECML_PKDD)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">27. International Conference on Discovery Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2024, Pisa, Italy. pp.231-245, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId350" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-031-78980-9_15⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId328" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05091733v1</w:t>
+            <w:hyperlink r:id="rId349" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05050679v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId329" w:history="1">
+            <w:hyperlink r:id="rId351" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">SenCLIP: Enhancing zero-shot land-use mapping for Sentinel-2 with ground-level prompting</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">ProMM-RS : Exploration de l'apprentissage probabiliste pour les représentations multi-modales d'images de télédétection</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId333" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Houdré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId352" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Lobry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId334" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Diego Marcos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dino Ienco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId335" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Wendling</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2025 IEEE/CVF Winter Conference on Applications of Computer Vision Workshops (WACVW)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">ORASIS 2025 - 20ème Journées francophones des jeunes chercheurs en vision par ordinateur</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ISEN Yncréa Ouest, Jun 2025, Le Croisic, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId329" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04971161v1</w:t>
+            <w:hyperlink r:id="rId351" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05131278v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId333" w:history="1">
+            <w:hyperlink r:id="rId353" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Transfer Land Cover Maps Across Years: A Time Series-based Semantic Segmentation Approach</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">PDiscoFormer: Relaxing Part Discovery Constraints with Vision Transformers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId354" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ananthu Aniraj</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cassio F. Dantas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dino Ienco</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId334" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christopher Jabea</w:t>
-[...57 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Diego Marcos</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">JURSE 2025 - Joint Urban Remote Sensing Event</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/JURSE60372.2025.11076059⟩</w:t>
+              <w:t xml:space="preserve">ECCV 2024 - 18th European Conference on Computer Vision</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2024, Milano, Italy. pp.256-272, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId355" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-031-73013-9_15⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId333" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05167526v1</w:t>
+            <w:hyperlink r:id="rId353" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04659631v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId337" w:history="1">
+            <w:hyperlink r:id="rId356" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rapeseed Fields Mapping Using Sentinel-1 Time Series</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Hassan Bazzi</w:t>
+                <w:t xml:space="preserve">Country-Scale Mapping Of Forest Parameters Using Deep Learning And Tandem-X Insar Data</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Carcereri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paola Rizzoli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luca Dell’amore</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId357" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jose-Luis Bueso-Bello</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dino Ienco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IGARSS 2024 - 2024 IEEE International Geoscience and Remote Sensing Symposium</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Jul 2024, Athènes, Greece. pp.4836-4840, </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/IGARSS53475.2024.10642836⟩</w:t>
+              <w:t xml:space="preserve">, Jul 2024, Athènes, Greece. pp.2279-2284, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId358" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/IGARSS53475.2024.10641186⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId337" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04979582v1</w:t>
+            <w:hyperlink r:id="rId356" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05186460v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId339" w:history="1">
+            <w:hyperlink r:id="rId359" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Joint Cloud Removal and Classification of Sentinel-2 Image Time Series for Agricultural Land Cover Mapping in Northern Benin</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">DisCoM-KD: Cross-Modal Knowledge Distillation via Disentanglement Representation and Adversarial Learning</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dino Ienco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cassio Fraga Dantas</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IGARSS 2024 - 2024 IEEE International Geoscience and Remote Sensing Symposium</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">35. British Machine Vision Conference (BMVC 2024)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2024, Glasgow, United Kingdom</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId339" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04979522v1</w:t>
+            <w:hyperlink r:id="rId359" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04666307v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId343" w:history="1">
+            <w:hyperlink r:id="rId360" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Country-Scale Mapping Of Forest Parameters Using Deep Learning And Tandem-X Insar Data</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Potential of Spectral-Spatial Analysis to Map Forest Tree Dieback Due to Bark Beetle Hotspots in Sentinel-2 Images</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giuseppina Andresini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annalisa Appice</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dino Ienco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Donato Malerba</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vito Recchia</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IGARSS 2024 - 2024 IEEE International Geoscience and Remote Sensing Symposium</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Jul 2024, Athènes, Greece. pp.2279-2284, </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/IGARSS53475.2024.10641186⟩</w:t>
+              <w:t xml:space="preserve">, Jul 2024, Athènes, Greece. pp.5227-5230, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId361" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/IGARSS53475.2024.10641479⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId343" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05186460v1</w:t>
+            <w:hyperlink r:id="rId360" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05225788v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId346" w:history="1">
+            <w:hyperlink r:id="rId362" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">DisCoM-KD: Cross-Modal Knowledge Distillation via Disentanglement Representation and Adversarial Learning</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Integrating Predictive Process Monitoring Techniques in Smart Agriculture</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId363" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simona Fioretto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dino Ienco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Cassio Fraga Dantas</w:t>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roberto Interdonato</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId364" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elio Masciari</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">35. British Machine Vision Conference (BMVC 2024)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">ISMIS 2024 - 27. International symposium on methodologies for intelligent systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2024, Poitiers, France. pp.306-313, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId365" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-031-62700-2_27⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId346" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04666307v1</w:t>
+            <w:hyperlink r:id="rId362" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04619543v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId347" w:history="1">
+            <w:hyperlink r:id="rId366" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Potential of Spectral-Spatial Analysis to Map Forest Tree Dieback Due to Bark Beetle Hotspots in Sentinel-2 Images</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Semi Supervised Heterogeneous Domain Adaptation via Disentanglement and Pseudo-Labelling</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cassio F. Dantas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raffaele Gaetano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dino Ienco</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Vito Recchia</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IGARSS 2024 - 2024 IEEE International Geoscience and Remote Sensing Symposium</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/IGARSS53475.2024.10641479⟩</w:t>
+              <w:t xml:space="preserve">ECML PKDD 2024 - European Conference on Machine Learning and Knowledge Discovery in Databases</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2024, Vilnius, Lithuania. pp.440-456, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId367" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-031-70352-2_26⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId347" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05225788v1</w:t>
+            <w:hyperlink r:id="rId366" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04617917v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId349" w:history="1">
+            <w:hyperlink r:id="rId368" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Integrating Predictive Process Monitoring Techniques in Smart Agriculture</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Aligning Geo-Tagged Clip Representations and Satellite Imagery for Few-Shot Land Use Classification</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId342" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pallavi Jain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId334" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Diego Marcos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dino Ienco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roberto Interdonato</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId351" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId369" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aayush Dhakal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ISMIS 2024 - 27. International symposium on methodologies for intelligent systems</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/978-3-031-62700-2_27⟩</w:t>
+              <w:t xml:space="preserve">IGARSS 2024 - 2024 IEEE International Geoscience and Remote Sensing Symposium</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2024, Athènes, Greece. pp.319-323, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId370" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/IGARSS53475.2024.10641235⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId349" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04619543v1</w:t>
+            <w:hyperlink r:id="rId368" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04979630v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId353" w:history="1">
+            <w:hyperlink r:id="rId371" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Semi Supervised Heterogeneous Domain Adaptation via Disentanglement and Pseudo-Labelling</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Coarse-to-Fine Concept Bottleneck Models</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId372" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Konstantinos P. Panousis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dino Ienco</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId334" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Diego Marcos</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ECML PKDD 2024 - European Conference on Machine Learning and Knowledge Discovery in Databases</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">38. Conference on Neural Information Processing Systems, NeurIPS 2024</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2024, Vancouver, Canada. 20 p</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId353" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04617917v1</w:t>
+            <w:hyperlink r:id="rId371" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04709806v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId355" w:history="1">
+            <w:hyperlink r:id="rId373" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aligning Geo-Tagged Clip Representations and Satellite Imagery for Few-Shot Land Use Classification</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Joint Cloud Removal and Classification of Sentinel-2 Image Time Series for Agricultural Land Cover Mapping in Northern Benin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId374" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Bio Nikki Sarè</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raffaele Gaetano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roberto Interdonato</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId375" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Hountondji</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dino Ienco</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Aayush Dhakal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IGARSS 2024 - 2024 IEEE International Geoscience and Remote Sensing Symposium</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Jul 2024, Athènes, Greece. pp.319-323, </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/IGARSS53475.2024.10641235⟩</w:t>
+              <w:t xml:space="preserve">, IGARSS, Jul 2024, Athènes, Greece. pp.4824-4827, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId376" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/IGARSS53475.2024.10641427⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId355" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04979630v1</w:t>
+            <w:hyperlink r:id="rId373" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04979522v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId358" w:history="1">
+            <w:hyperlink r:id="rId377" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Coarse-to-Fine Concept Bottleneck Models</w:t>
-[...39 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Rapeseed Fields Mapping Using Sentinel-1 Time Series</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Baghdadi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Saeideh Maleki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cassio F. Dantas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sami Najem</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hassan Bazzi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">38. Conference on Neural Information Processing Systems, NeurIPS 2024</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">IGARSS 2024 - 2024 IEEE International Geoscience and Remote Sensing Symposium</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2024, Athènes, Greece. pp.4836-4840, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId378" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/IGARSS53475.2024.10642836⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId358" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04709806v1</w:t>
+            <w:hyperlink r:id="rId377" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04979582v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId360" w:history="1">
+            <w:hyperlink r:id="rId379" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Counterfactual Explanations for Remote Sensing Time Series Data: an Application to Land Cover Classification</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId71" w:history="1">
+                <w:t xml:space="preserve">Masking Strategies for Background Bias Removal in Computer Vision Models</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId354" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ananthu Aniraj</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cassio F. Dantas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId361" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId316" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dino Ienco</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId334" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diego Marcos</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Dino Ienco</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ECML PKDD: Joint European Conference on Machine Learning and Knowledge Discovery in Databases</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/978-3-031-43430-3_2⟩</w:t>
+              <w:t xml:space="preserve">ICCV 2023 - International Conference on Computer Vision</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2023, Paris, France. pp.4399-4407, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId380" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ICCVW60793.2023.00474⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId360" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04189631v1</w:t>
+            <w:hyperlink r:id="rId379" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04184449v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId363" w:history="1">
+            <w:hyperlink r:id="rId381" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Encodage 2D de séries temporelles d'imagerie satellitaires pour l'amélioration</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Azza Abidi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dino Ienco</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Ben Abbes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Imed Riadh Farah</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">TAIMA 2023 - 12. Traitement et Analyse de l'Information : Méthodes et Applications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2023, Hammamet, Tunisie. 11 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId363" w:history="1">
+            <w:hyperlink r:id="rId381" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04689663v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId364" w:history="1">
+            <w:hyperlink r:id="rId382" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Masking Strategies for Background Bias Removal in Computer Vision Models</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId71" w:history="1">
+                <w:t xml:space="preserve">PDiscoNet: Semantically consistent part discovery for fine-grained recognition</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId383" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robert van der Klis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId384" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephan Alaniz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId385" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Massimiliano Mancini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cassio F. Dantas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dino Ienco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ICCV 2023 - International Conference on Computer Vision</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Oct 2023, Paris, France. pp.4399-4407, </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/ICCVW60793.2023.00474⟩</w:t>
+              <w:t xml:space="preserve">, Oct 2023, Paris, France. pp.1866-1876, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId386" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ICCV51070.2023.00179⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId364" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04184449v1</w:t>
+            <w:hyperlink r:id="rId382" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04183747v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId366" w:history="1">
+            <w:hyperlink r:id="rId387" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sparse Linear Concept Discovery Models</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId367" w:history="1">
+            <w:hyperlink r:id="rId388" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Konstantinos Panousis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dino Ienco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId316" w:history="1">
+            <w:hyperlink r:id="rId334" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diego Marcos</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ICCV 2023 - International Conference on Computer Vision</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, IEEE, Oct 2023, Paris, France. pp.2759-2763, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId368" w:history="1">
+            <w:hyperlink r:id="rId389" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/ICCVW60793.2023.00292⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId366" w:history="1">
+            <w:hyperlink r:id="rId387" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04532065v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId369" w:history="1">
+            <w:hyperlink r:id="rId390" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">PDiscoNet: Semantically consistent part discovery for fine-grained recognition</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Modeling the breeding habitat of the Black Grouse from remote sensing data</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samuel Alleaume</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId391" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Defossez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Montadert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId392" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mairi Souza Oliveira</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dino Ienco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ICCV 2023 - International Conference on Computer Vision</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">11. IALE World Congress</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, International Association for Landscape Ecology (IALE), Jul 2023, Nairobi, Kenya</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId369" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04183747v1</w:t>
+            <w:hyperlink r:id="rId390" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04589682v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId374" w:history="1">
+            <w:hyperlink r:id="rId393" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modeling the breeding habitat of the Black Grouse from remote sensing data</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Apprentissage profond multi-sources pour la cartographie des moraines glaciaires - Multi-source Deep Learning for Glacial Moraine Mapping</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Rocamora</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Samuel Alleaume</w:t>
-[...50 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Dino Ienco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Ferry</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">11. IALE World Congress</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, International Association for Landscape Ecology (IALE), Jul 2023, Nairobi, Kenya</w:t>
+              <w:t xml:space="preserve">ORASIS 2023</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Laboratoire LIS, UMR 7020, May 2023, Carqueiranne, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId374" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04589682v1</w:t>
+            <w:hyperlink r:id="rId393" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04219305v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId377" w:history="1">
+            <w:hyperlink r:id="rId394" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Apprentissage profond multi-sources pour la cartographie des moraines glaciaires - Multi-source Deep Learning for Glacial Moraine Mapping</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Counterfactual Explanations for Remote Sensing Time Series Data: an Application to Land Cover Classification</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cassio F. Dantas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId395" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thalita F Drumond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId334" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Diego Marcos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dino Ienco</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Matthieu Ferry</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ORASIS 2023</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">ECML PKDD: Joint European Conference on Machine Learning and Knowledge Discovery in Databases</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2023, Torino, Italy. p. 20-36, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId396" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-031-43430-3_2⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId377" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04219305v1</w:t>
+            <w:hyperlink r:id="rId394" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04189631v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId378" w:history="1">
+            <w:hyperlink r:id="rId397" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dealing with missing modalities at test time for land cover mapping: A case study on multi-source optical data</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yawogan Jean Eudes Gbodjo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dino Ienco</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2022 IEEE 21. Mediterranean Electrotechnical Conference (MELECON)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2022, Palermo, France. pp.621-626, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId379" w:history="1">
+            <w:hyperlink r:id="rId398" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/MELECON53508.2022.9842865⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId378" w:history="1">
+            <w:hyperlink r:id="rId397" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03760307v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId380" w:history="1">
+            <w:hyperlink r:id="rId399" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Unsupervised Domain Adaptation Methods for Land Cover Mapping with Optical Satellite Image Time Series</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId381" w:history="1">
+            <w:hyperlink r:id="rId400" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Capliez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dino Ienco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raffaele Gaetano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Baghdadi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId382" w:history="1">
+            <w:hyperlink r:id="rId401" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Hadj Salah</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IGARSS 2022 - 2022 IEEE International Geoscience and Remote Sensing Symposium</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2022, Kuala Lumpur, Malaysia. pp.275-278, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId383" w:history="1">
+            <w:hyperlink r:id="rId402" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/IGARSS46834.2022.9884094⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId380" w:history="1">
+            <w:hyperlink r:id="rId399" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03836642v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId384" w:history="1">
+            <w:hyperlink r:id="rId403" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Combine Histogram Matching and Domain Adaptation to Cope with Temporal Transfer Learning for the Semantic Segmentation of VHR Images</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dino Ienco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId385" w:history="1">
+            <w:hyperlink r:id="rId404" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">K. Ose</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IGARSS 2022 - 2022 IEEE International Geoscience and Remote Sensing Symposium</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2022, Kuala Lumpur, Malaysia. pp.409-412, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId386" w:history="1">
+            <w:hyperlink r:id="rId405" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/IGARSS46834.2022.9883611⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId384" w:history="1">
+            <w:hyperlink r:id="rId403" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03838011v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId387" w:history="1">
+            <w:hyperlink r:id="rId406" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Estimating Forest Heights and Wood Volume using a Deep Learning Approach from Gedi Waveform Data</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ibrahim Fayad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dino Ienco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Baghdadi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raffaele Gaetano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clayton Alcarde Alvares</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IGARSS 2022 - 2022 IEEE International Geoscience and Remote Sensing Symposium</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2022, Kuala Lumpur, Malaysia. pp.7301-7304, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId388" w:history="1">
+            <w:hyperlink r:id="rId407" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/IGARSS46834.2022.9883973⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId387" w:history="1">
+            <w:hyperlink r:id="rId406" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03837968v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId389" w:history="1">
+            <w:hyperlink r:id="rId408" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Explaining a deep spatiotemporal land cover classifier with attention and redescription mining</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId390" w:history="1">
+            <w:hyperlink r:id="rId409" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Méger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId391" w:history="1">
+            <w:hyperlink r:id="rId410" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. Courteille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId392" w:history="1">
+            <w:hyperlink r:id="rId411" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Benoit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId393" w:history="1">
+            <w:hyperlink r:id="rId412" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Atto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dino Ienco</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">24. ISPRS Congress (ISPRS 2022)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2022, Nice, France. pp.673-680, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId394" w:history="1">
+            <w:hyperlink r:id="rId413" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.5194/isprs-archives-XLIII-B3-2022-673-2022⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId389" w:history="1">
+            <w:hyperlink r:id="rId408" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03694444v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId395" w:history="1">
+            <w:hyperlink r:id="rId414" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A neural network strategy for supervised classification via the Learning Under Privileged Information paradigm</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Classification multi-modale de l'occupation du sol à partir de réseaux de neurones convolutifs et de l'auto-distillation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yawogan Jean Eudes Gbodjo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dino Ienco</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Roberto Interdonato</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SEBD 2021: Italian Symposium on Advanced Database Systems (SEBD - Sistemi Evoluti per Basi di Dati)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2021, Pizzo Calabro, Italy. pp.83-93</w:t>
+              <w:t xml:space="preserve">ORASIS 2021</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Centre National de la Recherche Scientifique [CNRS], Sep 2021, Saint Ferréol, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId395" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05177729v1</w:t>
+            <w:hyperlink r:id="rId414" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03339628v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId397" w:history="1">
+            <w:hyperlink r:id="rId415" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">CHANNEL-BASED ATTENTION FOR LCC USING SENTINEL-2 TIME SERIES</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">A neural network strategy for supervised classification via the Learning Under Privileged Information paradigm</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId416" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovica Sacco</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dino Ienco</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roberto Interdonato</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IGARSS 2021 - 2021 IEEE International Geoscience and Remote Sensing Symposium</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">SEBD 2021: Italian Symposium on Advanced Database Systems (SEBD - Sistemi Evoluti per Basi di Dati)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2021, Pizzo Calabro, Italy. pp.83-93</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId397" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03182049v1</w:t>
+            <w:hyperlink r:id="rId415" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05177729v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId402" w:history="1">
+            <w:hyperlink r:id="rId417" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Classification multi-modale de l'occupation du sol à partir de réseaux de neurones convolutifs et de l'auto-distillation</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">CHANNEL-BASED ATTENTION FOR LCC USING SENTINEL-2 TIME SERIES</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId418" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hermann Courteille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId411" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Benoit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId419" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N Méger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId420" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Atto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dino Ienco</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ORASIS 2021</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">IGARSS 2021 - 2021 IEEE International Geoscience and Remote Sensing Symposium</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, IEEE, Jul 2021, Brussels, Belgium. pp.1077-1080, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId421" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/IGARSS47720.2021.9554205⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId402" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03339628v1</w:t>
+            <w:hyperlink r:id="rId417" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03182049v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId403" w:history="1">
+            <w:hyperlink r:id="rId422" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Assessment of Urban Land-Cover Classification: Comparison Between Pixel and Object Scales</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">An inductive framework for semi-supervised learning</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Shuyi Yang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dino Ienco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId405" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">R. Cresson</w:t>
+            <w:hyperlink r:id="rId423" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Esposito</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId424" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R.G. Pensa</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IGARSS 2021 - 2021 IEEE International Geoscience and Remote Sensing Symposium</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">29. Italian Symposium on Advanced Database Systems, SEBD 2021</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2021, Pizzo Calabro, Italy. pp.173243</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId403" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03685772v1</w:t>
+            <w:hyperlink r:id="rId422" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03444184v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId408" w:history="1">
+            <w:hyperlink r:id="rId425" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An inductive framework for semi-supervised learning</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Assessment of Urban Land-Cover Classification: Comparison Between Pixel and Object Scales</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId426" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Cornic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId404" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K. Ose</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dino Ienco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId409" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">R.G. Pensa</w:t>
+            <w:hyperlink r:id="rId427" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Barbe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId428" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Cresson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">29. Italian Symposium on Advanced Database Systems, SEBD 2021</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">IGARSS 2021 - 2021 IEEE International Geoscience and Remote Sensing Symposium</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2021, Brussels, Belgium. pp.5716-5719, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId429" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/IGARSS47720.2021.9554617⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId408" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03444184v1</w:t>
+            <w:hyperlink r:id="rId425" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03685772v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId411" w:history="1">
+            <w:hyperlink r:id="rId430" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adaptation de domaine pour la cartographie de l'occupation des sols à partir de séries temporelles d'images satellitaires optiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Capliez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dino Ienco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raffaele Gaetano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Baghdadi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Hadj Salah</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ORASIS 2021</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Centre National de la Recherche Scientifique [CNRS], Sep 2021, Saint Ferréol, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId411" w:history="1">
+            <w:hyperlink r:id="rId430" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03339618v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId412" w:history="1">
+            <w:hyperlink r:id="rId431" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">On Enhanced Ensemble Learning for Multimodal Remote Sensing Data Analysis by Capacity Optimization</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId413" w:history="1">
+            <w:hyperlink r:id="rId432" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Saloua Chlaily</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dino Ienco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId414" w:history="1">
+            <w:hyperlink r:id="rId433" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Jutten</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId415" w:history="1">
+            <w:hyperlink r:id="rId434" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrea Marinoni</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SSP 2021 - 2021 IEEE Workshop Statistical Signal Processing</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2021, Rio de Janeiro, Brazil. pp.151-155, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId416" w:history="1">
+            <w:hyperlink r:id="rId435" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/SSP49050.2021.9513780⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId412" w:history="1">
+            <w:hyperlink r:id="rId431" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03597523v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId417" w:history="1">
+            <w:hyperlink r:id="rId436" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A neural network strategy for supervised classification via the learning under privileged information paradigm</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId418" w:history="1">
+            <w:hyperlink r:id="rId437" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Sacco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dino Ienco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roberto Interdonato</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">29. Italian Symposium on Advanced Database Systems, SEBD 2021</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2021, Pizzo Calabro, Italy. pp.173243</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId417" w:history="1">
+            <w:hyperlink r:id="rId436" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03444517v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId419" w:history="1">
+            <w:hyperlink r:id="rId438" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tutorial: Machine and Deep Learning for Earth Observation: Advanced Approaches and Practical Use Cases – Abstract</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Evaluate Pseudo Labeling and CNN for Multi-variate Time Series Classification in Low-Data Regimes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dino Ienco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Roberto Interdonato</w:t>
+            <w:hyperlink r:id="rId439" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Davi Pereira-Santos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId440" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">André de Carvalho</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SEBD 2021: Italian Symposium on Advanced Database Systems (SEBD - Sistemi Evoluti per Basi di Dati)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">30th International Conference on Artificial Neural Networks, ICANN 2021</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2021, Bratislava, Slovakia. pp.126-137, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId441" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-030-86383-8_10⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId419" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05177730v1</w:t>
+            <w:hyperlink r:id="rId438" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03375996v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId420" w:history="1">
+            <w:hyperlink r:id="rId442" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evaluate Pseudo Labeling and CNN for Multi-variate Time Series Classification in Low-Data Regimes</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Tutorial: Machine and Deep Learning for Earth Observation: Advanced Approaches and Practical Use Cases – Abstract</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dino Ienco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId421" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">André de Carvalho</w:t>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roberto Interdonato</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">30th International Conference on Artificial Neural Networks, ICANN 2021</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">SEBD 2021: Italian Symposium on Advanced Database Systems (SEBD - Sistemi Evoluti per Basi di Dati)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2021, Pizzo Calabro, Italy. pp.iv- iv</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId420" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03375996v1</w:t>
+            <w:hyperlink r:id="rId442" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05177730v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId424" w:history="1">
+            <w:hyperlink r:id="rId443" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Potential of Sentinel-1 and Sentinel-2 data for mapping irrigated areas at plot scale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hassan Bazzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Baghdadi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dino Ienco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mehrez Zribi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId425" w:history="1">
+            <w:hyperlink r:id="rId444" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hatem Belhouchette</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EGU General Assenbly 2020</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2020, Vienna, Austria. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId426" w:history="1">
+            <w:hyperlink r:id="rId445" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.5194/egusphere-egu2020-10367⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId424" w:history="1">
+            <w:hyperlink r:id="rId443" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02881880v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId427" w:history="1">
+            <w:hyperlink r:id="rId446" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Supervised level-wise pretraining for sequential data classification</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dino Ienco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roberto Interdonato</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raffaele Gaetano</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ICONIP 2020 - 27th International Conference on Neural Information Processing</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2020, Bangkok, Thailand. pp.449-457, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId428" w:history="1">
+            <w:hyperlink r:id="rId447" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/978-3-030-63823-8_52⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId427" w:history="1">
+            <w:hyperlink r:id="rId446" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03031531v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId429" w:history="1">
+            <w:hyperlink r:id="rId448" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Generalized knowledge distillation for multi-sensor remote sensing classification: an application to land cover mapping</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dino Ienco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId430" w:history="1">
+            <w:hyperlink r:id="rId449" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Eudes Gbodjo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raffaele Gaetano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roberto Interdonato</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ISPRS Congress 2020 Commission II</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, ISPRS, Aug 2020, s.l., France. pp.997-1003, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId431" w:history="1">
+            <w:hyperlink r:id="rId450" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.5194/isprs-annals-V-2-2020-997-2020⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId429" w:history="1">
+            <w:hyperlink r:id="rId448" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05177143v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId432" w:history="1">
+            <w:hyperlink r:id="rId451" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Deep Multivariate Time Series Embedding Clustering via Attentive-Gated Autoencoder</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dino Ienco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roberto Interdonato</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PAKDD 2020 - 24th Pacific-Asia Conference on Knowledge Discovery and Data Mining</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2020, Singapore, Singapore. pp.318-329, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId433" w:history="1">
+            <w:hyperlink r:id="rId452" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/978-3-030-47426-3_25⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId432" w:history="1">
+            <w:hyperlink r:id="rId451" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02923636v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId434" w:history="1">
+            <w:hyperlink r:id="rId453" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Irrigation mapping using Sentinel-1 time series</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hassan Bazzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Baghdadi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dino Ienco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mehrez Zribi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId425" w:history="1">
+            <w:hyperlink r:id="rId444" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hatem Belhouchette</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IGARSS 2020 - 2020 IEEE International Geoscience and Remote Sensing Symposium</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, IEEE, Sep 2020, Waikoloa, Hawaii, United States. pp.4711-4714, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId435" w:history="1">
+            <w:hyperlink r:id="rId454" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/IGARSS39084.2020.9324358⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId434" w:history="1">
+            <w:hyperlink r:id="rId453" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03322931v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId436" w:history="1">
+            <w:hyperlink r:id="rId455" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Optical image gap filling using deep convolutional autoencoder from optical and radar images</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId217" w:history="1">
+            <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Cresson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dino Ienco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raffaele Gaetano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kenji Ose</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId208" w:history="1">
+            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dinh Ho Tong Minh</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IGARSS 2019 - 2019 IEEE International Geoscience and Remote Sensing Symposium</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2019, Yokohama, Japan. pp.218-221</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId436" w:history="1">
+            <w:hyperlink r:id="rId455" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02968847v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId437" w:history="1">
+            <w:hyperlink r:id="rId456" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Deep triplet-driven semi-supervised embedding clustering</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dino Ienco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ruggero Pensa</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">DS 2019 - 22nd International Conference on Discovery Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2019, Split, Croatia. pp.220-234, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId438" w:history="1">
+            <w:hyperlink r:id="rId457" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/978-3-030-33778-0_18⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId437" w:history="1">
+            <w:hyperlink r:id="rId456" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02931058v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId439" w:history="1">
+            <w:hyperlink r:id="rId458" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Combining Sentinel-1 and Sentinel-2 time series via RNN for object-based land cover classification</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dino Ienco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raffaele Gaetano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kenji Ose</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId208" w:history="1">
+            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dinh Ho Tong Minh</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IGARSS 2019 - 2019 IEEE International Geoscience and Remote Sensing Symposium</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2019, Yokohama, Japan. pp.4881-4884</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId439" w:history="1">
+            <w:hyperlink r:id="rId458" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02966810v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId440" w:history="1">
+            <w:hyperlink r:id="rId459" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Combining Sentinel-1 and Sentinel-2 Time Series via RNN for object-based land cover classification</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dino Ienco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raffaele Gaetano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roberto Interdonato</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId441" w:history="1">
+            <w:hyperlink r:id="rId316" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kenji Osé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId208" w:history="1">
+            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dinh Ho Tong Minh</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IGARSS 2019 - 2019 IEEE International Geoscience and Remote Sensing Symposium</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, IEEE; GRSS, Jul 2019, Yokohama, Japan. pp.4881-4884, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId442" w:history="1">
+            <w:hyperlink r:id="rId460" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/IGARSS.2019.8898458⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId440" w:history="1">
+            <w:hyperlink r:id="rId459" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05177135v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId443" w:history="1">
+            <w:hyperlink r:id="rId461" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">How to Deal with Multi-source Data for Tree Detection Based on Deep Learning</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId444" w:history="1">
+            <w:hyperlink r:id="rId462" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lionel Pibre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId445" w:history="1">
+            <w:hyperlink r:id="rId463" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Chaumont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId446" w:history="1">
+            <w:hyperlink r:id="rId464" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérard Subsol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dino Ienco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId447" w:history="1">
+            <w:hyperlink r:id="rId465" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mustapha Derras</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">5th IEEE Global Conference on Signal and Information Processing (GlobalSIP)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2017, Montreal, Canada. pp.1150-1154, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId448" w:history="1">
+            <w:hyperlink r:id="rId466" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/GlobalSIP.2017.8309141⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId443" w:history="1">
+            <w:hyperlink r:id="rId461" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">lirmm-01685327v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId449" w:history="1">
+            <w:hyperlink r:id="rId467" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">APPLICATION OF DEEP LEARNING OF MULTI-TEMPORAL SENTINEL-1 IMAGES FOR THE CLASSIFICATION OF COASTAL VEGETATION ZONE OF THE DANUBE DELTA</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId237" w:history="1">
+            <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simona Niculescu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dino Ienco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId238" w:history="1">
+            <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jenica Hanganu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Developments, Technologies and Applications in Remote Sensing / International Society of Photogrammetry and Remote Sensing</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2018, Beijing, China</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId449" w:history="1">
+            <w:hyperlink r:id="rId467" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01804954v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId450" w:history="1">
+            <w:hyperlink r:id="rId468" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Multi-annual Satellite Image Time Series Analysis using an Object-Oriented Approach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId198" w:history="1">
+            <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lynda Khiali</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dino Ienco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId223" w:history="1">
+            <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maguelonne Teisseire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Alleaume</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId451" w:history="1">
+            <w:hyperlink r:id="rId469" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mamadou Ndiath</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">GEOBIA 2018 - From pixels to ecosystems and global sustainability ​</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Centre d'Etudes Spatiales de la BIOsphère (CESBIO); Office national d'études et de recherches aérospatiales (ONERA); Espace pour le développement (ESPACE DEV); Société T.E.T.I.S, Jun 2018, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId450" w:history="1">
+            <w:hyperlink r:id="rId468" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01958952v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId452" w:history="1">
+            <w:hyperlink r:id="rId470" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Visual Querying of Large Multilayer Graphs</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Semi-Supervised Clustering With Multiresolution Autoencoders</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dino Ienco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId132" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Pascal Poncelet</w:t>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ruggero G. Pensa</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SSDBM: Scientific and Statistical Database Management</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1145/3221269.3223027⟩</w:t>
+              <w:t xml:space="preserve">IJCNN: International Joint Conference on Neural Networks</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2018, Rio de Janeiro, Brazil. pp.8, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId471" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/IJCNN.2018.8489353⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId452" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">lirmm-01847422v1</w:t>
+            <w:hyperlink r:id="rId470" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01931471v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId455" w:history="1">
+            <w:hyperlink r:id="rId472" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Semi-Supervised Clustering With Multiresolution Autoencoders</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Visual Querying of Large Multilayer Graphs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId318" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erick Cuenca Pauta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Sallaberry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dino Ienco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId227" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Ruggero G. Pensa</w:t>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Poncelet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IJCNN: International Joint Conference on Neural Networks</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/IJCNN.2018.8489353⟩</w:t>
+              <w:t xml:space="preserve">SSDBM: Scientific and Statistical Database Management</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2018, Bozen-Bolzano, Italy. pp.32-34, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId473" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1145/3221269.3223027⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId455" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01931471v1</w:t>
+            <w:hyperlink r:id="rId472" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">lirmm-01847422v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId457" w:history="1">
+            <w:hyperlink r:id="rId474" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Node-Centric Community Detection in Multilayer Networks with Layer-Coverage Diversification Bias</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roberto Interdonato</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrea Tagarelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dino Ienco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Sallaberry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Poncelet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">CompleNet</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2017, Dubrovnik, Croatia. pp.57-66, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId458" w:history="1">
+            <w:hyperlink r:id="rId475" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/978-3-319-54241-6_5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId457" w:history="1">
+            <w:hyperlink r:id="rId474" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">lirmm-01912004v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId459" w:history="1">
+            <w:hyperlink r:id="rId476" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Étude des réseaux de neurones sur la stéganalyse</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Querying RDF Data Using A Multigraph-based Approach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vijay Ingalalli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dino Ienco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId460" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Jérôme Pasquet</w:t>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Poncelet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId477" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serena Villata</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CORESA: COmpression et REprésentation des Signaux Audiovisuels</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">19. International Conference on Extending Database Technology (EDBT 2016)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2016, Bordeaux, France. pp.245-256, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId478" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5441/002/edbt.2016.24⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId459" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01374095v1</w:t>
+            <w:hyperlink r:id="rId476" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">lirmm-01245146v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId461" w:history="1">
+            <w:hyperlink r:id="rId479" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Querying RDF Data Using A Multigraph-based Approach</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Multilayer Graph Edge Bundling</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId480" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Bourqui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dino Ienco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Sallaberry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Poncelet</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Serena Villata</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">19. International Conference on Extending Database Technology (EDBT 2016)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.5441/002/edbt.2016.24⟩</w:t>
+              <w:t xml:space="preserve">IEEE Pacific Visualization Symposium (PacificVis)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2016, Taipei, Taiwan. pp.184-188, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId481" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/PACIFICVIS.2016.7465267⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId461" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">lirmm-01245146v1</w:t>
+            <w:hyperlink r:id="rId479" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">lirmm-01304602v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId464" w:history="1">
+            <w:hyperlink r:id="rId482" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multilayer Graph Edge Bundling</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">RetweetPatterns: Detection of Spatio-Temporal Patterns of Retweets</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId483" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tomy Rodrigues</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId484" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tiago Cunha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dino Ienco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId131" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Poncelet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId485" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlos Soares</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Pacific Visualization Symposium (PacificVis)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/PACIFICVIS.2016.7465267⟩</w:t>
+              <w:t xml:space="preserve">4th World Conference on Information Systems and Technologies (WorldCIST)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2016, Recife, Brazil. pp.879-888, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId486" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-319-31232-3_83⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId464" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">lirmm-01304602v1</w:t>
+            <w:hyperlink r:id="rId482" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">lirmm-01362428v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId467" w:history="1">
+            <w:hyperlink r:id="rId487" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">RetweetPatterns: Detection of Spatio-Temporal Patterns of Retweets</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">SuMGra: Querying Multigraphs via Efficient Indexing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vijay Ingalalli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dino Ienco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Poncelet</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Carlos Soares</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">4th World Conference on Information Systems and Technologies (WorldCIST)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/978-3-319-31232-3_83⟩</w:t>
+              <w:t xml:space="preserve">DEXA 2016 - 27th International Conference on Database and Expert Systems Applications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2016, Porto, Portugal. pp.387-401, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId488" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-319-44403-1_24⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId467" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">lirmm-01362428v1</w:t>
+            <w:hyperlink r:id="rId487" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">lirmm-01362431v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId472" w:history="1">
+            <w:hyperlink r:id="rId489" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">SuMGra: Querying Multigraphs via Efficient Indexing</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Deep learning is a good steganalysis tool when embedding key is reused for different images, even if there is a cover source-mismatch</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId462" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lionel Pibre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId490" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Pasquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dino Ienco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId132" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Pascal Poncelet</w:t>
+            <w:hyperlink r:id="rId463" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Chaumont</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">DEXA 2016 - 27th International Conference on Database and Expert Systems Applications</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">EI: Electronic Imaging</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2016, San Fransisco, United States</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId472" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">lirmm-01362431v1</w:t>
+            <w:hyperlink r:id="rId489" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">lirmm-01227950v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId474" w:history="1">
+            <w:hyperlink r:id="rId491" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Deep learning is a good steganalysis tool when embedding key is reused for different images, even if there is a cover source-mismatch</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId444" w:history="1">
+                <w:t xml:space="preserve">Étude des réseaux de neurones sur la stéganalyse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId462" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lionel Pibre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId460" w:history="1">
+            <w:hyperlink r:id="rId463" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Chaumont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dino Ienco</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId490" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Pasquet</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Marc Chaumont</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EI: Electronic Imaging</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Feb 2016, San Fransisco, United States</w:t>
+              <w:t xml:space="preserve">CORESA: COmpression et REprésentation des Signaux Audiovisuels</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2016, Nancy, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId474" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">lirmm-01227950v2</w:t>
+            <w:hyperlink r:id="rId491" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01374095v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId475" w:history="1">
+            <w:hyperlink r:id="rId492" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mining Multi-Relational Gradual Patterns</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Layer-Centered Approach for Multigraphs Visualization</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId493" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Redondo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Sallaberry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dino Ienco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId125" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId494" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Faraz Zaidi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Poncelet</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Maguelonne Teisseire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SDM 2015 - 15th SIAM International Conference on Data Mining</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1137/1.9781611974010.95⟩</w:t>
+              <w:t xml:space="preserve">19th International Conference Information Visualisation (IV)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2015, Barcelone, Spain. pp.50-55, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId495" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/iv.2015.20⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId475" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">lirmm-01239187v1</w:t>
+            <w:hyperlink r:id="rId492" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">lirmm-01275379v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId478" w:history="1">
+            <w:hyperlink r:id="rId496" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Towards Linked Data Extraction From Tweets</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId479" w:history="1">
+            <w:hyperlink r:id="rId497" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manel Achichi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId480" w:history="1">
+            <w:hyperlink r:id="rId330" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zohra Bellahsene</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dino Ienco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId481" w:history="1">
+            <w:hyperlink r:id="rId331" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Konstantin Todorov</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EGC: Extraction et Gestion des Connaissances</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2015, Luxembourg, Luxembourg. pp.383-388</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId478" w:history="1">
+            <w:hyperlink r:id="rId496" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01411403v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId482" w:history="1">
+            <w:hyperlink r:id="rId498" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Layer-Centered Approach for Multigraphs Visualization</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Mining Multi-Relational Gradual Patterns</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId499" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nhat Hai Phan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dino Ienco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId484" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Donato Malerba</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Poncelet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maguelonne Teisseire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">19th International Conference Information Visualisation (IV)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/iv.2015.20⟩</w:t>
+              <w:t xml:space="preserve">SDM 2015 - 15th SIAM International Conference on Data Mining</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2015, Vancouver, Canada. pp.846-854, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId500" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1137/1.9781611974010.95⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId482" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">lirmm-01275379v1</w:t>
+            <w:hyperlink r:id="rId498" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">lirmm-01239187v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId486" w:history="1">
+            <w:hyperlink r:id="rId501" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Knowledge-Based Representation for Transductive Multilingual Document Classification</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId487" w:history="1">
+            <w:hyperlink r:id="rId502" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Salvatore Romeo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dino Ienco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrea Tagarelli</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">37. European Conference on Information Retrieval (ECIR)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2015, Vienna, Austria. pp.92-103, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId488" w:history="1">
+            <w:hyperlink r:id="rId503" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/978-3-319-16354-3_11⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId486" w:history="1">
+            <w:hyperlink r:id="rId501" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">lirmm-01239095v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId489" w:history="1">
+            <w:hyperlink r:id="rId504" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Multilingual document classification via transductive learning</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId255" w:history="1">
+            <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Romeo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dino Ienco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId257" w:history="1">
+            <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Tagarelli</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">6th Italian Information Retrieval Workshop</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2015, Cagliari, Italy. 4 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId489" w:history="1">
+            <w:hyperlink r:id="rId504" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01295784v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId490" w:history="1">
+            <w:hyperlink r:id="rId505" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fuzzy core DBScan clustering algorithm</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Monitoring the phenology of mediterranean natural habitats with multispectral sensors: an analysis based on multiseasonal field spectra</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId506" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Corbane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabio N. Güttler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samuel Alleaume</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dino Ienco</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maguelonne Teisseire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IPMU</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">International Geoscience and Remote Sensing Symposium (IGARSS), 35th Canadian Symposium on Remote Sensing, CSRS 2014</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2014, Québec, Canada. pp.3934-3937, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId507" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/IGARSS.2014.6947345⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId490" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02600410v1</w:t>
+            <w:hyperlink r:id="rId505" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01136524v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId492" w:history="1">
+            <w:hyperlink r:id="rId508" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Exploring high repetitivity remote sensing time series for mapping and monitoring natural habitats — A new approach combining OBIA and k-partite graphs</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Fabio N. Güttler</w:t>
+                <w:t xml:space="preserve">Semantic-based multilingual document clustering via tensor modeling</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId258" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Romeo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId260" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Tagarelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Samuel Alleaume</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Dino Ienco</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE International Symposium on Geoscience and Remote Sensing (IGARSS)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">EMNLP, Conference on Empirical Methods in Natural Language Processing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2014, Doha, France. 10 p</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId492" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02108532v1</w:t>
+            <w:hyperlink r:id="rId508" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01130094v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId496" w:history="1">
+            <w:hyperlink r:id="rId509" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Change detection in categorical evolving data streams</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Détection de changements dans des flots de données qualitatives</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dino Ienco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId497" w:history="1">
+            <w:hyperlink r:id="rId510" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Albert Bifet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId498" w:history="1">
+            <w:hyperlink r:id="rId511" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernhard Pfahringer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Poncelet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SAC 2014 - 29th Annual ACM Symposium on Applied Computing</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">14e Journées Internationales Francophones sur l'Extraction et la Gestion des Connaissances (EGC)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2014, Rennes, France. pp.517-520</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId496" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02600407v1</w:t>
+            <w:hyperlink r:id="rId509" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01556565v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId500" w:history="1">
+            <w:hyperlink r:id="rId512" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Monitoring the phenology of mediterranean natural habitats with multispectral sensors: an analysis based on multiseasonal field spectra</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Fabio N. Güttler</w:t>
+                <w:t xml:space="preserve">Contextual Itemset Mining in DBpedia</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId513" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Rabatel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId514" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Madalina Croitoru</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Samuel Alleaume</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Dino Ienco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId223" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Maguelonne Teisseire</w:t>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Poncelet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Geoscience and Remote Sensing Symposium (IGARSS), 35th Canadian Symposium on Remote Sensing, CSRS 2014</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">LD4KD: Linked Data for Knowledge Discovery</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2014, Nancy, France. pp.27-36</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId500" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01136524v1</w:t>
+            <w:hyperlink r:id="rId512" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">lirmm-01076887v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId503" w:history="1">
+            <w:hyperlink r:id="rId515" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Semantic-based multilingual document clustering via tensor modeling</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Towards the use of sequential patterns for detection and characterization of natural and agricultural areas</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabio N. Güttler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dino Ienco</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maguelonne Teisseire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jordi Nin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Poncelet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EMNLP, Conference on Empirical Methods in Natural Language Processing</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">15th International Conference on Information Processing and Management of Uncertainty in Knowledge-Based Systems (IPMU)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2014, Montpellier, France. pp.97-106, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId516" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-319-08795-5_11⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId503" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01130094v1</w:t>
+            <w:hyperlink r:id="rId515" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02600411v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId504" w:history="1">
+            <w:hyperlink r:id="rId517" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Détection de changements dans des flots de données qualitatives</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Semantic-Based Multilingual Document Clustering via Tensor Modeling</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId502" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Salvatore Romeo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrea Tagarelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dino Ienco</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Pascal Poncelet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">14e Journées Internationales Francophones sur l'Extraction et la Gestion des Connaissances (EGC)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">EMNLP: Empirical Methods in Natural Language Processing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2014, Doha, Qatar. pp.600-609, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId518" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3115/v1/D14-1065⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId504" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01556565v1</w:t>
+            <w:hyperlink r:id="rId517" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">lirmm-01239231v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId505" w:history="1">
+            <w:hyperlink r:id="rId519" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Contextual Itemset Mining in DBpedia</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Identifying cropped areas in small growers agricultural regions using data mining for food security</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId280" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elodie Vintrou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId520" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentine Lebourgeois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId281" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Bégué</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dino Ienco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId132" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maguelonne Teisseire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">LD4KD: Linked Data for Knowledge Discovery</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2014, Nancy, France. pp.27-36</w:t>
+              <w:t xml:space="preserve">Sentinel-2 for Science Workshop at ESA-ESRIN</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2014, Frascati, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId505" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">lirmm-01076887v1</w:t>
+            <w:hyperlink r:id="rId519" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02600872v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId508" w:history="1">
+            <w:hyperlink r:id="rId521" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Semantic-Based Multilingual Document Clustering via Tensor Modeling</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">High density-focused uncertainty sampling for active learning over evolving stream data</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dino Ienco</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId511" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernhard Pfahringer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId522" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Indrė Žliobaitė</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EMNLP: Empirical Methods in Natural Language Processing</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">BigMine 2014</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2014, New York, United States. pp.133-148</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId508" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">lirmm-01239231v1</w:t>
+            <w:hyperlink r:id="rId521" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02600408v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId510" w:history="1">
+            <w:hyperlink r:id="rId523" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Towards the use of sequential patterns for detection and characterization of natural and agricultural areas</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Fuzzy core DBScan clustering algorithm</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId524" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Bordogna</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dino Ienco</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Pascal Poncelet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">15th International Conference on Information Processing and Management of Uncertainty in Knowledge-Based Systems (IPMU)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">IPMU</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2014, Montpellier, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId510" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02600411v1</w:t>
+            <w:hyperlink r:id="rId523" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02600410v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId512" w:history="1">
+            <w:hyperlink r:id="rId525" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Identifying cropped areas in small growers agricultural regions using data mining for food security</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Exploring high repetitivity remote sensing time series for mapping and monitoring natural habitats — A new approach combining OBIA and k-partite graphs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabio N. Güttler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samuel Alleaume</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId526" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christina Corbane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dino Ienco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId223" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Maguelonne Teisseire</w:t>
+            <w:hyperlink r:id="rId527" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Nin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sentinel-2 for Science Workshop at ESA-ESRIN</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">IEEE International Symposium on Geoscience and Remote Sensing (IGARSS)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2014, Quebec City, Canada. pp.3930-3933, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId528" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/IGARSS.2014.6947344⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId512" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02600872v1</w:t>
+            <w:hyperlink r:id="rId525" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02108532v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId514" w:history="1">
+            <w:hyperlink r:id="rId529" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">High density-focused uncertainty sampling for active learning over evolving stream data</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Change detection in categorical evolving data streams</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dino Ienco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId498" w:history="1">
+            <w:hyperlink r:id="rId510" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Albert Bifet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId511" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernhard Pfahringer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId515" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Indrė Žliobaitė</w:t>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Poncelet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BigMine 2014</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">SAC 2014 - 29th Annual ACM Symposium on Applied Computing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2014, Gyeongju, South Korea. pp.792-797, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId530" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1145/2554850.2554864⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId514" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02600408v1</w:t>
+            <w:hyperlink r:id="rId529" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02600407v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId516" w:history="1">
+            <w:hyperlink r:id="rId531" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Do more views of a graph help? Community detection and clustering in multi-Graphs</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Healtcare Trajectory Mining by Combining Multi-dimensional Component and Itemsets</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId293" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elias Egho</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dino Ienco</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId294" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Jay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId532" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amedeo Napoli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Poncelet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">FUSION 2013</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">NFMCP: New Frontiers in Mining Complex Patterns</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2012, Bristol, United Kingdom. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId533" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-642-37382-4_8⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId516" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02598527v1</w:t>
+            <w:hyperlink r:id="rId531" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">lirmm-00732661v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId519" w:history="1">
+            <w:hyperlink r:id="rId534" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Healtcare Trajectory Mining by Combining Multi-dimensional Component and Itemsets</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Mining Representative Movement Patterns through Compression</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId499" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nhat Hai Phan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dino Ienco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId291" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Poncelet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maguelonne Teisseire</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">NFMCP: New Frontiers in Mining Complex Patterns</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/978-3-642-37382-4_8⟩</w:t>
+              <w:t xml:space="preserve">PAKDD 2013 - 17th Pacific-Asia Conference on Knowledge Discovery and Data Mining</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2013, Gold Coast, Australia. pp.314-326, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId535" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-642-37453-1_26⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId519" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">lirmm-00732661v1</w:t>
+            <w:hyperlink r:id="rId534" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">lirmm-00798072v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId522" w:history="1">
+            <w:hyperlink r:id="rId536" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mining Representative Movement Patterns through Compression</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId476" w:history="1">
+                <w:t xml:space="preserve">How to Extract Relevant Knowledge from Tweets?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId537" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Flavien Bouillot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId499" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nhat Hai Phan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId538" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Béchet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId539" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandra Bringay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dino Ienco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...22 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PAKDD 2013 - 17th Pacific-Asia Conference on Knowledge Discovery and Data Mining</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/978-3-642-37453-1_26⟩</w:t>
+              <w:t xml:space="preserve">International Workshop on Information Search, Integration, and Personalization (ISIP)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2012, Sapporo, Japan. pp.111-120, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId540" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-642-40140-4_12⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId522" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">lirmm-00798072v1</w:t>
+            <w:hyperlink r:id="rId536" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">lirmm-00798662v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId524" w:history="1">
+            <w:hyperlink r:id="rId541" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">How to Extract Relevant Knowledge from Tweets?</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Clustering based active learning for evolving data streams</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dino Ienco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId510" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Albert Bifet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId542" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">I. Zliobaite</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId543" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Pfahringer</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Workshop on Information Search, Integration, and Personalization (ISIP)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/978-3-642-40140-4_12⟩</w:t>
+              <w:t xml:space="preserve">Discovery Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2013, Singapore, Singapore. pp.15, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId544" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-642-40897-7_6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId524" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">lirmm-00798662v1</w:t>
+            <w:hyperlink r:id="rId541" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02599586v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId529" w:history="1">
+            <w:hyperlink r:id="rId545" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Clustering based active learning for evolving data streams</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Knowledge-free table summarization</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dino Ienco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId497" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">B. Pfahringer</w:t>
+            <w:hyperlink r:id="rId279" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yoann Pitarch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Poncelet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maguelonne Teisseire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Discovery Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/978-3-642-40897-7_6⟩</w:t>
+              <w:t xml:space="preserve">15th International Conference, DaWaK 2013</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2013, Prague, Czech Republic. pp.122-133, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId546" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-642-40131-2_11⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId529" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02599586v1</w:t>
+            <w:hyperlink r:id="rId545" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02599585v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId533" w:history="1">
+            <w:hyperlink r:id="rId547" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Knowledge-free table summarization</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Do more views of a graph help? Community detection and clustering in multi-Graphs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId548" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E.E. Papalexakis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId549" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Akoglu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dino Ienco</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Maguelonne Teisseire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">15th International Conference, DaWaK 2013</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">FUSION 2013</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2013, Istanbul, Turkey. pp.899-905</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId533" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02599585v1</w:t>
+            <w:hyperlink r:id="rId547" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02598527v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId535" w:history="1">
+            <w:hyperlink r:id="rId550" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Extracting Trajectories through an Efficient and Unifying Spatio-Temporal Patten Mining System</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId476" w:history="1">
+            <w:hyperlink r:id="rId499" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nhat Hai Phan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dino Ienco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Poncelet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId223" w:history="1">
+            <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maguelonne Teisseire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ECML PKDD 2012 - Joint European Conference on Machine Learning and Knowledge Discovery in Databases</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2012, Bristol, United Kingdom. pp.820-823, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId536" w:history="1">
+            <w:hyperlink r:id="rId551" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/978-3-642-33486-3_55⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId535" w:history="1">
+            <w:hyperlink r:id="rId550" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">lirmm-00732662v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId537" w:history="1">
+            <w:hyperlink r:id="rId552" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mining Time Relaxed Gradual Moving Object Clusters</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">French Presidential Elections: What are the most Efficient Measures for Tweets?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId537" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Flavien Bouillot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Poncelet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId287" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Roche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dino Ienco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId132" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId553" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elnaz Bigdeli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">20th ACM International Conference on Advances in Geographic Information Systems (SIGSPATIAL)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1145/2424321.2424394⟩</w:t>
+              <w:t xml:space="preserve">PLEAD: Proceedings of the Workshop Politics, Elections and Data</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, Maui, United States. pp.23-30, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId554" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1145/2389661.2389669⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId537" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">lirmm-00798076v1</w:t>
+            <w:hyperlink r:id="rId552" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">lirmm-00801028v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId539" w:history="1">
+            <w:hyperlink r:id="rId555" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">French Presidential Elections: What are the most Efficient Measures for Tweets?</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId132" w:history="1">
+                <w:t xml:space="preserve">Mining Time Relaxed Gradual Moving Object Clusters</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId499" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nhat Hai Phan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dino Ienco</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Poncelet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId284" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maguelonne Teisseire</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLEAD: Proceedings of the Workshop Politics, Elections and Data</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1145/2389661.2389669⟩</w:t>
+              <w:t xml:space="preserve">20th ACM International Conference on Advances in Geographic Information Systems (SIGSPATIAL)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2012, Redondo Beach, United States. pp.478-481, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId556" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1145/2424321.2424394⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId539" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">lirmm-00801028v1</w:t>
+            <w:hyperlink r:id="rId555" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">lirmm-00798076v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId542" w:history="1">
+            <w:hyperlink r:id="rId557" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Towards an Automatic Construction of Contextual Attribute-Value Taxonomies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dino Ienco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId276" w:history="1">
+            <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yoann Pitarch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Poncelet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId223" w:history="1">
+            <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maguelonne Teisseire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">27th International Symposium on Applied Computing (SAC)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2012, Riva del Garda, Trento, Italy. pp.113-118, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId543" w:history="1">
+            <w:hyperlink r:id="rId558" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1145/2245276.2245301⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId542" w:history="1">
+            <w:hyperlink r:id="rId557" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">lirmm-00798075v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId544" w:history="1">
+            <w:hyperlink r:id="rId559" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Healthcare trajectory mining by combining multidimensional component and itemsets</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId290" w:history="1">
+            <w:hyperlink r:id="rId293" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elias Egho</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId292" w:history="1">
+            <w:hyperlink r:id="rId295" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chedy Raïssi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dino Ienco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId291" w:history="1">
+            <w:hyperlink r:id="rId294" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Jay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId520" w:history="1">
+            <w:hyperlink r:id="rId532" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amedeo Napoli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ECML-PKDD 2012</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2012, Bristol, United Kingdom. p. 116 - p. 127</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId544" w:history="1">
+            <w:hyperlink r:id="rId559" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00801813v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId545" w:history="1">
+            <w:hyperlink r:id="rId560" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Toward Geographic Information Harvesting: Extraction of Spatial Relational Facts from Web Documents</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId546" w:history="1">
+            <w:hyperlink r:id="rId561" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corrado Loglisci</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dino Ienco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId284" w:history="1">
+            <w:hyperlink r:id="rId287" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Roche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId223" w:history="1">
+            <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maguelonne Teisseire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Donato Malerba</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">12th International Workshop on Spatial and Spatiotemporal Data Mining (SSTDM) @ ICDM</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2012, Brussels, Belgium. pp.789-796, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId547" w:history="1">
+            <w:hyperlink r:id="rId562" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/ICDMW.2012.20⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId545" w:history="1">
+            <w:hyperlink r:id="rId560" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">lirmm-00816292v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId548" w:history="1">
+            <w:hyperlink r:id="rId563" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mining Fuzzy Moving Object Clusters</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId476" w:history="1">
+            <w:hyperlink r:id="rId499" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nhat Hai Phan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dino Ienco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Poncelet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId223" w:history="1">
+            <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maguelonne Teisseire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ADMA 2012 - 8th International Conference on Advanced Data Mining and Applications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2012, Nanjing, China. pp.100-114, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId549" w:history="1">
+            <w:hyperlink r:id="rId564" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/978-3-642-35527-1_9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId548" w:history="1">
+            <w:hyperlink r:id="rId563" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">lirmm-00798148v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId550" w:history="1">
+            <w:hyperlink r:id="rId565" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">An Unsupervised Framework for Topological Relations Extraction from Geographic Documents</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId546" w:history="1">
+            <w:hyperlink r:id="rId561" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corrado Loglisci</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dino Ienco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId284" w:history="1">
+            <w:hyperlink r:id="rId287" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Roche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId223" w:history="1">
+            <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maguelonne Teisseire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Donato Malerba</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">DEXA 2012 - 23rd International Conference on Database and Expert Systems Applications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, Vienna, Austria. pp.48-55, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId551" w:history="1">
+            <w:hyperlink r:id="rId566" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/978-3-642-32597-7_5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId550" w:history="1">
+            <w:hyperlink r:id="rId565" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">lirmm-00723574v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId552" w:history="1">
+            <w:hyperlink r:id="rId567" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vers une méthode automatique de construction de hiérarchies contextuelles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dino Ienco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId276" w:history="1">
+            <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yoann Pitarch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Poncelet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId223" w:history="1">
+            <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maguelonne Teisseire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EGC: Extraction et Gestion des Connaissances</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, Bordeaux, France. pp.335-346</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId552" w:history="1">
+            <w:hyperlink r:id="rId567" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">lirmm-00798254v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Poster de conférence (6)</w:t>
+        <w:t xml:space="preserve">Autre publication scientifique (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId553" w:history="1">
+            <w:hyperlink r:id="rId568" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comprehensive regional assessment of brood habitat suitability for Alpine black grouse (Lyrurus tetrix)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Modeling black grouse brood habitat in the French Alps using remote sensing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Tm Defossez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samuel Alleaume</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Samuel Alleaume</w:t>
-[...37 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Dino Ienco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId554" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Nadia Guiffant</w:t>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Josselin Giffard-Carlet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandra Luque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:rPr>
-[...617 lines deleted...]
-                <w:t xml:space="preserve">lirmm-01239194v1</w:t>
+              <w:rPr/>
+              <w:t xml:space="preserve">2024, 26 p</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId568" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05082767v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Rapport (7)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId568" w:history="1">
+            <w:hyperlink r:id="rId569" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cartographie de l’habitat de reproduction du tétras-lyre (Lyrurus tetrix) dans les Alpes françaises</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId375" w:history="1">
+            <w:hyperlink r:id="rId391" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Defossez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samuel Alleaume</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Montadert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Samuel Alleaume</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Dino Ienco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandra Luque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">INRAE; OFB, Office Français de la Biodiversité. 2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport technique)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId568" w:history="1">
+            <w:hyperlink r:id="rId569" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04469226v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId569" w:history="1">
+            <w:hyperlink r:id="rId570" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Space-based Earth Observation and Ecosystem Extent: Exploring Opportunities</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId571" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gary N. Geller</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId572" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Shaun R. Levick</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandra Luque</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId573" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roger Sayre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId574" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andreas Brink</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">CEOS- committee on earth observation satellites. 2023, 38 p</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId570" w:history="1">
-              <w:r>
-[...80 lines deleted...]
-            <w:hyperlink r:id="rId569" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04418120v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId574" w:history="1">
+            <w:hyperlink r:id="rId575" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elaboration d'indicateurs de pression agricole à partir de méthodes de fouille de données - Résultats de la fouille de données, confrontation avec les connaissances agronomiques sur le Bassin de la Saône et analyse critique</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Elaboration d'indicateurs de pression agricole à partir de méthodes de fouille de données - Livrable 2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dino Ienco</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId576" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Yves Vion</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maguelonne Teisseire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId577" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Philippe Tonneau</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport Technique] IRSTEA. 2015, pp.31</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport technique)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId575" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre-Yves Vion</w:t>
-[...81 lines deleted...]
-                <w:t xml:space="preserve">hal-01717524v1</w:t>
+                <w:t xml:space="preserve">hal-01585575v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId577" w:history="1">
+            <w:hyperlink r:id="rId578" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elaboration d'indicateurs de pression agricole à partir de méthodes de fouille de données - Livrable 2</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Elaboration d'indicateurs de pression agricole à partir de méthodes de fouille de données - Résultats de la fouille de données, confrontation avec les connaissances agronomiques sur le Bassin de la Saône et analyse critique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId576" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Yves Vion</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dino Ienco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId575" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId223" w:history="1">
+            <w:hyperlink r:id="rId347" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Flavie Cernesson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maguelonne Teisseire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId579" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Philippe Tonneau</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport Technique] IRSTEA. 2015, pp.61</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport technique)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId578" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean Philippe Tonneau</w:t>
-[...29 lines deleted...]
-                <w:t xml:space="preserve">hal-01585575v1</w:t>
+                <w:t xml:space="preserve">hal-01717524v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId579" w:history="1">
+            <w:hyperlink r:id="rId580" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elaboration d'indicateurs de pression agricole à partir de méthodes de fouille de données - Livrable 1</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Elaboration d'indicateurs de pression agricole à partir de méthodes de fouille de données</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dino Ienco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId575" w:history="1">
+            <w:hyperlink r:id="rId576" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Yves Vion</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId223" w:history="1">
+            <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maguelonne Teisseire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId578" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Jean Philippe Tonneau</w:t>
+            <w:hyperlink r:id="rId347" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Flavie Cernesson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport Technique] IRSTEA. 2014, pp.34</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport technique)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId579" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01585563v1</w:t>
+            <w:hyperlink r:id="rId580" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01717531v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId580" w:history="1">
+            <w:hyperlink r:id="rId581" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elaboration d'indicateurs de pression agricole à partir de méthodes de fouille de données</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Elaboration d'indicateurs de pression agricole à partir de méthodes de fouille de données - Livrable 1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dino Ienco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId575" w:history="1">
+            <w:hyperlink r:id="rId576" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Yves Vion</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId223" w:history="1">
+            <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maguelonne Teisseire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId335" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Flavie Cernesson</w:t>
+            <w:hyperlink r:id="rId577" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Philippe Tonneau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport Technique] IRSTEA. 2014, pp.34</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport technique)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId580" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01717531v1</w:t>
+            <w:hyperlink r:id="rId581" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01585563v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId581" w:history="1">
+            <w:hyperlink r:id="rId582" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Presidential Election 2012: How French politicians tweet?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId525" w:history="1">
+            <w:hyperlink r:id="rId537" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Flavien Bouillot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dino Ienco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId583" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stan Matwin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Poncelet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId287" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Roche</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">RR-12011, 2012</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId582" w:history="1">
-              <w:r>
-[...50 lines deleted...]
-            <w:hyperlink r:id="rId581" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">lirmm-00688651v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Autre publication scientifique (1)</w:t>
+        <w:t xml:space="preserve">Chapitre d'ouvrage (3)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId583" w:history="1">
+            <w:hyperlink r:id="rId584" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modeling black grouse brood habitat in the French Alps using remote sensing</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Alexandre Tm Defossez</w:t>
+                <w:t xml:space="preserve">Foundations and state of play</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId585" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Mitton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId586" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovic Brossard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId587" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tassadit Bouadi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId588" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédérick Garcia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId589" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Gautron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Agriculture and Digital Technology: Getting the most out of digital technology to contribute to the transition to sustainable agriculture and food systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 6, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId590" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">INRIA</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.30-75, 2022, White book Inrira, 978-2-7261-1310-3</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId584" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03609470v2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId591" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fondements et état de l'art</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId585" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Mitton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId586" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovic Brossard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId587" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tassadit Bouadi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId588" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédérick Garcia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId589" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Gautron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Bellon-Maurel Véronique (ed.); Brossard Ludovic (ed.); Garcia Frédérick (ed.); Mitton Nathalie (ed.); Terrier Alexandre (ed.). </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Agriculture et numérique : un Livre Blanc d’Inria et INRAE pour construire les bases d’une agriculture numérique responsable</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 6, INRIA; INRAE, pp.32-82, 2022, Livre blanc / INRIA</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId591" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05179231v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId592" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Querying RDF Data: A Multigraph Based Approach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vijay Ingalalli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Samuel Alleaume</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Dino Ienco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
-[...48 lines deleted...]
-                <w:t xml:space="preserve">hal-05082767v1</w:t>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Poncelet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Olivier Pivert. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">NoSQL Data Models • Trends and Challenges</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1, ISTE–WILEY, 2018, Base de données et Big Data • Databases and Big Data, 9781786303646. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId593" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/9781119528227.ch5⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId592" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">lirmm-01910660v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Proceedings/Recueil des communications (4)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId584" w:history="1">
+            <w:hyperlink r:id="rId594" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Discovery Science - 25th International Conference, DS 2022, Montpellier, France, October 10-12, 2022, Proceedings</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Poncelet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dino Ienco</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">DS 2022 - 25th International Conference on Discovery Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2022, Montpellier, France. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Lecture Notes in Computer Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 13601, Springer Nature Switzerland, 2022, Lecture Notes in Computer Science, 978-3-031-18840-4. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId585" w:history="1">
+            <w:hyperlink r:id="rId595" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/978-3-031-18840-4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId584" w:history="1">
+            <w:hyperlink r:id="rId594" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">lirmm-04206262v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId586" w:history="1">
+            <w:hyperlink r:id="rId596" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Towards combining satellite imagery and VGI for urban LULC classification</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dino Ienco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId385" w:history="1">
+            <w:hyperlink r:id="rId404" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">K. Ose</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId587" w:history="1">
+            <w:hyperlink r:id="rId597" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Weber</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2019 Joint Urban Remote Sensing Event (JURSE)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2019, Vannes, France. Institute of Electrical and Electronics Engineers Inc., pp.1-4, 2019, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId588" w:history="1">
+            <w:hyperlink r:id="rId598" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/JURSE.2019.8808966⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId586" w:history="1">
+            <w:hyperlink r:id="rId596" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02609706v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId589" w:history="1">
+            <w:hyperlink r:id="rId599" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">IndexMEED cases studies using &amp;quot;Omics&amp;quot; data with graph theory</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId559" w:history="1">
+            <w:hyperlink r:id="rId321" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain David</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId560" w:history="1">
+            <w:hyperlink r:id="rId322" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Féral</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId590" w:history="1">
+            <w:hyperlink r:id="rId600" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Archambeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId562" w:history="1">
+            <w:hyperlink r:id="rId324" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fanny Arnaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId563" w:history="1">
+            <w:hyperlink r:id="rId325" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Auber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">TDWG</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, Ottawa, Canada. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Biodiversity Information Science and Standards</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1, pp.340-361, 2017, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId591" w:history="1">
+            <w:hyperlink r:id="rId601" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3897/tdwgproceedings.1.20740⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId589" w:history="1">
+            <w:hyperlink r:id="rId599" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01761535v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId592" w:history="1">
+            <w:hyperlink r:id="rId602" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Proceedings of the First Workshop on Modeling, Learning and Mining for Cross/Multilinguality (MultiLingMine 2016) co-located with the 38th European Conference on Information Retrieval (ECIR 2016), Padova, Italy, March 20, 2016.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dino Ienco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId284" w:history="1">
+            <w:hyperlink r:id="rId287" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Roche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId487" w:history="1">
+            <w:hyperlink r:id="rId502" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Salvatore Romeo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId593" w:history="1">
+            <w:hyperlink r:id="rId603" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paolo Rosso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrea Tagarelli</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">MultiLingMine: Modeling, Learning and Mining for Cross/Multilinguality</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2016, Padova, Italy. 1589, , 2016, CEUR Workshop Proceedings</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId592" w:history="1">
+            <w:hyperlink r:id="rId602" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">lirmm-01382023v1</w:t>
-              </w:r>
-[...405 lines deleted...]
-                <w:t xml:space="preserve">lirmm-01910660v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Logiciel (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -22906,77 +22906,77 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId604" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">SumGra: Mining Frequent Subgraphs in Multigraphs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId234" w:history="1">
+            <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vijay Ingalalli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dino Ienco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Poncelet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2019, </w:t>
             </w:r>
             <w:hyperlink r:id="rId605" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨swh:1:dir:0abf419bfe6e335edc1fe1626a167a373e0c195a;origin=https://hal.archives-ouvertes.fr/lirmm-02136558;visit=swh:1:snp:a7665a030cc9f0877fd3103c3b02db69abd20325;anchor=swh:1:rev:11651125345aefdd4503aab2db8bbedc1d7edcaa;path=/⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
@@ -23035,51 +23035,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId606" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mining and learning from spatio-temporal data: examples and perspectives</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dino Ienco</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Environmental Sciences. HDR en Informatique, Université de Montpellier, 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">HDR</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -23142,90 +23142,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Process for identifying rare events</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId608" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Cezar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dino Ienco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId609" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">André Mas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId610" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Masseglia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Poncelet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">United States, Patent n° : EP13153512A; EP2014051963W. 2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Brevet</w:t>
@@ -23416,51 +23416,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05523426v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Roussel" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Alleaume" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Billotte" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Fabre" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dino Ienco" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/17538947.2026.2634468" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05527574v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vito Recchia" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giuseppina Andresini" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annalisa Appice" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giuseppe Fiameni" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecoinf.2026.103668" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05326486v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francisco Mena" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cassio F Dantas" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberto Interdonato" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas Dengel" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10994-025-06903-0" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05319081v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Babak Ghassemi" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#225;ssio Fraga Dantas" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raffaele Gaetano" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Omid Ghorbanzadeh" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.srs.2025.100315" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05063111v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#225;ssio Dantas" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ACCESS.2025.3568706" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05113091v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sami Najem" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Baghdadi" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ya Gao" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hassan Bazzi" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saeideh Maleki" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.srs.2025.100244" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04881001v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Portes" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Verdin" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edith Gabriel" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/eds.2024.50" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04740726v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cheick Tidiane Ba" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrina Gaito" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neucom.2024.128712" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05370697v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giuseppe Guarino" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#225;ssio F Dantas" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gemine Vivone" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LGRS.2025.3635269" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04955663v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cassio Fraga Dantas" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/frsen.2024.1483295" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05168858v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Tm Defossez" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Montadert" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josselin Giffard-Carlet" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/wlb3.01425" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04629344v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Carcereri" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paola Rizzoli" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luca Dell&#8217;amore" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233;-Luis Bueso-Bello" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rse.2024.114270" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04476131v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cassio F. Dantas" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/rs16030549" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04476130v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neucom.2023.127031" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04565081v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johann Desloires" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Botrel" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/rs16091573" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04687503v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10844-024-00877-6" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04823571v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/rs16234548" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04476128v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Rocamora" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Ferry" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10095020.2023.2292587" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04636945v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liliana Martirano" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Tagarelli" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s41109-024-00633-3" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04667209v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Azza Abidi" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Ben Abbes" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Imed Riadh Farah" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00521-024-10186-2" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04547452v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Paris" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JSTARS.2024.3503756" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04650672v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enzo Pelous" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas M&#233;ger" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Benoit" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdourrahmane Atto" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.isprsjprs.2024.06.021" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04061345v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Ben Abbes" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.engappai.2023.106152" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04097327v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Capliez" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Hadj Salah" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/jstars.2023.3263755" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04419960v2" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karun R Dayal" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Durrieu" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kamel Lahssini" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Matthieu Monnet" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/jstars.2023.3263595" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04052508v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ACCESS.2023.3251194" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04184447v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JSTARS.2023.3316304" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04087506v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compag.2023.107807" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03882272v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Donato Malerba" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.eswa.2022.119123" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05181753v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TGRS.2023.3297077" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-03738618v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erick Cuenca" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Sallaberry" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Poncelet" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TVCG.2021.3067820" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03702643v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Teste" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karun Reuel Dayal" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JSTARS.2022.3175609" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03604497v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Gomez" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maman Sani Aboubacar" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Feurer" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zakia Jenhaoui" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.catena.2022.106152" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03540913v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Ranc" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/rs14010140" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03685581v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amedeo Racanati" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberto Esposito" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ACCESS.2022.3174590" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03574637v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yawogan Jean Eudes Gbodjo" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Farah" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/2150704X.2021.2001071" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03666002v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Leroux" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/01431161.2021.1993465" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03599925v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Montet" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Dupuy" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JSTARS.2021.3119191" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03204391v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shuyi Yang" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruggero Pensa" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neucom.2021.03.051" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03335248v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ibrahim Fayad" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clayton Alcarde Alvares" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rse.2021.112652" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03144053v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandro Michele Censi" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruggero Gaetano Pensa" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ACCESS.2021.3055554" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02749683v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ekaterina Kalinicheva" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Sublime" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Trocan" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JSTARS.2020.2982631" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02950334v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LGRS.2019.2917788" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02931049v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/rs12172814" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02941804v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ACCESS.2020.3024133" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02924709v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilhem Marre" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cedric de Almeida Braga" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Luque" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Holon" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecoinf.2020.101110" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02931060v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TNNLS.2019.2955565" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04610578v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehrez Zribi" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Demarez" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LGRS.2019.2960625" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01931475v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lynda Khiali" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mamoudou Ndiath" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kenji Ose" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jag.2018.07.014" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02609618v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammad El Hajj" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/rs11151836" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-02011262v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.isprsjprs.2019.01.011" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02609707v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dinh Ho Tong Minh" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.isprsjprs.2019.09.016" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02434228v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Legras" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Loiseau" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Gaertner" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Poggiale" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-019-56515-7" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01931435v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Cresson" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/rs10111746" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-01399605v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gloria Bordogna" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00500-016-2435-0" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01741613v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maguelonne Teisseire" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecoinf.2017.11.003" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01931466v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paola Benedetti" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruggero G. Pensa" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JSTARS.2018.2876357" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01931485v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Lalande" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emile Ndikumana" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LGRS.2018.2794581" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-01761235v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vijay Ingalalli" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ins.2018.04.001" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01793835v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simona Niculescu" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jenica Hanganu" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/isprs-archives-XLII-3-1311-2018" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01931486v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Dupaquier" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Maurel" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LGRS.2017.2728698" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-01705312v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10618-017-0525-y" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-01541930v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabio N. G&#252;ttler" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordi Nin" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.isprsjprs.2017.05.013" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-01275509v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rosa Meo" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TNNLS.2016.2526063" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02605238v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Roche" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Romeo" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Rosso" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Tagarelli" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-01275515v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F&#225;bio N&#243;r G&#252;ttler" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/2150704X.2016.1142678" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01374450v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neucom.2016.01.089" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-01275619v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paolo Arcaini" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simone Sterlacchini" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ins.2016.01.014" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-01399606v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/isi.21.3.53-74" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01223918v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soumia Lilia Berrahou" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva Serrano" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilhem Molla" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Berti-&#201;quille" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cageo.2015.09.012" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-01239175v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoann Pitarch" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Vintrou" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s B&#233;gu&#233;" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Laurent" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.engappai.2014.09.001" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02600409v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-08326-1_39" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-01054924v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Roche" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Cr&#233;milleux" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Gancarski" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Sallaberry" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3199/ISI.18.1.1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01094377v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elias Egho" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Jay" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chedy Ra&#239;ssi" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10844-014-0309-4" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-00798161v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10618-012-0292-8" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00794744v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Robardet" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10618-012-0248-z" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02598479v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Vintrou" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JSTARS.2013.2238507" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-00798080v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Bonchi" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Castillo" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10844-011-0181-4" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-7724726F-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00675583v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dipankar Bachar" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.patcog.2011.10.015" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05457625v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05252328v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eatidal Amin" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05131278v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Houdr&#233;" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Lobry" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diego Marcos" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Wendling" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05050679v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roger Ferrod" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luigi Di Caro" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-78980-9_15" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04659631v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ananthu Aniraj" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-73013-9_15" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05216109v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Kurtz" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/WACVW65960.2025.00063" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05091733v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04971161v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pallavi Jain" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan Berchoux" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/WACV61041.2025.00552" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05167526v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Jabea" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flavie Cernesson" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JURSE60372.2025.11076059" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04979582v1" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IGARSS53475.2024.10642836" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04979522v1" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Bio Nikki Sar&#232;" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Hountondji" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IGARSS53475.2024.10641427" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05186460v1" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jose-Luis Bueso-Bello" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IGARSS53475.2024.10641186" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04666307v1" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05225788v1" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IGARSS53475.2024.10641479" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04619543v1" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simona Fioretto" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elio Masciari" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-62700-2_27" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04617917v1" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-70352-2_26" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04979630v1" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aayush Dhakal" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IGARSS53475.2024.10641235" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04709806v1" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Konstantinos P. Panousis" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04189631v1" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thalita F Drumond" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-43430-3_2" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04689663v1" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04184449v1" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICCVW60793.2023.00474" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04532065v1" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Konstantinos Panousis" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICCVW60793.2023.00292" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04183747v1" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert van der Klis" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephan Alaniz" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Massimiliano Mancini" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICCV51070.2023.00179" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04589682v1" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Defossez" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mairi Souza Oliveira" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04219305v1" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03760307v1" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MELECON53508.2022.9842865" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03836642v1" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Capliez" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Hadj Salah" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IGARSS46834.2022.9884094" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03838011v1" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Ose" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IGARSS46834.2022.9883611" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03837968v1" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IGARSS46834.2022.9883973" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03694444v1" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. M&#233;ger" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Courteille" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Benoit" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Atto" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/isprs-archives-XLIII-B3-2022-673-2022" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05177729v1" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovica Sacco" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03182049v1" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hermann Courteille" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N M&#233;ger" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Atto" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IGARSS47720.2021.9554205" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03339628v1" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03685772v1" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Cornic" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Barbe" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Cresson" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IGARSS47720.2021.9554617" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03444184v1" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Esposito" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R.G. Pensa" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03339618v1" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03597523v1" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saloua Chlaily" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Jutten" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Marinoni" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SSP49050.2021.9513780" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03444517v1" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Sacco" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05177730v1" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03375996v1" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davi Pereira-Santos" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; de Carvalho" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-86383-8_10" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02881880v1" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hatem Belhouchette" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu2020-10367" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03031531v1" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-63823-8_52" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05177143v1" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Eudes Gbodjo" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/isprs-annals-V-2-2020-997-2020" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02923636v1" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-47426-3_25" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03322931v1" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IGARSS39084.2020.9324358" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02968847v1" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02931058v1" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-33778-0_18" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02966810v1" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05177135v1" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kenji Os&#233;" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IGARSS.2019.8898458" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-01685327v1" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Pibre" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Chaumont" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Subsol" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mustapha Derras" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/GlobalSIP.2017.8309141" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01804954v1" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-01958952v1" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mamadou Ndiath" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-01847422v1" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erick Cuenca Pauta" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3221269.3223027" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01931471v1" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IJCNN.2018.8489353" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-01912004v1" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-54241-6_5" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01374095v1" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Pasquet" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-01245146v1" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serena Villata" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5441/002/edbt.2016.24" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-01304602v1" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Bourqui" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/PACIFICVIS.2016.7465267" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-01362428v1" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tomy Rodrigues" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiago Cunha" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Soares" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-31232-3_83" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-01362431v1" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-44403-1_24" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-01227950v2" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-01239187v1" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nhat Hai Phan" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1137/1.9781611974010.95" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01411403v1" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manel Achichi" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zohra Bellahsene" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Konstantin Todorov" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-01275379v1" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Redondo" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Faraz Zaidi" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/iv.2015.20" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-01239095v1" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salvatore Romeo" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-16354-3_11" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01295784v1" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02600410v1" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Bordogna" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02108532v1" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christina Corbane" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Nin" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IGARSS.2014.6947344" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02600407v1" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Albert Bifet" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernhard Pfahringer" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2554850.2554864" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01136524v1" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Corbane" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IGARSS.2014.6947345" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01130094v1" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01556565v1" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-01076887v1" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Rabatel" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Madalina Croitoru" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-01239231v1" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3115/v1/D14-1065" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02600411v1" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-08795-5_11" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02600872v1" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentine Lebourgeois" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02600408v1" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Indr&#279; &#381;liobait&#279;" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02598527v1" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E.E. Papalexakis" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Akoglu" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-00732661v1" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amedeo Napoli" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-37382-4_8" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-00798072v1" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-37453-1_26" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-00798662v1" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flavien Bouillot" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas B&#233;chet" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Bringay" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-40140-4_12" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02599586v1" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Zliobaite" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Pfahringer" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-40897-7_6" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02599585v1" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-40131-2_11" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-00732662v1" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-33486-3_55" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-00798076v1" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2424321.2424394" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-00801028v1" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elnaz Bigdeli" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2389661.2389669" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-00798075v1" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2245276.2245301" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00801813v1" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-00816292v1" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corrado Loglisci" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICDMW.2012.20" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-00798148v1" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-35527-1_9" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-00723574v1" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-32597-7_5" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-00798254v1" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04929144v1" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Guiffant" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05177136v1" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-01912384v1" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ieeevis.org/year/2018/welcome" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02295974v1" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain David" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre F&#233;ral" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Archambeau" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Arnaud" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Auber" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13140/RG.2.2.32504.44806" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02605181v1" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-01239194v1" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mykael Vigo" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04469226v2" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04418120v1" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gary N. Geller" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shaun R. Levick" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roger Sayre" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas Brink" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01717524v1" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Yves Vion" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Tonneau" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01585575v1" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Philippe Tonneau" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01585563v1" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01717531v1" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-00688651v1" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stan Matwin" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05082767v1" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-04206262v1" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-18840-4" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02609706v1" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Weber" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JURSE.2019.8808966" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01761535v1" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Archambeau" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3897/tdwgproceedings.1.20740" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-01382023v1" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paolo Rosso" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05179231v1" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Mitton" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Brossard" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tassadit Bouadi" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rick Garcia" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Gautron" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03609470v2" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.inria.fr/en/white-paper-inria-agriculture-digital-technology" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-01910660v1" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781119528227.ch5" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-02136558v1" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:0abf419bfe6e335edc1fe1626a167a373e0c195a;origin=https://hal.archives-ouvertes.fr/lirmm-02136558;visit=swh:1:snp:a7665a030cc9f0877fd3103c3b02db69abd20325;anchor=swh:1:rev:11651125345aefdd4503aab2db8bbedc1d7edcaa;path=/" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/tel-02605252v1" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-00913008v1" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Cezar" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Mas" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Masseglia" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05457625v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Portes" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dino Ienco" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edith Gabriel" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05252328v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eatidal Amin" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cassio F. Dantas" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Alleaume" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Luque" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05527574v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vito Recchia" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giuseppina Andresini" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annalisa Appice" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giuseppe Fiameni" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecoinf.2026.103668" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05523426v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Roussel" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Billotte" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Fabre" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/17538947.2026.2634468" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04881001v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Verdin" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/eds.2024.50" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04740726v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cheick Tidiane Ba" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberto Interdonato" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrina Gaito" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neucom.2024.128712" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05370697v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giuseppe Guarino" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#225;ssio F Dantas" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raffaele Gaetano" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gemine Vivone" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LGRS.2025.3635269" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04955663v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saeideh Maleki" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Baghdadi" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sami Najem" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cassio Fraga Dantas" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/frsen.2024.1483295" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05168858v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Tm Defossez" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Montadert" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josselin Giffard-Carlet" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/wlb3.01425" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05063111v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francisco Mena" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#225;ssio Dantas" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas Dengel" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ACCESS.2025.3568706" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05326486v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cassio F Dantas" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10994-025-06903-0" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05319081v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Babak Ghassemi" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#225;ssio Fraga Dantas" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Omid Ghorbanzadeh" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.srs.2025.100315" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05113091v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ya Gao" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hassan Bazzi" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.srs.2025.100244" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04476131v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/rs16030549" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04476130v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neucom.2023.127031" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04565081v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johann Desloires" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Botrel" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/rs16091573" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04687503v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10844-024-00877-6" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04476128v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Rocamora" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Ferry" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10095020.2023.2292587" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04823571v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/rs16234548" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04636945v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liliana Martirano" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Tagarelli" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s41109-024-00633-3" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04667209v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Azza Abidi" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Ben Abbes" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Imed Riadh Farah" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00521-024-10186-2" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04547452v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Paris" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JSTARS.2024.3503756" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04650672v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enzo Pelous" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas M&#233;ger" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Benoit" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdourrahmane Atto" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.isprsjprs.2024.06.021" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04629344v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Carcereri" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paola Rizzoli" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luca Dell&#8217;amore" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233;-Luis Bueso-Bello" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rse.2024.114270" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04061345v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Ben Abbes" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.engappai.2023.106152" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04097327v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Capliez" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Hadj Salah" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/jstars.2023.3263755" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04419960v2" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karun R Dayal" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Durrieu" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kamel Lahssini" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Matthieu Monnet" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/jstars.2023.3263595" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04052508v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ACCESS.2023.3251194" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04184447v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JSTARS.2023.3316304" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04087506v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compag.2023.107807" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03882272v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Donato Malerba" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.eswa.2022.119123" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05181753v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TGRS.2023.3297077" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-03738618v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erick Cuenca" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Sallaberry" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Poncelet" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TVCG.2021.3067820" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03702643v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Teste" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karun Reuel Dayal" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JSTARS.2022.3175609" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03604497v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Gomez" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maman Sani Aboubacar" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Feurer" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zakia Jenhaoui" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.catena.2022.106152" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03540913v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Ranc" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/rs14010140" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03685581v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amedeo Racanati" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberto Esposito" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ACCESS.2022.3174590" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03574637v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yawogan Jean Eudes Gbodjo" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Farah" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/2150704X.2021.2001071" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03599925v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Montet" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Dupuy" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JSTARS.2021.3119191" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03204391v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shuyi Yang" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruggero Pensa" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neucom.2021.03.051" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03335248v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ibrahim Fayad" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clayton Alcarde Alvares" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rse.2021.112652" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03144053v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandro Michele Censi" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruggero Gaetano Pensa" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ACCESS.2021.3055554" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03666002v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Leroux" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/01431161.2021.1993465" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02950334v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LGRS.2019.2917788" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02931049v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/rs12172814" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02941804v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ACCESS.2020.3024133" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02924709v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilhem Marre" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cedric de Almeida Braga" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Holon" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecoinf.2020.101110" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02931060v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TNNLS.2019.2955565" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04610578v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehrez Zribi" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Demarez" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LGRS.2019.2960625" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02749683v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ekaterina Kalinicheva" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Sublime" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Trocan" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JSTARS.2020.2982631" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-02011262v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kenji Ose" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.isprsjprs.2019.01.011" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02609707v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dinh Ho Tong Minh" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.isprsjprs.2019.09.016" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02434228v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Legras" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Loiseau" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Gaertner" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Poggiale" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-019-56515-7" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01931475v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lynda Khiali" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mamoudou Ndiath" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jag.2018.07.014" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02609618v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammad El Hajj" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/rs11151836" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01931435v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Cresson" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/rs10111746" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-01399605v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gloria Bordogna" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00500-016-2435-0" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01741613v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maguelonne Teisseire" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecoinf.2017.11.003" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01931466v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paola Benedetti" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruggero G. Pensa" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JSTARS.2018.2876357" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01931485v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Lalande" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emile Ndikumana" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LGRS.2018.2794581" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-01761235v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vijay Ingalalli" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ins.2018.04.001" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01793835v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simona Niculescu" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jenica Hanganu" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/isprs-archives-XLII-3-1311-2018" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-01705312v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10618-017-0525-y" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-01541930v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabio N. G&#252;ttler" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordi Nin" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.isprsjprs.2017.05.013" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-01275509v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rosa Meo" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TNNLS.2016.2526063" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01931486v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Dupaquier" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Maurel" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LGRS.2017.2728698" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02605238v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Roche" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Romeo" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Rosso" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Tagarelli" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-01275515v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F&#225;bio N&#243;r G&#252;ttler" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/2150704X.2016.1142678" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01374450v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neucom.2016.01.089" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-01275619v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paolo Arcaini" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simone Sterlacchini" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ins.2016.01.014" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-01399606v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/isi.21.3.53-74" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01223918v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soumia Lilia Berrahou" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva Serrano" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilhem Molla" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Berti-&#201;quille" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cageo.2015.09.012" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-01239175v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoann Pitarch" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Vintrou" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s B&#233;gu&#233;" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Laurent" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.engappai.2014.09.001" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02600409v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-08326-1_39" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-01054924v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Roche" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Cr&#233;milleux" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Gancarski" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Sallaberry" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3199/ISI.18.1.1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01094377v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elias Egho" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Jay" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chedy Ra&#239;ssi" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10844-014-0309-4" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-00798161v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10618-012-0292-8" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02598479v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Vintrou" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JSTARS.2013.2238507" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00794744v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Robardet" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10618-012-0248-z" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-00798080v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Bonchi" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Castillo" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10844-011-0181-4" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-7724726F-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00675583v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dipankar Bachar" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.patcog.2011.10.015" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04929144v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Guiffant" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05177136v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kenji Os&#233;" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-01912384v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erick Cuenca Pauta" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ieeevis.org/year/2018/welcome" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02295974v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain David" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre F&#233;ral" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Archambeau" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Arnaud" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Auber" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13140/RG.2.2.32504.44806" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02605181v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-01239194v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mykael Vigo" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zohra Bellahsene" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Konstantin Todorov" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05216109v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Houdr&#233;" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diego Marcos" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Wendling" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Kurtz" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/WACVW65960.2025.00063" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05091733v1" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roger Ferrod" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luigi Di Caro" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04971161v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pallavi Jain" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan Berchoux" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/WACV61041.2025.00552" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05167526v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Jabea" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flavie Cernesson" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JURSE60372.2025.11076059" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05050679v1" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-78980-9_15" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05131278v1" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Lobry" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04659631v1" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ananthu Aniraj" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-73013-9_15" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05186460v1" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jose-Luis Bueso-Bello" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IGARSS53475.2024.10641186" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04666307v1" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05225788v1" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IGARSS53475.2024.10641479" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04619543v1" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simona Fioretto" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elio Masciari" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-62700-2_27" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04617917v1" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-70352-2_26" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04979630v1" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aayush Dhakal" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IGARSS53475.2024.10641235" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04709806v1" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Konstantinos P. Panousis" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04979522v1" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Bio Nikki Sar&#232;" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Hountondji" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IGARSS53475.2024.10641427" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04979582v1" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IGARSS53475.2024.10642836" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04184449v1" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICCVW60793.2023.00474" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04689663v1" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04183747v1" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert van der Klis" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephan Alaniz" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Massimiliano Mancini" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICCV51070.2023.00179" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04532065v1" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Konstantinos Panousis" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICCVW60793.2023.00292" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04589682v1" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Defossez" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mairi Souza Oliveira" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04219305v1" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04189631v1" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thalita F Drumond" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-43430-3_2" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03760307v1" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MELECON53508.2022.9842865" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03836642v1" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Capliez" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Hadj Salah" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IGARSS46834.2022.9884094" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03838011v1" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Ose" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IGARSS46834.2022.9883611" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03837968v1" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IGARSS46834.2022.9883973" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03694444v1" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. M&#233;ger" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Courteille" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Benoit" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Atto" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/isprs-archives-XLIII-B3-2022-673-2022" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03339628v1" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05177729v1" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovica Sacco" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03182049v1" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hermann Courteille" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N M&#233;ger" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Atto" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IGARSS47720.2021.9554205" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03444184v1" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Esposito" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R.G. Pensa" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03685772v1" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Cornic" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Barbe" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Cresson" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IGARSS47720.2021.9554617" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03339618v1" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03597523v1" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saloua Chlaily" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Jutten" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Marinoni" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SSP49050.2021.9513780" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03444517v1" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Sacco" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03375996v1" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davi Pereira-Santos" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; de Carvalho" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-86383-8_10" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05177730v1" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02881880v1" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hatem Belhouchette" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu2020-10367" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03031531v1" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-63823-8_52" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05177143v1" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Eudes Gbodjo" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/isprs-annals-V-2-2020-997-2020" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02923636v1" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-47426-3_25" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03322931v1" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IGARSS39084.2020.9324358" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02968847v1" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02931058v1" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-33778-0_18" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02966810v1" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05177135v1" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IGARSS.2019.8898458" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-01685327v1" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Pibre" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Chaumont" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Subsol" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mustapha Derras" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/GlobalSIP.2017.8309141" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01804954v1" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-01958952v1" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mamadou Ndiath" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01931471v1" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IJCNN.2018.8489353" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-01847422v1" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3221269.3223027" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-01912004v1" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-54241-6_5" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-01245146v1" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serena Villata" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5441/002/edbt.2016.24" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-01304602v1" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Bourqui" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/PACIFICVIS.2016.7465267" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-01362428v1" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tomy Rodrigues" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiago Cunha" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Soares" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-31232-3_83" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-01362431v1" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-44403-1_24" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-01227950v2" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Pasquet" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01374095v1" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-01275379v1" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Redondo" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Faraz Zaidi" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/iv.2015.20" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01411403v1" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manel Achichi" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-01239187v1" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nhat Hai Phan" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1137/1.9781611974010.95" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-01239095v1" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salvatore Romeo" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-16354-3_11" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01295784v1" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01136524v1" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Corbane" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IGARSS.2014.6947345" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01130094v1" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01556565v1" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Albert Bifet" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernhard Pfahringer" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-01076887v1" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Rabatel" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Madalina Croitoru" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02600411v1" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-08795-5_11" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-01239231v1" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3115/v1/D14-1065" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02600872v1" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentine Lebourgeois" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02600408v1" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Indr&#279; &#381;liobait&#279;" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02600410v1" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Bordogna" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02108532v1" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christina Corbane" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Nin" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IGARSS.2014.6947344" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02600407v1" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2554850.2554864" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-00732661v1" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amedeo Napoli" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-37382-4_8" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-00798072v1" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-37453-1_26" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-00798662v1" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flavien Bouillot" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas B&#233;chet" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Bringay" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-40140-4_12" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02599586v1" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Zliobaite" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Pfahringer" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-40897-7_6" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02599585v1" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-40131-2_11" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02598527v1" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E.E. Papalexakis" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Akoglu" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-00732662v1" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-33486-3_55" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-00801028v1" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elnaz Bigdeli" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2389661.2389669" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-00798076v1" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2424321.2424394" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-00798075v1" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2245276.2245301" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00801813v1" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-00816292v1" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corrado Loglisci" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICDMW.2012.20" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-00798148v1" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-35527-1_9" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-00723574v1" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-32597-7_5" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-00798254v1" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05082767v1" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04469226v2" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04418120v1" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gary N. Geller" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shaun R. Levick" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roger Sayre" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas Brink" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01585575v1" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Yves Vion" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Philippe Tonneau" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01717524v1" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Tonneau" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01717531v1" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01585563v1" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-00688651v1" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stan Matwin" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03609470v2" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Mitton" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Brossard" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tassadit Bouadi" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rick Garcia" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Gautron" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.inria.fr/en/white-paper-inria-agriculture-digital-technology" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05179231v1" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-01910660v1" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781119528227.ch5" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-04206262v1" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-18840-4" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02609706v1" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Weber" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JURSE.2019.8808966" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01761535v1" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Archambeau" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3897/tdwgproceedings.1.20740" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-01382023v1" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paolo Rosso" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-02136558v1" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:0abf419bfe6e335edc1fe1626a167a373e0c195a;origin=https://hal.archives-ouvertes.fr/lirmm-02136558;visit=swh:1:snp:a7665a030cc9f0877fd3103c3b02db69abd20325;anchor=swh:1:rev:11651125345aefdd4503aab2db8bbedc1d7edcaa;path=/" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/tel-02605252v1" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-00913008v1" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Cezar" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Mas" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Masseglia" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>