--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -66,18491 +66,18533 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
+        <w:t xml:space="preserve">Communication dans un congrès (32)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId7" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">In vivo efficacy of Enterococcus faecalis 14 treatment of necrotic enteritis in broiler chickens</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Djamel Drider</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rabia R. Ladjouzi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anca Lucau-Danila</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Taminiau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Georges Daube</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">CRWAD</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2024, Chicago (IL), United States</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId7" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04554527v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Evaluation of the antibacterial and antifungal activity of microorganisms isolated from artisanal cheeses against major cheese contaminants in a model cheese matrix</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aude Commenges</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Helene Lessard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Françoise Coucheney</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Djamel Drider</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Steve Labrie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ADSA Annual Meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2023, Ottawa (Ontario), France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04551202v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Grazing diet promotes mycobiota richness and diversity in dairy cows' hindgut</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ali Sadek</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Taminiau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Georges Daube</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Panagiotis Sapountzis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédérique Chaucheyras-Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ADSA Annual Meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2023, Ottawa (Ontario), Canada</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04551189v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bacteriocins from Lactic Acid Bacteria</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Djamel Drider</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Conférences du GT sur les Peptides Antimicrobiens de la Société Française de Microbiologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, GT Peptides Antimicrobiens SFM, Dec 2023, Web conference, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04551527v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Multifunction and mechanisms of transport of Enterocin DD14 (EntDD14); a two-peptide-leaderless bacteriocin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Djamel Drider</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Bacteriocin Internation Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, UMRT BioEcoAgro INRAE 1158, Jun 2023, Lille, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04550553v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lacticaseicin as a novel emerging bacteriocin with clinical future</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francoise Coucheney</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yanath Belguesmia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Djamel Drider</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">32nd Brazilian Congress of Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, SBM, Oct 2023, Foz do Iguaçu (Brazil), Brazil</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04551205v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Effet potentialisateur in vitro et in vivo de l’entérocine DD14 sur la méticilline et l’érythromycine vis-à-vis d’une souche clinique de Staphylococcus aureus résistante à la méticilline MRSA-S1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Djamel Drider</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Staphosium 2023</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Société Française de Microbiologie, Nov 2023, Domaine Lyon Saint-Joseph, Sainte-Foy-lès-Lyon - Lyon, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04550554v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Identification of microbial strains with potential biopreservation activity in cheeses against contaminating microbiota</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aude Commenges</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Hélène Lessard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Steve Labrie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Djamel Drider</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francoise Coucheney</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Green Food Tech</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2023, Montréal (Québec), Canada</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04551183v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lactecaseicin 30: One of the bacteriocins from Lacticaseibacillus paracasei CNCM I-5369 and its engineered variants revealed activity against Gram-negative bacteria</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Françoise Coucheney</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Désiré Madi-Moussa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yanath Belguesmia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Djamel Drider</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Bacteriocin International Conference (BIC)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, UMRT BioEcoAgro INRAE 1158, Jun 2023, Lille, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04551185v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Highlights on Transport of two-peptide leaderless Enterocin DD14 and its biological activities</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Djamel Drider</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journées MuFoPAM 2023</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2023, Lille, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04550557v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Enteocin DD14 (EntDD14), a leaderless two-peptide : Transport - Regulation - Multifunction.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Djamel Drider</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Invitation Oxford University - Department of Biochemestry (UK)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2023, Oxford (UK), United Kingdom</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04551545v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The bacteriocinogenic strain Enterococcus faecalis 14 could be a good candidate to control avian necrotic enteritis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Djamel Drider</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">32nd Brazilian Congress of Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, SBM, Oct 2023, Foz do Iguaçu, Brazil</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04550549v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Protective effects of novel Lactobacillaceae against Clostridium perfringens infections in poultry</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Djamel Drider</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">One Health International Days (OHID)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, UMRT BioEcoAgro INRAE 1158, Jul 2022, Lille, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04550872v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">How bacteriocins and nanotechnology can help, replace or potentiate the activity of colistin; an antibiotic of major importance</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Djamel Drider</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Invitation Universidade Federal de Viçosa</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2022, Viçosa, Brazil</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04550933v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Enterocin 14: in vitro, in situ and in vivo activity data</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Djamel Drider</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rozenn Ravallec</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ANTIMIC 2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2022, Hammamet, Tunisie</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04550748v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Post-antibiotics era: How bacteriocins can help or replace aging antibiotics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Djamel Drider</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Invitation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Western university, College of Veterinary Medecine, Apr 2022, Pomona, California, United States</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04550888v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Criblage de microorganismes, issus de fromages artisanaux, ayant des activités antimicrobiennes vis-à-vis du microbiote contaminant des fromages</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aude Commenges</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francoise Coucheney</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Djamel Drider</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Steve Labrie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">89ème Congrès de L'ACFAS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2022, Web Conference, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04551180v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Understanding the synthesis, transport and application of the almost perfect enterocin 14 (EntDD14); a leaderless two-peptides bacteriocin)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Djamel Drider</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Invitation Universidade Federal de Viçosa</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2022, Viçosa, Brazil</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04550929v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lactic acid bacteria : From Bioprospection to timely biotechnological applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Djamel Drider</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Webinaire Pôle NSL-Clubster</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2022, Lille, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04550881v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lactic acid bacteria : A rich heritage to explore</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Djamel Drider</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Invitation Universidade Federal de Viçosa</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2022, Viçosa, Brazil</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04550938v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Enterocin DD14 : From Gene to Application(s)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Djamel Drider</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Invitation Université Alexandru Ioan Cuza de Iași, Roumanie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2022, Iași, Romania</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04550914v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Snapshot sur la flore lactique vaginale : cas des femmes Algériennes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Djamel Drider</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La 3ème édition des journées POLEPHARMA de Microbiomique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2022, Rouen, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04550902v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">SELECTIVE FRACTIONATION OF NISIN SUPERNATANTS BY ULTRAFILTRATION</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loubna Firdaous</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Forestier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yanath Belguesmia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Djamel Drider</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Dhulster</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The 15th International Symposium on Biochromatography and Nanoseparations</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2021, Conférence virtuelle, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04556804v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caractérisation d'une nouvelle bactériocine de classe II ayant une activité anti-Escherichia coli produite par Lacticaseibacillus paracasei CNCM I-5369</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Désiré Madi-Moussa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Françoise Coucheney</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Djamel Drider</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Congrès de la Société Française de Microbiologie (Microbes 2021)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, SFM, Sep 2021, Nantes (France), France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04551179v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">SELECTIVE FRACTIONATION OF NISIN SUPERNATANTS BY ULTRAFILTRATION</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loubna Firdaous</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Forestier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Djamel Drider</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Dhulster</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yanath Belguesmia</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Green Food Tech 2021</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2021, Conférence Virtuelle en ligne, Canada</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04556818v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bacteriocins: metabolites with high added value</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Djamel Drider</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Weblactic</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, SFM, Apr 2021, Web Conf, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04550945v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Approches Innovantes dans la lutte contre l’antibiorésistance</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Djamel Drider</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque « Approches innovantes dans la lutte contre l’antibiorésistance »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ADEBIOTECH, Sep 2021, Evry-Courcouronnes, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04550961v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antimicrobial Resistance ? Are Bacteriocins Part of The Solution ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Djamel Drider</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Invitation Université de Foggia, Italie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Professeur Giuseppe Spano, Nov 2021, Foggia, Italy</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04550969v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antimicrobial Resistance ? Are Bacteriocins Part of The Solution ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Djamel Drider</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Invitation Webinaire université Indonésie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2021, Web Conference, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04550954v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Applications of MALDI-TOF-MS in food microbiology. Twenty-fourth Conference on Food Microbiology</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roxanne Raulo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mickaël Chevalier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Menouar Nacef</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mahammed Zidour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Chollet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Twenty-fourth Conference on Food Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2019, Bruxelles, Belgium</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04547593v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antagonistic Yeats from Tomme d’Orchies cheese: Opportunities and prospects</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Djamel Drider</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">24th Conference on Food Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Belgian Society for Food Microbiology vzw/aslb (BSFM), Oct 2019, Bruxelles, Belgium</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04550999v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Enterocins as novel antibiotics ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Djamel Drider</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">13th International Scientific Conference on Probiotics, Prebiotics, Gut Microbiota and Health</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2019, Prague, Czech Republic</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04550982v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
         <w:t xml:space="preserve">Article dans une revue (112)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId7" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Enterocin DD14 can inhibit the infection of eukaryotic cells with enveloped viruses</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Radja Teiar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Famara Sane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ismail Erol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Magloire Pandoua Nekoua</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Lecouturier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Archives of Microbiology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 206 (269), pp.269. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/s00203-024-04002-7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId7" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04606993v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The biopreservative properties of Metschnikowia pulcherrima LMA 2038 and Trichosporon asahii LMA 810 in a model fresh cheese, are presented</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Impact of Dietary Regime and Seasonality on Hindgut’s Mycobiota Diversity in Dairy Cows</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Djamel Drider</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Ali Sadek</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Taminiau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Georges Daube</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Panagiotis Sapountzis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédérique Chaucheyras-Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Food Bioscience</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.fbio.2023.103458⟩</w:t>
+              <w:t xml:space="preserve">Microorganisms</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 12 (1), pp.84. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/microorganisms12010084⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04547030v1</w:t>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04521762v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of Dietary Regime and Seasonality on Hindgut’s Mycobiota Diversity in Dairy Cows</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">The biopreservative properties of Metschnikowia pulcherrima LMA 2038 and Trichosporon asahii LMA 810 in a model fresh cheese, are presented</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aude Commenges</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Hélène Lessard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Françoise Coucheney</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Steve Labrie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Djamel Drider</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Microorganisms</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/microorganisms12010084⟩</w:t>
+              <w:t xml:space="preserve">Food Bioscience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 58, pp.103458. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.fbio.2023.103458⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04521762v1</w:t>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04547030v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bacteriocins and Bacteriophages as Dual Biological Players for Food Safety Applications</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">Potential of Non- Saccharomyces Yeasts as Probiotics and Alternatives to Antibiotics in Animal Production</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Djamel Drider</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vanessa Demey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giuseppe Spano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Françoise Coucheney</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédérique Chaucheyras-Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Encyclopedia</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/encyclopedia4010007⟩</w:t>
+              <w:t xml:space="preserve">Foodborne Pathogens and Disease</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 21 (12), pp.731-737. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1089/fpd.2023.0175⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04549705v1</w:t>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04691599v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Potential of Non- Saccharomyces Yeasts as Probiotics and Alternatives to Antibiotics in Animal Production</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">Bacteriocins and Bacteriophages as Dual Biological Players for Food Safety Applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nacim Barache</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yanath Belguesmia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Beatriz Martinez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruce S Seal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Djamel Drider</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...54 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Foodborne Pathogens and Disease</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1089/fpd.2023.0175⟩</w:t>
+              <w:t xml:space="preserve">Encyclopedia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 4 (1), pp.79 - 90. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/encyclopedia4010007⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04691599v1</w:t>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04549705v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Assessment of safety and in situ antibacterial activity of Weissella cibaria strains isolated from dairy farms in Minas Gerais State, Brazil, for their food application.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camila Gonçalves Teixeira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yanath Belguesmia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rafaela da Silva Rodrigues</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anca Lucau-Danila</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luís Augusto Nero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Brazilian Journal of Microbiology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/s42770-023-01244-3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04442774v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Biopreservation of Fresh Sardines (Sardina pilchardus) Using Lactiplantibacillus plantarum OV50 Isolated from Traditional Algerian Green Olives Preparations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nassima Mohellebi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samia Hamma-Faradji</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kamel Bendjeddou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amel Ait Meddour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yassine Benchikh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Foods</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 13 (3), pp.368. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3390/foods13030368⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04547012v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Advances in Characterizing the Transport Systems of and Resistance to EntDD14, A Leaderless Two-Peptide Bacteriocin with Potent Inhibitory Activity</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrián Pérez-Ramos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rabia Ladjouzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marius Mihasan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Radja Teiar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdellah Benachour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Molecular Sciences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 24 (2), pp.1517. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3390/ijms24021517⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04322223v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lack of PNPase activity in Enterococcus faecalis 14 increases the stability of EntDD14 bacteriocin transcripts</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rabia Ladjouzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anca Lucau-Danila</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paloma López</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Djamel Drider</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Scientific Reports</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 13 (1), pp.22870. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1038/s41598-023-48619-y⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04547054v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Review on Enterocin DD14, the Leaderless Two-Peptide Bacteriocin with Multiple Biological Functions and Unusual Transport Pathway</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rabia Ladjouzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elodie Dussert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Radja Teiar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yanath Belguesmia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Djamel Drider</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Antibiotics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 12 (7), pp.1188. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3390/antibiotics12071188⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04322229v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Recovery of nisin from culture supernatants of Lactococcus lactis by ultrafiltration: flux properties and separation efficiency</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Forestier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yanath Belguesmia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Krier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Djamel Drider</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Dhulster</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Food and Bioproducts Processing</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04545772v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Recovery of nisin from culture supernatants of Lactococcus lactis by ultrafiltration: Flux properties and separation efficiency</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Forestier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yanath Belguesmia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Krier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Djamel Drider</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Dhulster</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Food and Bioproducts Processing</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 136 (6), pp.196-210. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.fbp.2022.10.002⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04547077v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The absence of PNPase activity in Enterococcus faecalis results in alterations of the bacterial cell-wall but induces high proteolytic and adhesion activities</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rabia Ladjouzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Duban</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anca Lucau-Danila</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Djamel Drider</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Gene</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 833, pp.146610. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.gene.2022.146610⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04312113v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antimicrobial Properties, Functional Characterisation and Application of Fructobacillus fructosus and Lactiplantibacillus plantarum Isolated from Artisanal Honey</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicola de Simone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maria Teresa Rocchetti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Barbara La Gatta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Giuseppe Spano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Djamel Drider</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Probiotics and Antimicrobial Proteins</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 15 (5), pp.1406-1423. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/s12602-022-09988-4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04547057v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Structure of Lacticaseicin 30 and Its Engineered Variants Revealed an Interplay between the N-Terminal and C-Terminal Regions in the Activity against Gram-Negative Bacteria</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Désiré Madi-Moussa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Barbara Deracinois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Radja Teiar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yanyan Li</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marius Mihasan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Pharmaceutics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 14 (9), pp.1921. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3390/pharmaceutics14091921⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03876126v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Genomic Analyses of Weissella cibaria W25, a Potential Bacteriocin-Producing Strain Isolated from Pasture in Campos das Vertentes, Minas Gerais, Brazil</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camila Gonçalves Teixeira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rafaela da Silva Rodrigues</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ricardo Seiti Yamatogi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anca Lucau-Danila</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Djamel Drider</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Microorganisms</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 10 (2), pp.314. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3390/microorganisms10020314⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04548616v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Enhanced Antibacterial Activity of Dermaseptin through Its Immobilization on Alginate Nanoparticles-Effects of Menthol and Lactic Acid on Its Potentialization</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId30" w:history="1">
+                <w:t xml:space="preserve">Anti-adhesion and Anti-inflammatory Potential of the Leaderless Class IIb Bacteriocin Enterocin DD14</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Radja Teiar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrián Pérez-Ramos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hassan Zgheib</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Cudennec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yanath Belguesmia</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Rabah Boukherroub</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Antibiotics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/antibiotics11060787⟩</w:t>
+              <w:t xml:space="preserve">Probiotics and Antimicrobial Proteins</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 14 (4), pp.613-619. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s12602-022-09954-0⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03691668v1</w:t>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04328322v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anti-adhesion and Anti-inflammatory Potential of the Leaderless Class IIb Bacteriocin Enterocin DD14</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId30" w:history="1">
+                <w:t xml:space="preserve">Enhanced Antibacterial Activity of Dermaseptin through Its Immobilization on Alginate Nanoparticles-Effects of Menthol and Lactic Acid on Its Potentialization</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Noura Hazime</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yanath Belguesmia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandr Barras</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Amiche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rabah Boukherroub</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Probiotics and Antimicrobial Proteins</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s12602-022-09954-0⟩</w:t>
+              <w:t xml:space="preserve">Antibiotics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 11 (6), pp.787. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/antibiotics11060787⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId91" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04328322v1</w:t>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03691668v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Enhancing Colistin Activity against Colistin-Resistant Escherichia coli through Combination with Alginate Nanoparticles and Small Molecules</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Noura Hazime</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yanath Belguesmia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Kempf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Barras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Djamel Drider</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Pharmaceuticals</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 15 (6), pp.682. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3390/ph15060682⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03689287v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impact of colistin and colistin-loaded on alginate nanoparticles on pigs infected with a colistin-resistant enterotoxigenic Escherichia coli strain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Djamel Drider</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rabah Boukherroub</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laetitia Le Devendec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yanath Belguesmia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Noura Hazime</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Veterinary Microbiology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 266, pp.109359. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.vetmic.2022.109359⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03561670v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Protective Effects of Novel Lactobacillaceae Strains Isolated from Chicken Caeca against Necrotic Enteritis Infection: In Vitro and In Vivo Evidences</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nuria Vieco-Saiz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yanath Belguesmia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ruth Raspoet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Auclair</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Connor Padgett</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Microorganisms</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 10 (1), pp.152. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3390/microorganisms10010152⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04548622v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Current Knowledge of the Mode of Action and Immunity Mechanisms of LAB-Bacteriocins</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">High association of COVID-19 severity with poor gut health score in Lebanese patients</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Imad Al Kassaa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarah El Omari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nada Abbas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Papon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Djamel Drider</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Microorganisms</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/microorganisms9102107⟩</w:t>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 16 (10), pp.e0258913. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0258913⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId108" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04549722v1</w:t>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04548706v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Expression of five class II bacteriocins with activity against Escherichia coli in Lacticaseibacillus paracasei CNCM I-5369, and in a heterologous host</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId78" w:history="1">
+                <w:t xml:space="preserve">Current Knowledge of the Mode of Action and Immunity Mechanisms of LAB-Bacteriocins</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrián Pérez-Ramos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Désiré Madi-Moussa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Françoise Coucheney</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Djamel Drider</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biotechnology Reports</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.btre.2021.e00632⟩</w:t>
+              <w:t xml:space="preserve">Microorganisms</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 9 (10), pp.2107. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/microorganisms9102107⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId110" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04548681v1</w:t>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04549722v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">High association of COVID-19 severity with poor gut health score in Lebanese patients</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">Weissella: An Emerging Bacterium with Promising Health Benefits</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camila Gonçalves Teixeira</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andressa Fusieger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gustavo Leite Milião</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Evandro Martins</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Djamel Drider</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0258913⟩</w:t>
+              <w:t xml:space="preserve">Probiotics and Antimicrobial Proteins</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 13 (4), pp.915-925. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s12602-021-09751-1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId112" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04548706v1</w:t>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04549714v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Weissella: An Emerging Bacterium with Promising Health Benefits</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">Expression of five class II bacteriocins with activity against Escherichia coli in Lacticaseibacillus paracasei CNCM I-5369, and in a heterologous host</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Désiré Madi-Moussa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Françoise Coucheney</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Djamel Drider</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Probiotics and Antimicrobial Proteins</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s12602-021-09751-1⟩</w:t>
+              <w:t xml:space="preserve">Biotechnology Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 30, pp.e00632. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.btre.2021.e00632⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId118" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04549714v1</w:t>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04548681v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">In silico analyses of the genomes of three new bacteriocin-producing bacteria isolated from animal’s faeces</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mégane Eveno</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yanath Belguesmia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Bazinet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédérique Gancel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ismail Fliss</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Archives of Microbiology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 203 (1), pp.205-217. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/s00203-020-02016-5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03920010v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vaginal Microbiota: Age Dynamic and Ethnic Particularities of Algerian Women</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Liza Ouarabi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Djamel Drider</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Taminiau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Georges Daube</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Farida Bendali</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Microbial ecology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 82 (4), pp.1020-1029. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/s00248-020-01606-6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03921985v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Potentiating effects of leaderless enterocin DD14 in combination with methicillin on clinical methicillin-resistant Staphylococcus aureus S1 strain</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Djamel Drider</w:t>
+                <w:t xml:space="preserve">Alginate Nanoparticles Enhance Anti-Clostridium perfringens Activity of the Leaderless Two-Peptide Enterocin DD14 and Affect Expression of Some Virulence Factors</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Zgheib</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Belguesmia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rabah Boukherroub</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Drider</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Microbiological Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.micres.2021.126864⟩</w:t>
+              <w:t xml:space="preserve">Probiotics and Antimicrobial Proteins</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 13 (4), pp.1213-1227. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s12602-020-09730-y⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId133" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04548716v1</w:t>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03546311v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alginate Nanoparticles Enhance Anti-Clostridium perfringens Activity of the Leaderless Two-Peptide Enterocin DD14 and Affect Expression of Some Virulence Factors</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">D. Drider</w:t>
+                <w:t xml:space="preserve">Potentiating effects of leaderless enterocin DD14 in combination with methicillin on clinical methicillin-resistant Staphylococcus aureus S1 strain</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yanath Belguesmia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giuseppe Spano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Djamel Drider</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Probiotics and Antimicrobial Proteins</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s12602-020-09730-y⟩</w:t>
+              <w:t xml:space="preserve">Microbiological Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 252, pp.126864. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.micres.2021.126864⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId135" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03546311v1</w:t>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04548716v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Screening of Lactic Acid Bacteria for the Bio-Control of Botrytis cinerea and the Potential of Lactiplantibacillus plantarum for Eco-Friendly Preservation of Fresh-Cut Kiwifruit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicola de Simone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vittorio Capozzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maria Lucia Valeria de Chiara</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maria Luisa Amodio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samira Brahimi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Microorganisms</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 9 (4), pp.773. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3390/microorganisms9040773⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04548671v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evidence for the Involvement of Pleckstrin Homology Domain-Containing Proteins in the Transport of Enterocin DD14 (EntDD14); a Leaderless Two-Peptide Bacteriocin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrián Pérez-Ramos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rabia Ladjouzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdellah Benachour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Djamel Drider</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Molecular Sciences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 22 (23), pp.12877. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3390/ijms222312877⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04322060v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gut microbiota, body weight and histopathological examinations in experimental infection by methicillin-resistant Staphylococcus aureus : antibiotic versus bacteriocin</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId30" w:history="1">
+                <w:t xml:space="preserve">Compatibility, Cytotoxicity, and Gastrointestinal Tenacity of Bacteriocin-Producing Bacteria Selected for a Consortium Probiotic Formulation to Be Used in Livestock Feed</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mégane Eveno</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patricia Savard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yanath Belguesmia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId152" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Benoît Cudennec</w:t>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Bazinet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédérique Gancel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Beneficial Microbes</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3920/BM2020.0155⟩</w:t>
+              <w:t xml:space="preserve">Probiotics and Antimicrobial Proteins</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 13 (1), pp.208-217. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s12602-020-09687-y⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId148" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03924264v1</w:t>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03919782v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lacticaseicin 30 and Colistin as a Promising Antibiotic Formulation against Gram-Negative β-Lactamase-Producing Strains and Colistin-Resistant Strains</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId30" w:history="1">
+                <w:t xml:space="preserve">Gut microbiota, body weight and histopathological examinations in experimental infection by methicillin-resistant Staphylococcus aureus : antibiotic versus bacteriocin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K. Bendjeddou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Hamma-Faradji</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Ait Meddour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yanath Belguesmia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId155" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Cudennec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Antibiotics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/antibiotics11010020⟩</w:t>
+              <w:t xml:space="preserve">Beneficial Microbes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 12 (3), pp.295-305. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3920/BM2020.0155⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId154" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04548690v1</w:t>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03924264v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Compatibility, Cytotoxicity, and Gastrointestinal Tenacity of Bacteriocin-Producing Bacteria Selected for a Consortium Probiotic Formulation to Be Used in Livestock Feed</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId124" w:history="1">
+                <w:t xml:space="preserve">Biodiversity and Phylogenetic Relationships of Novel Bacteriocinogenic Strains Isolated from Animal’s Droppings at the Zoological Garden of Lille, France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mégane Eveno</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId158" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amine Salouhi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yanath Belguesmia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Bazinet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédérique Gancel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Probiotics and Antimicrobial Proteins</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2021, 13 (1), pp.208-217. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s12602-020-09687-y⟩</w:t>
+              <w:t xml:space="preserve">, 2021, 13 (1), pp.218-228. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s12602-020-09657-4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId157" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03919782v1</w:t>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03881178v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Biodiversity and Phylogenetic Relationships of Novel Bacteriocinogenic Strains Isolated from Animal’s Droppings at the Zoological Garden of Lille, France</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId30" w:history="1">
+                <w:t xml:space="preserve">Lacticaseicin 30 and Colistin as a Promising Antibiotic Formulation against Gram-Negative β-Lactamase-Producing Strains and Colistin-Resistant Strains</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Désiré Madi-Moussa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yanath Belguesmia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId125" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Charlet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Djamel Drider</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Françoise Coucheney</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Probiotics and Antimicrobial Proteins</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s12602-020-09657-4⟩</w:t>
+              <w:t xml:space="preserve">Antibiotics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 11 (1), pp.20. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/antibiotics11010020⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId160" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03881178v1</w:t>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04548690v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bioprospecting Antimicrobials from Lactiplantibacillus plantarum: Key Factors Underlying Its Probiotic Action</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maria Teresa Rocchetti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pasquale Russo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vittorio Capozzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Djamel Drider</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Giuseppe Spano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Molecular Sciences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 22 (21), pp.12076. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3390/ijms222112076⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04549717v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The antimicrobial peptide oranicin P16 isolated from Trichosporon asahii ICVY021, found in camel milk's, inhibits Kocuria rhizophila</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Soufian Ider</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yanath Belguesmia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Cazals</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rabah Boukherroub</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Françoise Coucheney</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Food Bioscience</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 36, pp.100670. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.fbio.2020.100670⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03090013v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Broadening and enhancing bacteriocins activities by association with bioactive substances</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hassan Zgheib</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Djamel Drider</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yanath Belguesmia</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Environmental Research and Public Health</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 17 (21), pp.7835. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3390/ijerph17217835⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03145557v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Integrated Continuous Bioprocess Development for ACE-Inhibitory Peptide Production by Lactobacillus helveticus Strains in Membrane Bioreactor</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Raveschot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Barbara Deracinois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmeline Bertrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Flahaut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId176" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Frémont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Frontiers in Bioengineering and Biotechnology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 8, pp.585815. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3389/fbioe.2020.585815⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04549641v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Metabolic Shift of an Isogenic Strain of Enterococcus faecalis 14, Deficient in Its Own Bacteriocin Synthesis, as Revealed by a Transcriptomic Analysis</w:t>
-[...39 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Probiotic Lactobacillus strains from Mongolia improve calcium transport and uptake by intestinal cells in vitro</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Raveschot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Coutte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Frémont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Vaeremans</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jamyan Dugersuren</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Molecular Sciences</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/ijms21134653⟩</w:t>
+              <w:t xml:space="preserve">Food Research International</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 133, pp.109201 -. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.foodres.2020.109201⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId178" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04322039v1</w:t>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03490856v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Probiotic Lactobacillus strains from Mongolia improve calcium transport and uptake by intestinal cells in vitro</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Heterologous biosynthesis of five new class II bacteriocins from Lactobacillus paracasei CNCM I-5369 with antagonistic activity against pathogenic Escherichia coli strains</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yanath Belguesmia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kamel Bendjeddou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Kempf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rabah Boukherroub</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Djamel Drider</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Food Research International</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.foodres.2020.109201⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 11, pp.1198. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fmicb.2020.01198⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId180" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03490856v1</w:t>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03090027v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Heterologous biosynthesis of five new class II bacteriocins from Lactobacillus paracasei CNCM I-5369 with antagonistic activity against pathogenic Escherichia coli strains</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">Metabolic Shift of an Isogenic Strain of Enterococcus faecalis 14, Deficient in Its Own Bacteriocin Synthesis, as Revealed by a Transcriptomic Analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rabia Ladjouzi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anca Lucau-Danila</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Djamel Drider</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Microbiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fmicb.2020.01198⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Molecular Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 21 (13), pp.4653. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/ijms21134653⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId185" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03090027v1</w:t>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04322039v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">New Bacteriocins from Lacticaseibacillus paracasei CNCM I-5369 Adsorbed on Alginate Nanoparticles Are Very Active against Escherichia coli</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yanath Belguesmia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Noura Hazime</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Kempf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rabah Boukherroub</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Djamel Drider</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Molecular Sciences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 21 (22), pp.8654. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3390/ijms21228654⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03089821v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clusters of Lactobacillus Strains from Vegetal Origins Are Associated with Beneficial Functions: Experimental Data and Statistical Interpretations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nacim Barache</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yanath Belguesmia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rabia Ladjouzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Farida Bendali</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Djamel Drider</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Foods</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 9 (8), pp.985. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3390/foods9080985⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04322052v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Proteolytic activity of Lactobacillus strains isolated from Mongolian traditional dairy products: A multiparametric analysis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Raveschot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Cudennec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Barbara Deracinois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId176" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Frémont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Vaeremans</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Food Chemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 304, pp.125415. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId192" w:history="1">
+            <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.foodchem.2019.125415⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03488186v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antibiotic resistance, genome analysis and further safe traits of Clostridium perfringens ICVB082; a strain capable of producing an inhibitory compound directed only against a closely related pathogenic strain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nuria Vieco-Saiz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yanath Belguesmia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Vachée</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Le Maréchal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId196" w:history="1">
+            <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Salvat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Anaerobe</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 62, pp.102177. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId197" w:history="1">
+            <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.anaerobe.2020.102177⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04549586v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId198" w:history="1">
+            <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Leaderless Two-Peptide Bacteriocin, Enterocin DD14, Is Involved in Its Own Self-Immunity: Evidence and Insights</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Bacteriocins as a new generation of antimicrobials: toxicity aspects and regulations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samira Soltani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Riadh Hammami</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul D Cotter</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId244" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Rebuffat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laila Ben Said</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Bioengineering and Biotechnology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fbioe.2020.00644⟩</w:t>
+              <w:t xml:space="preserve">FEMS Microbiology Reviews</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 45 (1), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/femsre/fuaa039⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId198" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04322008v1</w:t>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04549712v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bacteriocins as a new generation of antimicrobials: toxicity aspects and regulations</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">A Leaderless Two-Peptide Bacteriocin, Enterocin DD14, Is Involved in Its Own Self-Immunity: Evidence and Insights</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rabia Ladjouzi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anca Lucau-Danila</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdellah Benachour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Djamel Drider</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">FEMS Microbiology Reviews</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/femsre/fuaa039⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Bioengineering and Biotechnology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 8, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fbioe.2020.00644⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId200" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04549712v1</w:t>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04322008v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId207" w:history="1">
+            <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Abundance of Lactobacillus plantarum Strains with Beneficial Attributes in Blackberries (Rubus sp.), Fresh Figs (Ficus carica), and Prickly Pears (Opuntia ficus-indica) Grown and Harvested in Algeria</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Djamel Drider</w:t>
+                <w:t xml:space="preserve">Lactobacillus plantarum S27 from chicken faeces as a potential probiotic to replace antibiotics: in vivo evidence</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId250" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Benbara</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId251" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Lalouche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Drider</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId252" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Bendali</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Probiotics and Antimicrobial Proteins</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s12602-020-09632-z⟩</w:t>
+              <w:t xml:space="preserve">Beneficial Microbes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 11 (2), pp.163-174. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId253" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3920/BM2019.0116⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">hal-02913655v1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04549592v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId209" w:history="1">
+            <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lactobacillus plantarum S27 from chicken faeces as a potential probiotic to replace antibiotics: in vivo evidence</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">F. Bendali</w:t>
+                <w:t xml:space="preserve">Abundance of Lactobacillus plantarum Strains with Beneficial Attributes in Blackberries (Rubus sp.), Fresh Figs (Ficus carica), and Prickly Pears (Opuntia ficus-indica) Grown and Harvested in Algeria</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nacim Barache</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rabia Ladjouzi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yanath Belguesmia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Farida Bendali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Djamel Drider</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Beneficial Microbes</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3920/BM2019.0116⟩</w:t>
+              <w:t xml:space="preserve">Probiotics and Antimicrobial Proteins</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId255" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s12602-020-09632-z⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-          </w:p>
-[...8 lines deleted...]
-                <w:t xml:space="preserve">hal-04549592v1</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId254" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02913655v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId214" w:history="1">
+            <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impact of seasonality and environmental conditions on yeast diversity from camel’s milk collected in Algeria</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Soufian Ider</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yanath Belguesmia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Françoise Coucheney</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mabrouk Kihal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Djamel Drider</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Archives of Microbiology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 201 (3), pp.399-407. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId216" w:history="1">
+            <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/s00203-019-01626-y⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId214" w:history="1">
+            <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04549675v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId217" w:history="1">
+            <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">In vitro probiotic properties of selected lactobacilli and multi-strain consortium on immune function, gut barrier strengthening and gut hormone secretion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yanath Belguesmia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId218" w:history="1">
+            <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jeanne Alard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId219" w:history="1">
+            <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rezak Mendil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId220" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rozenn Ravallec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId221" w:history="1">
+            <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Grangette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Functional Foods</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 57, pp.382-391. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId222" w:history="1">
+            <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.jff.2019.04.028⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId217" w:history="1">
+            <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02617752v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId223" w:history="1">
+            <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Newly isolated lactobacilli strains from algerian human vaginal microbiota: lactobacillus fermentum strains relevant probiotic's candidates</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Liza Ouarabi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId224" w:history="1">
+            <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yasmina Ait Chait</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId225" w:history="1">
+            <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hamza Ait Seddik</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Djamel Drider</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Farida Bendali</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Probiotics and Antimicrobial Proteins</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 11 (1), pp.43-54. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId226" w:history="1">
+            <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/s12602-017-9360-0⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId223" w:history="1">
+            <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02627293v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId227" w:history="1">
+            <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Physiological and molecular insights of bacteriocin production by &amp;lt;em&amp;gt;Enterococcus hirae&amp;lt;/em&amp;gt; ST57ACC from brazilian artisanal cheese</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">Artisanal and industrial Maroilles cheeses: Are they different? Comparison using sensory, physico-chemical and microbiological approaches</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Menouar Nacef</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId269" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maud Lelievre-Desmas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Djamel Drider</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Flahaut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Chollet</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Brazilian Journal of Microbiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s42770-019-00068-4⟩</w:t>
+              <w:t xml:space="preserve">International Dairy Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 89, pp.42-52. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId270" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.idairyj.2018.09.002⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId227" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02618125v1</w:t>
+            <w:hyperlink r:id="rId268" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02617813v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId233" w:history="1">
+            <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Artisanal and industrial Maroilles cheeses: Are they different? Comparison using sensory, physico-chemical and microbiological approaches</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">Physiological and molecular insights of bacteriocin production by &amp;lt;em&amp;gt;Enterococcus hirae&amp;lt;/em&amp;gt; ST57ACC from brazilian artisanal cheese</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId272" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valéria Quintana Cavicchioli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId273" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Svetoslav Dimitrov Todorov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ilia Iliev</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId275" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Iskra Ivanova</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Djamel Drider</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...22 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Dairy Journal</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.idairyj.2018.09.002⟩</w:t>
+              <w:t xml:space="preserve">Brazilian Journal of Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 50 (2), pp.369-377. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId276" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s42770-019-00068-4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId233" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02617813v1</w:t>
+            <w:hyperlink r:id="rId271" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02618125v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId238" w:history="1">
+            <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Degradation of fluorene and phenanthrene in PAHs-contaminated soil using Pseudomonas and Bacillus strains isolated from oil spill sites</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId239" w:history="1">
+            <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Rabodonirina</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId240" w:history="1">
+            <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Rasolomampianina</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId241" w:history="1">
+            <w:hyperlink r:id="rId280" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Krier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Drider</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId242" w:history="1">
+            <w:hyperlink r:id="rId281" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Merhaby</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Environmental Management</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 232, pp.1 - 7. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId243" w:history="1">
+            <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.jenvman.2018.11.005⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId238" w:history="1">
+            <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01929342v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId244" w:history="1">
+            <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lactobacillus fermentum: a bacterial species with potential for food preservation and biomedical applications</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Bruce S. Seal</w:t>
+                <w:t xml:space="preserve">Population response of the estuarine copepod &amp;lt;i&amp;gt;Eurytemora affinis&amp;lt;/i&amp;gt; to its bioaccumulation of trace metals</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mahammed Zidour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId284" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zakia Boubechiche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId285" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yen-Ju Pan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId286" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Capucine Bialais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Cudennec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Critical Reviews in Food Science and Nutrition</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/10408398.2019.1688250⟩</w:t>
+              <w:t xml:space="preserve">Chemosphere</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 220, pp.505-513. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId287" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.chemosphere.2018.12.148⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId244" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02621405v1</w:t>
+            <w:hyperlink r:id="rId288" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId283" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02404118v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId248" w:history="1">
+            <w:hyperlink r:id="rId289" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Benefits and Inputs From Lactic Acid Bacteria and Their Bacteriocins as Alternatives to Antibiotic Growth Promoters During Food-Animal Production</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId30" w:history="1">
+                <w:t xml:space="preserve">Lactobacillus fermentum: a bacterial species with potential for food preservation and biomedical applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId290" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karim Naghmouchi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yanath Belguesmia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId104" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Frédérique Gancel</w:t>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Farida Bendali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giuseppe Spano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId291" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruce S. Seal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Microbiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fmicb.2019.00057⟩</w:t>
+              <w:t xml:space="preserve">Critical Reviews in Food Science and Nutrition</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId292" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/10408398.2019.1688250⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId248" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04549625v1</w:t>
+            <w:hyperlink r:id="rId289" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02621405v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId250" w:history="1">
+            <w:hyperlink r:id="rId293" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Population response of the estuarine copepod &amp;lt;i&amp;gt;Eurytemora affinis&amp;lt;/i&amp;gt; to its bioaccumulation of trace metals</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Benoît Cudennec</w:t>
+                <w:t xml:space="preserve">Benefits and Inputs From Lactic Acid Bacteria and Their Bacteriocins as Alternatives to Antibiotic Growth Promoters During Food-Animal Production</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nuria Vieco-Saiz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yanath Belguesmia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ruth Raspoet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Auclair</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédérique Gancel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemosphere</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.chemosphere.2018.12.148⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 10, pp.57. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId294" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fmicb.2019.00057⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId250" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02404118v1</w:t>
+            <w:hyperlink r:id="rId293" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04549625v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId256" w:history="1">
+            <w:hyperlink r:id="rId295" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Genome sequencing and analysis of &amp;lt;i&amp;gt;Bacillus pumilus&amp;lt;/i&amp;gt; ICVB403 isolated from &amp;lt;i&amp;gt;Acartia tonsa&amp;lt;/i&amp;gt; copepod eggs revealed surfactin and bacteriocin production: insights on anti-&amp;lt;i&amp;gt;staphylococcus&amp;lt;/i&amp;gt; activity</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Christophe Flahaut</w:t>
+                <w:t xml:space="preserve">Impact of growth temperature on the adhesion of colistin-resistant Escherichia coli strains isolated from pigs to food-contact-surfaces</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId296" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marwan Abdallah</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId297" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rabih Mourad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId298" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Oussama Khelissa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId299" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charafeddine Jama</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId300" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Medhat Abozid</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Probiotics and Antimicrobial Proteins</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s12602-018-9461-4⟩</w:t>
+              <w:t xml:space="preserve">Archives of Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 201 (5), pp.679-690. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId301" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00203-019-01632-0⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId256" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02618649v1</w:t>
+            <w:hyperlink r:id="rId295" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02618536v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId260" w:history="1">
+            <w:hyperlink r:id="rId302" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of growth temperature on the adhesion of colistin-resistant Escherichia coli strains isolated from pigs to food-contact-surfaces</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Medhat Abozid</w:t>
+                <w:t xml:space="preserve">Genome sequencing and analysis of &amp;lt;i&amp;gt;Bacillus pumilus&amp;lt;/i&amp;gt; ICVB403 isolated from &amp;lt;i&amp;gt;Acartia tonsa&amp;lt;/i&amp;gt; copepod eggs revealed surfactin and bacteriocin production: insights on anti-&amp;lt;i&amp;gt;staphylococcus&amp;lt;/i&amp;gt; activity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mahammed Zidour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yanath Belguesmia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId303" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoït Cudnennec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId304" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Grard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Flahaut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Archives of Microbiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s00203-019-01632-0⟩</w:t>
+              <w:t xml:space="preserve">Probiotics and Antimicrobial Proteins</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 11 (3), pp.990-998. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId305" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s12602-018-9461-4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId260" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02618536v1</w:t>
+            <w:hyperlink r:id="rId302" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02618649v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId267" w:history="1">
+            <w:hyperlink r:id="rId306" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Production of bioactive peptides by lactobacillus species: from gene to application</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Raveschot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Cudennec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Coutte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Flahaut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId268" w:history="1">
+            <w:hyperlink r:id="rId307" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Fremont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Frontiers in Microbiology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 9, pp.1-14. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId269" w:history="1">
+            <w:hyperlink r:id="rId308" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3389/fmicb.2018.02354⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId267" w:history="1">
+            <w:hyperlink r:id="rId306" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02628702v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId270" w:history="1">
+            <w:hyperlink r:id="rId309" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Reduced Graphene Oxide Embedded Polymeric Nanofiber Mats: An ‘On-Demand’ Photothermally-Triggered Antibiotic Release Platform</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId271" w:history="1">
+            <w:hyperlink r:id="rId310" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ismail Altinbasak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId272" w:history="1">
+            <w:hyperlink r:id="rId311" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roxana Jijie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Barras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId273" w:history="1">
+            <w:hyperlink r:id="rId312" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bianka Golba</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId274" w:history="1">
+            <w:hyperlink r:id="rId313" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rana Sanyal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ACS Applied Materials &amp; Interfaces</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId275" w:history="1">
+            <w:hyperlink r:id="rId314" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1021/acsami.8b14784⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId270" w:history="1">
+            <w:hyperlink r:id="rId309" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01925513v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId276" w:history="1">
+            <w:hyperlink r:id="rId315" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Microbial-derived products as potential new antimicrobials</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">Lactic acid bacteria (LAB) and their bacteriocins as alternative biotechnological tools to control Listeria monocytogenes biofilms in food processing facilities</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId316" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anderson C. Camargo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId317" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Svetoslav D. Todorov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId318" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. E. Chihib</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Djamel Drider</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId277" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId319" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luis A. Nero</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Veterinary Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/s13567-018-0563-5⟩</w:t>
+              <w:t xml:space="preserve">Molecular Biotechnology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 60 (9), pp.712 - 726. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId320" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s12033-018-0108-1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId276" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02973515v1</w:t>
+            <w:hyperlink r:id="rId315" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02628838v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId281" w:history="1">
+            <w:hyperlink r:id="rId321" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Immunobiosis and probiosis: antimicrobial activity of lactic acid bacteria with a focus on their antiviral and antifungal properties</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">Microbial-derived products as potential new antimicrobials</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId291" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruce S. Seal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Djamel Drider</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Giuseppe Spano</w:t>
+            <w:hyperlink r:id="rId322" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brian B. Oakley</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId323" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Harald Brüssow</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId324" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Bikard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Microbiology and Biotechnology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s00253-018-9403-9⟩</w:t>
+              <w:t xml:space="preserve">Veterinary Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 49 (1), pp.66. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId325" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s13567-018-0563-5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId281" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04549726v1</w:t>
+            <w:hyperlink r:id="rId321" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02973515v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId284" w:history="1">
+            <w:hyperlink r:id="rId326" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lactic acid bacteria (LAB) and their bacteriocins as alternative biotechnological tools to control Listeria monocytogenes biofilms in food processing facilities</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">Immunobiosis and probiosis: antimicrobial activity of lactic acid bacteria with a focus on their antiviral and antifungal properties</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId327" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mattia Pia Arena</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vittorio Capozzi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pasquale Russo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Djamel Drider</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId288" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giuseppe Spano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecular Biotechnology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s12033-018-0108-1⟩</w:t>
+              <w:t xml:space="preserve">Applied Microbiology and Biotechnology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 102 (23), pp.9949-9958. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId328" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00253-018-9403-9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId284" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02628838v1</w:t>
+            <w:hyperlink r:id="rId326" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04549726v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId290" w:history="1">
+            <w:hyperlink r:id="rId329" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">In silico and experimental data claiming safety aspects and beneficial attributes of the bacteriocinogenic strain enterococcus faecalis B3A-B3B</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId291" w:history="1">
+            <w:hyperlink r:id="rId330" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alaa Al Seraih</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yanath Belguesmia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Cudennec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId292" w:history="1">
+            <w:hyperlink r:id="rId331" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">John Baah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Djamel Drider</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Probiotics and Antimicrobial Proteins</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 10 (3), pp.456-465. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId293" w:history="1">
+            <w:hyperlink r:id="rId332" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/s12602-017-9357-8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId290" w:history="1">
+            <w:hyperlink r:id="rId329" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02627071v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId294" w:history="1">
+            <w:hyperlink r:id="rId333" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Polynucleotide phosphorylase is involved in the control of lipopeptide fengycin production in &amp;lt;em&amp;gt;Bacillus subtilis&amp;lt;/em&amp;gt;</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId295" w:history="1">
+            <w:hyperlink r:id="rId334" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yazen Yaseen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId296" w:history="1">
+            <w:hyperlink r:id="rId335" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Awa Diop</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédérique Gancel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId297" w:history="1">
+            <w:hyperlink r:id="rId336" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Max Béchet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId298" w:history="1">
+            <w:hyperlink r:id="rId337" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Jacques</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Archives of Microbiology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 200 (5), pp.783-791. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId299" w:history="1">
+            <w:hyperlink r:id="rId338" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/s00203-018-1483-5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId294" w:history="1">
+            <w:hyperlink r:id="rId333" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02629100v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId300" w:history="1">
+            <w:hyperlink r:id="rId339" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Draft Genome Sequence of Enterococcus faecalis DD14, a Bacteriocinogenic Lactic Acid Bacterium with Anti- Clostridium Activity</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yanath Belguesmia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId301" w:history="1">
+            <w:hyperlink r:id="rId340" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Leclère</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Duban</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Auclair</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Djamel Drider</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Genome Announcements</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 5 (30), </w:t>
             </w:r>
-            <w:hyperlink r:id="rId302" w:history="1">
+            <w:hyperlink r:id="rId341" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1128/genomeA.00695-17⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (article de synthèse)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId300" w:history="1">
+            <w:hyperlink r:id="rId339" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04549731v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId303" w:history="1">
+            <w:hyperlink r:id="rId342" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Flexible Nanoholey Patches for Antibiotic-Free Treatments of Skin Infections</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId304" w:history="1">
+            <w:hyperlink r:id="rId343" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chengnan Li</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId305" w:history="1">
+            <w:hyperlink r:id="rId344" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ran Ye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId306" w:history="1">
+            <w:hyperlink r:id="rId345" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Bouckaert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId307" w:history="1">
+            <w:hyperlink r:id="rId346" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amaia Zurutuza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Djamel Drider</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ACS Applied Materials &amp; Interfaces</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 9 (42), pp.36665-36674. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId308" w:history="1">
+            <w:hyperlink r:id="rId347" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1021/acsami.7b12949⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId303" w:history="1">
+            <w:hyperlink r:id="rId342" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01716582v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId309" w:history="1">
+            <w:hyperlink r:id="rId348" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lactobacillus plantarum and Its probiotic and food potentialities</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">MALDI-TOF mass spectrometry for the identification of lactic acid bacteria isolated from a French cheese: The Maroilles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Menouar Nacef</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mickaël Chevalier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Chollet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Djamel Drider</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Flahaut</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Probiotics and Antimicrobial Proteins</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">International Journal of Food Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 247, pp.2-8. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId349" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ijfoodmicro.2016.07.005⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId309" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02627061v1</w:t>
+            <w:hyperlink r:id="rId348" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04538577v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId310" w:history="1">
+            <w:hyperlink r:id="rId350" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Interactions between Kluyveromyces marxianus from cheese origin and the intestinal symbiont Bacteroides thetaiotaomicron: Impressive antioxidative effects</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Anti-pathogenic and probiotic attributes of &amp;lt;em&amp;gt;Lactobacillus salivarius&amp;lt;/em&amp;gt; and &amp;lt;em&amp;gt;Lactobacillus plantarum&amp;lt;/em&amp;gt; strains isolated from feces of Algerian infants and adults</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId351" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">- Hamza Ait Seddik</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Farida Bendali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Cudennec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Djamel Drider</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">LWT - Food Science and Technology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.lwt.2017.03.056⟩</w:t>
+              <w:t xml:space="preserve">Research in Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 168 (3), pp.244-254. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId352" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.resmic.2016.12.003⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId310" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01601157v1</w:t>
+            <w:hyperlink r:id="rId350" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02626840v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId315" w:history="1">
+            <w:hyperlink r:id="rId353" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anti-pathogenic and probiotic attributes of &amp;lt;em&amp;gt;Lactobacillus salivarius&amp;lt;/em&amp;gt; and &amp;lt;em&amp;gt;Lactobacillus plantarum&amp;lt;/em&amp;gt; strains isolated from feces of Algerian infants and adults</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId131" w:history="1">
+                <w:t xml:space="preserve">Lactobacillus plantarum and Its probiotic and food potentialities</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId266" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hamza Ait Seddik</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Farida Bendali</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédérique Gancel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ismail Fliss</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giuseppe Spano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Research in Microbiology</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Probiotics and Antimicrobial Proteins</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 9 (2), pp.111-122</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId315" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02626840v1</w:t>
+            <w:hyperlink r:id="rId353" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02627061v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId318" w:history="1">
+            <w:hyperlink r:id="rId354" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">MALDI-TOF mass spectrometry for the identification of lactic acid bacteria isolated from a French cheese: The Maroilles</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Interactions between Kluyveromyces marxianus from cheese origin and the intestinal symbiont Bacteroides thetaiotaomicron: Impressive antioxidative effects</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId355" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Ceugniez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId356" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Melissa Tourret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elodie Dussert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francoise Coucheney</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Barbara Deracinois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Food Microbiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ijfoodmicro.2016.07.005⟩</w:t>
+              <w:t xml:space="preserve">LWT - Food Science and Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 81, pp.281-290. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId357" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.lwt.2017.03.056⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId318" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04538577v1</w:t>
+            <w:hyperlink r:id="rId354" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01601157v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId321" w:history="1">
+            <w:hyperlink r:id="rId358" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fungal diversity of &amp;quot;Tomme d'Orchies&amp;quot; cheese during the ripening process as revealed by a metagenomic study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId311" w:history="1">
+            <w:hyperlink r:id="rId355" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Ceugniez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Taminiau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Françoise Coucheney</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId298" w:history="1">
+            <w:hyperlink r:id="rId337" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Jacques</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId322" w:history="1">
+            <w:hyperlink r:id="rId359" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Veronique Delcenserie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Food Microbiology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 258, pp.89-93. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId323" w:history="1">
+            <w:hyperlink r:id="rId360" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.ijfoodmicro.2017.07.015⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId321" w:history="1">
+            <w:hyperlink r:id="rId358" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02622190v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId324" w:history="1">
+            <w:hyperlink r:id="rId361" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The safe enterocin DD14 is a leaderless two-peptide bacteriocin with anti-Clostridium perfringens activity</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId325" w:history="1">
+            <w:hyperlink r:id="rId362" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine L. Caly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId326" w:history="1">
+            <w:hyperlink r:id="rId363" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickael Chevalier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Flahaut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Cudennec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId327" w:history="1">
+            <w:hyperlink r:id="rId364" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ahmed Khassaf Al Atya</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Antimicrobial Agents</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 49 (3), pp.282-289. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId328" w:history="1">
+            <w:hyperlink r:id="rId365" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.ijantimicag.2016.11.016⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId324" w:history="1">
+            <w:hyperlink r:id="rId361" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01607824v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId329" w:history="1">
+            <w:hyperlink r:id="rId366" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anti-Salmonella activity and probiotic trends of Kluyveromyces marxianus S-2-05 and Kluyveromyces lactis S-3-05 isolated from a French cheese, Tomme d'Orchies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId311" w:history="1">
+            <w:hyperlink r:id="rId355" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Ceugniez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Françoise Coucheney</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId298" w:history="1">
+            <w:hyperlink r:id="rId337" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Jacques</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Georges Daube</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId322" w:history="1">
+            <w:hyperlink r:id="rId359" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Veronique Delcenserie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Research in Microbiology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 168 (6), pp.575-582. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId330" w:history="1">
+            <w:hyperlink r:id="rId367" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.resmic.2017.03.004⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId329" w:history="1">
+            <w:hyperlink r:id="rId366" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02622547v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId331" w:history="1">
+            <w:hyperlink r:id="rId368" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Use of a metagenetic approach to monitor the bacterial microbiota of &amp;quot;Tomme d'Orchies&amp;quot; cheese during the ripening process</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Veronique Delcenserie</w:t>
+                <w:t xml:space="preserve">Isolation and characterization of bacteria colonizing &amp;lt;i&amp;gt;Acartia tonsa&amp;lt;/i&amp;gt; copepod eggs and displaying antagonist effects against &amp;lt;i&amp;gt;Vibrio anguillarum&amp;lt;/i&amp;gt;, &amp;lt;i&amp;gt;Vibrio alginolyticus&amp;lt;/i&amp;gt; and other pathogenic strains</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mahammed Zidour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId363" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mickael Chevalier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yanath Belguesmia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Cudennec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId304" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Grard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Food Microbiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ijfoodmicro.2016.10.034⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 8, pp.1919. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId369" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fmicb.2017.01919⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId331" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01600950v1</w:t>
+            <w:hyperlink r:id="rId368" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02621871v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId333" w:history="1">
+            <w:hyperlink r:id="rId370" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Enterocin B3A-B3B produced by LAB collected from infant faeces: potential utilization in the food industry for Listeria monocytogenes biofilm management</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Rabah Boukherroub</w:t>
+                <w:t xml:space="preserve">Use of a metagenetic approach to monitor the bacterial microbiota of &amp;quot;Tomme d'Orchies&amp;quot; cheese during the ripening process</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId355" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Ceugniez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Taminiau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francoise Coucheney</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId337" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Jacques</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId359" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Veronique Delcenserie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Antonie van Leeuwenhoek</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s10482-016-0791-5⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Food Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 247, pp.65-69. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId371" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ijfoodmicro.2016.10.034⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId333" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01606060v1</w:t>
+            <w:hyperlink r:id="rId370" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01600950v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId337" w:history="1">
+            <w:hyperlink r:id="rId372" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Isolation and characterization of bacteria colonizing &amp;lt;i&amp;gt;Acartia tonsa&amp;lt;/i&amp;gt; copepod eggs and displaying antagonist effects against &amp;lt;i&amp;gt;Vibrio anguillarum&amp;lt;/i&amp;gt;, &amp;lt;i&amp;gt;Vibrio alginolyticus&amp;lt;/i&amp;gt; and other pathogenic strains</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Thierry Grard</w:t>
+                <w:t xml:space="preserve">Substance P enhances lactic acid and tyramine production in Enterococcus faecalis V583 and promotes its cytotoxic effect on intestinal Caco-2/TC7 cells</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId373" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kelly Biaggini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId374" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Borrel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId375" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sabine Szunerits</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rabah Boukherroub</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId376" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Awa N’diaye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Microbiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fmicb.2017.01919⟩</w:t>
+              <w:t xml:space="preserve">Gut Pathogens</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 9 (1), 8p. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId377" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s13099-017-0171-3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId337" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02621871v1</w:t>
+            <w:hyperlink r:id="rId372" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01938107v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId339" w:history="1">
+            <w:hyperlink r:id="rId378" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Substance P enhances lactic acid and tyramine production in Enterococcus faecalis V583 and promotes its cytotoxic effect on intestinal Caco-2/TC7 cells</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId335" w:history="1">
+                <w:t xml:space="preserve">Enterocin B3A-B3B produced by LAB collected from infant faeces: potential utilization in the food industry for Listeria monocytogenes biofilm management</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId379" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alaa Al-Seraih</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yanath Belguesmia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId331" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">John Baah</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId375" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabine Szunerits</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rabah Boukherroub</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Awa N’diaye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Gut Pathogens</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/s13099-017-0171-3⟩</w:t>
+              <w:t xml:space="preserve">Antonie van Leeuwenhoek</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 110 (2), pp.205-219. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId380" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10482-016-0791-5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId339" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01938107v1</w:t>
+            <w:hyperlink r:id="rId378" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01606060v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId344" w:history="1">
+            <w:hyperlink r:id="rId381" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Melanosis in &amp;lt;em&amp;gt;Penaeus monodon&amp;lt;/em&amp;gt;: involvement of the laccase-like activity of hemocyanin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId345" w:history="1">
+            <w:hyperlink r:id="rId382" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Le Bris</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Cudennec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Dhulster</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Djamel Drider</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId346" w:history="1">
+            <w:hyperlink r:id="rId383" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Duflos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Agricultural and Food Chemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, ACS Publications- Most Trusted, Most Cited, Most Read, 64 (3), pp.663-670. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId347" w:history="1">
+            <w:hyperlink r:id="rId384" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1021/acs.jafc.5b04997⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId344" w:history="1">
+            <w:hyperlink r:id="rId381" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02633113v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId348" w:history="1">
+            <w:hyperlink r:id="rId385" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A 980nm driven photothermal ablation of virulent and antibiotic resistant Gram-positive and Gram-negative bacteria strains using Prussian blue nanoparticles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId349" w:history="1">
+            <w:hyperlink r:id="rId386" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Houcem Maaoui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId272" w:history="1">
+            <w:hyperlink r:id="rId311" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roxana Jijie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId350" w:history="1">
+            <w:hyperlink r:id="rId387" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guo-Hui Pan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Djamel Drider</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId351" w:history="1">
+            <w:hyperlink r:id="rId388" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Caly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Colloid and Interface Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, Journal of Colloid and Interface Science, 480, pp.63-68. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId352" w:history="1">
+            <w:hyperlink r:id="rId389" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.jcis.2016.07.002⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId353" w:history="1">
+            <w:hyperlink r:id="rId390" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId348" w:history="1">
+            <w:hyperlink r:id="rId385" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03153645v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId354" w:history="1">
+            <w:hyperlink r:id="rId391" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effects of colistin and bacteriocins combinations on the in vitro growth of escherichia coli strains from swine origin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId355" w:history="1">
+            <w:hyperlink r:id="rId392" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ahmed K. Al Atya</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId356" w:history="1">
+            <w:hyperlink r:id="rId393" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hikmate Abriouel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Kempf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId357" w:history="1">
+            <w:hyperlink r:id="rId394" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Jouy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Auclair</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Probiotics and Antimicrobial Proteins</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 8 (4), pp.183-190. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId358" w:history="1">
+            <w:hyperlink r:id="rId395" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/s12602-016-9227-9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId354" w:history="1">
+            <w:hyperlink r:id="rId391" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01601642v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId359" w:history="1">
+            <w:hyperlink r:id="rId396" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Potentialization of beta-lactams with colistin: in case of extended spectrum beta-lactamase producing &amp;lt;em&amp;gt;Escherichia coli&amp;lt;/em&amp;gt; strains isolated from children with urinary infections</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId355" w:history="1">
+            <w:hyperlink r:id="rId392" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ahmed K. Al Atya</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId360" w:history="1">
+            <w:hyperlink r:id="rId397" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karima Drider-Hadiouche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId361" w:history="1">
+            <w:hyperlink r:id="rId398" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Vachee</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Djamel Drider</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Research in Microbiology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 167 (3), pp.215-221. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId362" w:history="1">
+            <w:hyperlink r:id="rId399" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.resmic.2015.12.002⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId359" w:history="1">
+            <w:hyperlink r:id="rId396" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02635447v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId363" w:history="1">
+            <w:hyperlink r:id="rId400" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bacteriocins: not only antibacterial agents</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Djamel Drider</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Farida Bendali</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId245" w:history="1">
+            <w:hyperlink r:id="rId290" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karim Naghmouchi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId364" w:history="1">
+            <w:hyperlink r:id="rId401" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael L. Chikindas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Probiotics and Antimicrobial Proteins</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 8 (4), pp.177-182. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId365" w:history="1">
+            <w:hyperlink r:id="rId402" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/s12602-016-9223-0⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId363" w:history="1">
+            <w:hyperlink r:id="rId400" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01607633v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId366" w:history="1">
+            <w:hyperlink r:id="rId403" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vaginal Lactobacillus gasseri CMUL57 can inhibit herpes simplex type 2 but not Coxsackievirus B4E2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Imad Al Kassaa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId367" w:history="1">
+            <w:hyperlink r:id="rId404" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Hober</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId368" w:history="1">
+            <w:hyperlink r:id="rId405" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Monzer Hamze</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId369" w:history="1">
+            <w:hyperlink r:id="rId406" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Caloone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId370" w:history="1">
+            <w:hyperlink r:id="rId407" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anny Dewilde</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Archives of Microbiology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 197 (5), </w:t>
             </w:r>
-            <w:hyperlink r:id="rId371" w:history="1">
+            <w:hyperlink r:id="rId408" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/s00203-015-1101-8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId366" w:history="1">
+            <w:hyperlink r:id="rId403" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05233398v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId372" w:history="1">
+            <w:hyperlink r:id="rId409" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alternatives to antibiotics to prevent necrotic enteritis in broiler chickens: a microbiologist's perspective</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId325" w:history="1">
+            <w:hyperlink r:id="rId362" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine L. Caly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId373" w:history="1">
+            <w:hyperlink r:id="rId410" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Remain d'Inca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Auclair</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Djamel Drider</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Frontiers in Microbiology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 6, pp.1-12. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId374" w:history="1">
+            <w:hyperlink r:id="rId411" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3389/fmicb.2015.01336⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (article de synthèse)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId372" w:history="1">
+            <w:hyperlink r:id="rId409" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02634502v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId375" w:history="1">
+            <w:hyperlink r:id="rId412" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">What do we know about resistance to colistin in Enterobacteriaceae in avian and pig production in Europe?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Kempf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId376" w:history="1">
+            <w:hyperlink r:id="rId413" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickaël Alain Fleury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Djamel Drider</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId377" w:history="1">
+            <w:hyperlink r:id="rId414" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mireille Bruneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId378" w:history="1">
+            <w:hyperlink r:id="rId415" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Sanders</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Antimicrobial Agents</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, epub ahead of print. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId379" w:history="1">
+            <w:hyperlink r:id="rId416" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.ijantimicag.2013.06.012⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId380" w:history="1">
+            <w:hyperlink r:id="rId417" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId375" w:history="1">
+            <w:hyperlink r:id="rId412" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00871707v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId381" w:history="1">
+            <w:hyperlink r:id="rId418" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isolation, Identification and antimicrobial activity of pseudomonads isolated from the rhiszosphere of popatoes growing in Algeria</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId382" w:history="1">
+            <w:hyperlink r:id="rId419" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samia Mezaache-Aichour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId383" w:history="1">
+            <w:hyperlink r:id="rId420" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abla Guechi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId384" w:history="1">
+            <w:hyperlink r:id="rId421" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jane Nicklin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Djamel Drider</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId385" w:history="1">
+            <w:hyperlink r:id="rId422" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Herve H. Prévost</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Plant Pathology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 94 (1), pp.89-98</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId381" w:history="1">
+            <w:hyperlink r:id="rId418" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02645667v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId386" w:history="1">
+            <w:hyperlink r:id="rId423" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Identification of lactobacilli residing in chicken ceca with antagonism against Campylobacter</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId387" w:history="1">
+            <w:hyperlink r:id="rId424" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Soumaya Messaoudi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId388" w:history="1">
+            <w:hyperlink r:id="rId425" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Kergourlay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId389" w:history="1">
+            <w:hyperlink r:id="rId426" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Albert Rossero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId390" w:history="1">
+            <w:hyperlink r:id="rId427" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mounir Ferchichi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId385" w:history="1">
+            <w:hyperlink r:id="rId422" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Herve H. Prévost</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Microbiology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 14 (2), pp.103 - 110. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId391" w:history="1">
+            <w:hyperlink r:id="rId428" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.2436/20.1501.01.140⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId386" w:history="1">
+            <w:hyperlink r:id="rId423" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02647244v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId392" w:history="1">
+            <w:hyperlink r:id="rId429" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effect of recombinant divercin RV41, structural variants and the activators of potassium channels on Listeria monocytogenes EGDe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId393" w:history="1">
+            <w:hyperlink r:id="rId430" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jitka Rihakova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId385" w:history="1">
+            <w:hyperlink r:id="rId422" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Herve H. Prévost</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId394" w:history="1">
+            <w:hyperlink r:id="rId431" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Katerina Demnerova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Djamel Drider</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Folia Microbiologica</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 56 (2), pp.110-115. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId395" w:history="1">
+            <w:hyperlink r:id="rId432" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/s12223-011-0024-2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId396" w:history="1">
+            <w:hyperlink r:id="rId433" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId392" w:history="1">
+            <w:hyperlink r:id="rId429" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02643566v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId397" w:history="1">
+            <w:hyperlink r:id="rId434" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Growing insights into the safety of bacteriocins: the case of enterocin S37</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yanath Belguesmia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId398" w:history="1">
+            <w:hyperlink r:id="rId435" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amar Madi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId399" w:history="1">
+            <w:hyperlink r:id="rId436" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Sperandio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId400" w:history="1">
+            <w:hyperlink r:id="rId437" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annabelle Mérieau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId401" w:history="1">
+            <w:hyperlink r:id="rId438" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Feuilloley</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Research in Microbiology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 162 (2), pp.159 - 163. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId402" w:history="1">
+            <w:hyperlink r:id="rId439" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.resmic.2010.09.019⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId403" w:history="1">
+            <w:hyperlink r:id="rId440" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId397" w:history="1">
+            <w:hyperlink r:id="rId434" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01938264v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId404" w:history="1">
+            <w:hyperlink r:id="rId441" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Characterisation of an antiviral pediocin-like bacteriocin produced by &amp;lt;em&amp;gt;Enterococcus faecium&amp;lt;/em&amp;gt;</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId229" w:history="1">
+            <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Svetoslav Dimitrov Todorov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId405" w:history="1">
+            <w:hyperlink r:id="rId442" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Monica Wachsman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId406" w:history="1">
+            <w:hyperlink r:id="rId443" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elisabetta Tomé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId407" w:history="1">
+            <w:hyperlink r:id="rId444" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier X. Dousset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId408" w:history="1">
+            <w:hyperlink r:id="rId445" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maria Teresa Destro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Food Microbiology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 27 (7), pp.869-879. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId409" w:history="1">
+            <w:hyperlink r:id="rId446" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.fm.2010.05.001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId404" w:history="1">
+            <w:hyperlink r:id="rId441" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02661846v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId410" w:history="1">
+            <w:hyperlink r:id="rId447" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Partial purification and characterization of the mode of action of enterocin S37: a bacteriocin produced by Enterococcus faecalis S37 isolated from poultry feces.</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Jean-Marc Chobert</w:t>
+                <w:t xml:space="preserve">Characterization of bacteriocins produced by two strains of Lactobacillus plantarum isolated from Beloura and Chouriço, traditional pork products from Portugal.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId448" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S D Todorov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId442" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Monica Wachsman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId443" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elisabetta Tomé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId444" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier X. Dousset</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId445" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria Teresa Destro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Environmental and Public Health</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1155/2010/986460⟩</w:t>
+              <w:t xml:space="preserve">Meat Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 84 (3), pp.334-343. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId449" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.meatsci.2009.08.053⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId410" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02657755v1</w:t>
+            <w:hyperlink r:id="rId450" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId447" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02660377v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId417" w:history="1">
+            <w:hyperlink r:id="rId451" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characterization of bacteriocins produced by two strains of Lactobacillus plantarum isolated from Beloura and Chouriço, traditional pork products from Portugal.</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Maria Teresa Destro</w:t>
+                <w:t xml:space="preserve">Partial purification and characterization of the mode of action of enterocin S37: a bacteriocin produced by Enterococcus faecalis S37 isolated from poultry feces.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId452" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y Belguesmia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId453" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yvan Choiset</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId454" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H Prevost</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId455" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michèle M. Dalgalarrondo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId456" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marc Chobert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Meat Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.meatsci.2009.08.053⟩</w:t>
+              <w:t xml:space="preserve">Journal of Environmental and Public Health</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 2010, pp.1-8. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId457" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1155/2010/986460⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId420" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-02660377v1</w:t>
+            <w:hyperlink r:id="rId451" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02657755v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId421" w:history="1">
+            <w:hyperlink r:id="rId458" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Physiological and Structural Differences Between Enterococcus faecalis JH2-2 and Mutant Strains Resistant to (P)-Divercin RV41</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId459" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ségolène Calvez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId460" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Achim Kohler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId422" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ségolène Calvez</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Herve H. Prévost</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId424" w:history="1">
+            <w:hyperlink r:id="rId461" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Trond Moretro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Djamel Drider</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Probiotics and Antimicrobial Proteins</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 2 (4), pp.226-232. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId425" w:history="1">
+            <w:hyperlink r:id="rId462" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/s12602-010-9048-1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId421" w:history="1">
+            <w:hyperlink r:id="rId458" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02660361v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId426" w:history="1">
+            <w:hyperlink r:id="rId463" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">In vivo activities of recombinant divercin V41 and its structural variants against &amp;lt;em&amp;gt;Listeria monocytogenes&amp;lt;/em&amp;gt;</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId393" w:history="1">
+            <w:hyperlink r:id="rId430" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jitka Rihakova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId427" w:history="1">
+            <w:hyperlink r:id="rId464" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Michel Cappelier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId428" w:history="1">
+            <w:hyperlink r:id="rId465" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Hue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId394" w:history="1">
+            <w:hyperlink r:id="rId431" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Katerina Demnerova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId429" w:history="1">
+            <w:hyperlink r:id="rId466" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel M. Federighi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Antimicrobial Agents and Chemotherapy</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 54 (1), pp.563-564. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId430" w:history="1">
+            <w:hyperlink r:id="rId467" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1128/AAC.00765-09⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId426" w:history="1">
+            <w:hyperlink r:id="rId463" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02662367v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId431" w:history="1">
+            <w:hyperlink r:id="rId468" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Divercin V41 from gene characterization to food applications: 1998-2008, a decade of solved and unsolved questions.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId432" w:history="1">
+            <w:hyperlink r:id="rId469" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Rihakova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y. Belguesmia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId433" w:history="1">
+            <w:hyperlink r:id="rId470" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. W. Petit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId434" w:history="1">
+            <w:hyperlink r:id="rId471" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. F. Pilet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId435" w:history="1">
+            <w:hyperlink r:id="rId472" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. Prévost</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Letters in Applied Microbiology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, 48 (1), pp.1-7. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId436" w:history="1">
+            <w:hyperlink r:id="rId473" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1111/j.1472-765X.2008.02490.x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId431" w:history="1">
+            <w:hyperlink r:id="rId468" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00393674v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId437" w:history="1">
+            <w:hyperlink r:id="rId474" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Insights into structure-activity relationships in the C-terminal region of divercin V41, a class IIa bacteriocin with high-level antilisterial activity.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId393" w:history="1">
+            <w:hyperlink r:id="rId430" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jitka Rihakova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId438" w:history="1">
+            <w:hyperlink r:id="rId475" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanessa W Petit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId394" w:history="1">
+            <w:hyperlink r:id="rId431" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Katerina Demnerova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId439" w:history="1">
+            <w:hyperlink r:id="rId476" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Prévost</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId204" w:history="1">
+            <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Rebuffat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Applied and Environmental Microbiology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, 75 (7), pp.1811-9. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId440" w:history="1">
+            <w:hyperlink r:id="rId477" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1128/AEM.02266-08⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId437" w:history="1">
+            <w:hyperlink r:id="rId474" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00393630v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId441" w:history="1">
+            <w:hyperlink r:id="rId478" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Identification of a new molecular target of class IIa bacteriocins in Listeria monocytogenes EGDe</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId422" w:history="1">
+                <w:t xml:space="preserve">Relative expression of genes involved in the resistance/sensitivity of Enterococcus faecalis JH2-2 to recombinant divercin RV41</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId459" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ségolène Calvez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId385" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId479" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Prevost</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Djamel Drider</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Folia Microbiologica</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Biotechnology Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 30 (10), pp.1795-1800</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId443" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-02663389v1</w:t>
+            <w:hyperlink r:id="rId478" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02653871v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId444" w:history="1">
+            <w:hyperlink r:id="rId480" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Relative expression of genes involved in the resistance/sensitivity of Enterococcus faecalis JH2-2 to recombinant divercin RV41</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Identification of a new molecular target of class IIa bacteriocins in Listeria monocytogenes EGDe</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId459" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ségolène Calvez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId422" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ségolène Calvez</w:t>
-[...19 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">Herve H. Prévost</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Djamel Drider</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biotechnology Letters</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Folia Microbiologica</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 53 (5), pp.417-422. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId481" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s12223-008-0063-5⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId444" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02653871v1</w:t>
+            <w:hyperlink r:id="rId482" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId480" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02663389v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId446" w:history="1">
+            <w:hyperlink r:id="rId483" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Identification of new genes associated with intermediate resistance of Enterococcus faecalis to divercin V41, a pediocin-like bacteriocin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId459" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ségolène Calvez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId484" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Rincé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId485" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yannick Auffray</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId422" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ségolène Calvez</w:t>
-[...37 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Herve H. Prévost</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Djamel Drider</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Microbiology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, 153 (Pt 5), pp.1609-1618. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId449" w:history="1">
+            <w:hyperlink r:id="rId486" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1099/mic.0.2006/004812-0⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId446" w:history="1">
+            <w:hyperlink r:id="rId483" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02661749v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId450" w:history="1">
+            <w:hyperlink r:id="rId487" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The continuing story of class IIa bacteriocins</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Evidence on correlation between number of disulfide bridge and toxicity of clas IIa bacteriocins</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId488" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christelle Richard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId489" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raquel Canon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId290" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karim Naghmouchi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId490" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique D. Bertrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId479" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Prevost</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Microbiology and Molecular Biology Reviews</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1128/MMBR.00016-05⟩</w:t>
+              <w:t xml:space="preserve">Food Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 23 (2), pp.175-183. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId491" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.fm.2005.02.001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId450" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02668335v1</w:t>
+            <w:hyperlink r:id="rId492" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId487" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02656795v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId455" w:history="1">
+            <w:hyperlink r:id="rId493" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evidence on correlation between number of disulfide bridge and toxicity of clas IIa bacteriocins</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">The continuing story of class IIa bacteriocins</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Djamel Drider</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId494" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gunnar Fimland</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId495" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Héchard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId496" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lynn Mcmullen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId422" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Herve H. Prévost</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Food Microbiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.fm.2005.02.001⟩</w:t>
+              <w:t xml:space="preserve">Microbiology and Molecular Biology Reviews</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 70 (2), pp.564-582. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId497" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1128/MMBR.00016-05⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId460" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-02656795v1</w:t>
+            <w:hyperlink r:id="rId493" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02668335v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId461" w:history="1">
+            <w:hyperlink r:id="rId498" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multiple characterizations of Listeria monocytogenes sensitive and insensitive variants to divergicin M35, a new pediocin-like bacteriocin</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">Improvement of enterocin P purification process</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId499" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Cuozzo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId459" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ségolène Calvez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId422" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Herve H. Prévost</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Djamel Drider</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Applied Microbiology</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Folia Microbiologica</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 51 (5), pp.401-405</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId461" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02667980v1</w:t>
+            <w:hyperlink r:id="rId498" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02658374v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId466" w:history="1">
+            <w:hyperlink r:id="rId500" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Improvement of enterocin P purification process</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">S. Cuozzo</w:t>
+                <w:t xml:space="preserve">Multiple characterizations of Listeria monocytogenes sensitive and insensitive variants to divergicin M35, a new pediocin-like bacteriocin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId501" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K. Naghmouchi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Djamel Drider</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId502" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Kheadr</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId503" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Lacroix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId422" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ségolène Calvez</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Herve H. Prévost</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Folia Microbiologica</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Applied Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 100 (1), pp.29-39. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId504" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/j.1365-2672.2005.02771.x⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId466" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02658374v1</w:t>
+            <w:hyperlink r:id="rId500" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02667980v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId468" w:history="1">
+            <w:hyperlink r:id="rId505" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Specific molecular detection of Carnobacterium piscicola SF668 in cold smoked salmon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId469" w:history="1">
+            <w:hyperlink r:id="rId506" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Pelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId407" w:history="1">
+            <w:hyperlink r:id="rId444" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier X. Dousset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId385" w:history="1">
+            <w:hyperlink r:id="rId422" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Herve H. Prévost</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Djamel Drider</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Letters in Applied Microbiology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2005, 40 (5), pp.364-368. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId470" w:history="1">
+            <w:hyperlink r:id="rId507" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1111/j.1472-765X.2005.01696.x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId468" w:history="1">
+            <w:hyperlink r:id="rId505" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02677146v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId471" w:history="1">
+            <w:hyperlink r:id="rId508" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Heterologous expression and purification of active divercin V41, a class IIa bacteriocin encoded by a synthetic gene in Escherichia coli</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId472" w:history="1">
+            <w:hyperlink r:id="rId509" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Richard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Djamel Drider</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId473" w:history="1">
+            <w:hyperlink r:id="rId510" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Khalil Elmorjani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId474" w:history="1">
+            <w:hyperlink r:id="rId511" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Marion</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId445" w:history="1">
+            <w:hyperlink r:id="rId479" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Prevost</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Bacteriology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2004, 186 (13), pp.4276-4284</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId471" w:history="1">
+            <w:hyperlink r:id="rId508" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02675188v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId475" w:history="1">
+            <w:hyperlink r:id="rId512" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maîtrise du développement de Listeria monocytogenes dans le saumon fumé : intérêt de la biopréservation par des bactéries lactiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId456" w:history="1">
+            <w:hyperlink r:id="rId488" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle Richard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId476" w:history="1">
+            <w:hyperlink r:id="rId513" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Françoise Leroi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId477" w:history="1">
+            <w:hyperlink r:id="rId514" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Brillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId478" w:history="1">
+            <w:hyperlink r:id="rId515" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cinta Rachman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId479" w:history="1">
+            <w:hyperlink r:id="rId516" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Connil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Le Lait</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2004, 84 (1-2), pp.135-144. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId480" w:history="1">
+            <w:hyperlink r:id="rId517" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1051/lait:2003029⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId475" w:history="1">
+            <w:hyperlink r:id="rId512" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00895514v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId481" w:history="1">
+            <w:hyperlink r:id="rId518" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Regulation of expression of the Lactococcus lactis subsp. lactis biovar diacetylactis citrate transport system</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId482" w:history="1">
+            <w:hyperlink r:id="rId519" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paloma Lopez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Djamel Drider</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId483" w:history="1">
+            <w:hyperlink r:id="rId520" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nièves Garcia-Quintans</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId484" w:history="1">
+            <w:hyperlink r:id="rId521" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maria Angeles Corrales</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId485" w:history="1">
+            <w:hyperlink r:id="rId522" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Magni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Le Lait</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1998, 78 (1), pp.11-16</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId481" w:history="1">
+            <w:hyperlink r:id="rId518" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00929578v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId486" w:history="1">
+            <w:hyperlink r:id="rId523" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Enzymatic hydrolysis of monoterpene glycosides of passion fruit and mango with a beta-glucosidase from yeast</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Djamel Drider</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId487" w:history="1">
+            <w:hyperlink r:id="rId524" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guilhem Janbon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId488" w:history="1">
+            <w:hyperlink r:id="rId525" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Chemardin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId489" w:history="1">
+            <w:hyperlink r:id="rId526" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Arnaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId490" w:history="1">
+            <w:hyperlink r:id="rId527" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Galzy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bioresource Technology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1994, 49, pp.243-246</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId486" w:history="1">
+            <w:hyperlink r:id="rId523" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02703868v1</w:t>
-              </w:r>
-[...2753 lines deleted...]
-                <w:t xml:space="preserve">hal-04550982v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Poster de conférence (28)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId527" w:history="1">
+            <w:hyperlink r:id="rId528" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The deficiency in EntDD14 bacteriocin synthesis induced metabolic rearrangements to counterbalance its loss in Enterococcus faecalis 14, as revealed by a transcriptomic analysis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rabia Ladjouzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anca Lucau-Danila</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Djamel Drider</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bacteriocin International Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2023, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId527" w:history="1">
+            <w:hyperlink r:id="rId528" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04549472v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId528" w:history="1">
+            <w:hyperlink r:id="rId529" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Weissella cibaria W25: Potential bacteriocin producing strains from campos das vertentes, MG, Brazil.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId39" w:history="1">
+                <w:t xml:space="preserve">Estirpes de Weissella cibaria Isoladas do campo das vertentes MG: Potenciais productoras de bacteriocins</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camila Gonçalves Teixeira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rafaela da Silva Rodrigues</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId530" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luis Augusto Nero</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Djamel Drider</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId529" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId531" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonio Fernandes Carvalho</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">32° Congresso Brasileiro de Microbiologia</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2023, Foz do Iguaçu, Paraná, Brazil</w:t>
+              <w:t xml:space="preserve">Clasa Congresso Latino-Americano de Segurança de Alimentos</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2023, Rio de Janeiro, Brazil</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId528" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04549382v1</w:t>
+            <w:hyperlink r:id="rId529" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04549401v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId531" w:history="1">
+            <w:hyperlink r:id="rId532" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Estirpes de Weissella cibaria Isoladas do campo das vertentes MG: Potenciais productoras de bacteriocins</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId39" w:history="1">
+                <w:t xml:space="preserve">Weissella cibaria W25: Potential bacteriocin producing strains from campos das vertentes, MG, Brazil.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camila Gonçalves Teixeira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rafaela da Silva Rodrigues</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Djamel Drider</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId533" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S Rodrigues de Jesus Silva</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId530" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luis Augusto Nero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...22 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Clasa Congresso Latino-Americano de Segurança de Alimentos</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2023, Rio de Janeiro, Brazil</w:t>
+              <w:t xml:space="preserve">32° Congresso Brasileiro de Microbiologia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2023, Foz do Iguaçu, Paraná, Brazil</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId531" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04549401v1</w:t>
+            <w:hyperlink r:id="rId532" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04549382v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId533" w:history="1">
+            <w:hyperlink r:id="rId534" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chemical synthesis of enterocin DD14A and DD14B bacteriocins: antimicrobial characteristics and innocuity</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId534" w:history="1">
+            <w:hyperlink r:id="rId535" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Md R Tanver Rahman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yanath Belguesmia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elodie Dussert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId535" w:history="1">
+            <w:hyperlink r:id="rId536" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Biron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Djamel Drider</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bacteriocin International Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2023, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId533" w:history="1">
+            <w:hyperlink r:id="rId534" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04549612v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId536" w:history="1">
+            <w:hyperlink r:id="rId537" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Efficacy of the bacteriocinogenic Enterococcus faecalis 14 in controlling experimentally induced necrotic enteritis in broilers under floorpen conditions</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Gut microbiota, body weight and histopathological examinations in experimental infection by methicillin-resistant Staphylococcus aureus: antibiotic versus bacteriocin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kamel Bendjeddou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samia Hamma-Faradji</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amel Ait Meddour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yanath Belguesmia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Cudennec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bacteriocin International Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2023, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId536" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04549465v1</w:t>
+            <w:hyperlink r:id="rId537" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04549434v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId537" w:history="1">
+            <w:hyperlink r:id="rId538" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Structure activity study of lacticaseicin 30, a bacteriocin with promising applications</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">Efficacy of the bacteriocinogenic Enterococcus faecalis 14 in controlling experimentally induced necrotic enteritis in broilers under floorpen conditions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rabia Ladjouzi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Taminiau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Georges Daube</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anca Lucau-Danila</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Djamel Drider</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">One Health International Days (OHID)</w:t>
+              <w:t xml:space="preserve">Bacteriocin International Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2023, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId537" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04549709v1</w:t>
+            <w:hyperlink r:id="rId538" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04549465v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId538" w:history="1">
+            <w:hyperlink r:id="rId539" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gut microbiota, body weight and histopathological examinations in experimental infection by methicillin-resistant Staphylococcus aureus: antibiotic versus bacteriocin</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Structure activity study of lacticaseicin 30, a bacteriocin with promising applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Désiré Madi-Moussa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Françoise Coucheney</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Djamel Drider</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bacteriocin International Conference</w:t>
+              <w:t xml:space="preserve">One Health International Days (OHID)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2023, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId538" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04549434v1</w:t>
+            <w:hyperlink r:id="rId539" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04549709v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId539" w:history="1">
+            <w:hyperlink r:id="rId540" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Protective effects of novel Lactobacillaceae against Clostridium perfringens infections</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId540" w:history="1">
+            <w:hyperlink r:id="rId541" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nuria Vieco Saiz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yanath Belguesmia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ruth Raspoet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Auclair</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Connor Padgett</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">One Health International Days (OHID)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2023, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId539" w:history="1">
+            <w:hyperlink r:id="rId540" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04549728v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId541" w:history="1">
+            <w:hyperlink r:id="rId542" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Activité antifongique des bactéries lactiques isolées du lait cru contre les levures isolées du lactosérum de fromage</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Ana Erundina de Luna Moraes Leite</w:t>
+                <w:t xml:space="preserve">Understanding the structure-activity relationship of lacticaseicin 30, a class II bacteriocin produced by Lacticaseibacillus paracasei CNCM I-5369 with inhibitory against Gram-negative bacilli</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Désiré Madi-Moussa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Barbara Deracinois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Radja Teiar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId543" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Keila Aparecida</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Yinling Liu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marius Mihasan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">10èmes Journées du Réseau MultiFonction des Peptides Antimicrobiens (MuFoPAM)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2023, Lille, France</w:t>
+              <w:t xml:space="preserve">Bacteriocin International Conference (BIC 2023)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2023, Lille, France. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId541" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04549334v1</w:t>
+            <w:hyperlink r:id="rId542" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04547603v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId544" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Enhanced antiviral efficacy of enterocin DD14 and lacticaseicin 30 against herpes simplex virus 1 (HSV-1) and the coronaviruses SARS-CoV-2 and HCoV in association with alginate nanoparticles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Radja Teiar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Lecouturier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rabah Boukherroub</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId404" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Hober</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
-              <w:r>
-[...50 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Djamel Drider</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">10èmes Journées du Réseau MultiFonction des Peptides Antimicrobiens (MuFoPAM)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2023, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -18569,2014 +18611,1984 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04549350v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId545" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Understanding the structure-activity relationship of lacticaseicin 30, a class II bacteriocin produced by Lacticaseibacillus paracasei CNCM I-5369 with inhibitory against Gram-negative bacilli</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Barbara Deracinois</w:t>
+                <w:t xml:space="preserve">Activité antifongique des bactéries lactiques isolées du lait cru contre les levures isolées du lactosérum de fromage</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId546" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ana Erundina de Luna Moraes Leite</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId547" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Keila Aparecida</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Radja Teiar</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Djamel Drider</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bacteriocin International Conference (BIC 2023)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2023, Lille, France. </w:t>
+              <w:t xml:space="preserve">10èmes Journées du Réseau MultiFonction des Peptides Antimicrobiens (MuFoPAM)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2023, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId545" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04547603v1</w:t>
+                <w:t xml:space="preserve">hal-04549334v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId547" w:history="1">
+            <w:hyperlink r:id="rId548" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antagonistic effect of probiotic strains of Lactiplantibacillus plantarum isolated from local fruits</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId548" w:history="1">
+            <w:hyperlink r:id="rId549" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lylia Ouarabi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId549" w:history="1">
+            <w:hyperlink r:id="rId550" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samia Hamma-Faraadji</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Djamel Drider</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">32ème Congrès International des sciences biologiques et de biotechnologie de l'ATSB</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2023, Sousse, Tunisia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId547" w:history="1">
+            <w:hyperlink r:id="rId548" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04549631v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId550" w:history="1">
+            <w:hyperlink r:id="rId551" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Algerian fruits as a source of probiotic and bacteriocinogenic lactobacilli.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId551" w:history="1">
+            <w:hyperlink r:id="rId552" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nacim Barrache</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rabia Ladjouzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yanath Belguesmia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Farida Bendali</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Djamel Drider</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bacteriocin International Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2023, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId550" w:history="1">
+            <w:hyperlink r:id="rId551" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04549419v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId552" w:history="1">
+            <w:hyperlink r:id="rId553" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Synthèse chimique de l’entérocine DD14: caractéristiques antimicrobiennes et innocuité</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Eric Biron</w:t>
+                <w:t xml:space="preserve">Understanding the structure-activity relationship of lacticaseicin 30, a class II bacteriocin produced by Lacticaseibacillus paracasei CNCM I-5369 with inhibitory against Gram-negative bacilli</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Désiré Madi-Moussa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Barbara Deracinois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Radja Teiar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yanyan Li</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marius Mihasan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">10èmes Journées du Réseau MultiFonction des Peptides Antimicrobiens (MuFoPAM)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2023, Lille, France</w:t>
+              <w:t xml:space="preserve">Bacteriocin International Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2023, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId552" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04549311v1</w:t>
+            <w:hyperlink r:id="rId553" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04549493v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId554" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Understanding the structure-activity relationship of lacticaseicin 30, a class II bacteriocin produced by Lacticaseibacillus paracasei CNCM I-5369 with inhibitory against Gram-negative bacilli</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Marius Mihasan</w:t>
+                <w:t xml:space="preserve">Synthèse chimique de l’entérocine DD14: caractéristiques antimicrobiennes et innocuité</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yanath Belguesmia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId555" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tanver Rahman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elodie Dussert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francoise Coucheney</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId536" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Biron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bacteriocin International Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2023, Lille, France</w:t>
+              <w:t xml:space="preserve">10èmes Journées du Réseau MultiFonction des Peptides Antimicrobiens (MuFoPAM)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2023, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId554" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04549493v1</w:t>
+                <w:t xml:space="preserve">hal-04549311v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId555" w:history="1">
+            <w:hyperlink r:id="rId556" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Characterization of an anti-Escherichia coli activity from of a new class II bacteriocin produced by Lacticaseibacillus paracasei CNCM I-5369</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Désiré Madi-Moussa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId313" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francoise Coucheney</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Djamel Drider</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">16e Congrès National de la Société Française de Microbiologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2022, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId555" w:history="1">
+            <w:hyperlink r:id="rId556" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04549746v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId556" w:history="1">
+            <w:hyperlink r:id="rId557" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Structure activity study of lacticaseicin 30, a bacteriocin with promising applications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Désiré Madi-Moussa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId313" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francoise Coucheney</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Djamel Drider</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">23eme Club des Bactéries Lactiques (CBL 23)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2022, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId556" w:history="1">
+            <w:hyperlink r:id="rId557" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04549736v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId557" w:history="1">
+            <w:hyperlink r:id="rId558" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Activités biologiques de souches probiotiques de Lactiplantibacillus plantarum isolées à partir d’une matrice végétale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId548" w:history="1">
+            <w:hyperlink r:id="rId549" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lylia Ouarabi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samia Hamma-Faradji</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Djamel Drider</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">5emes journées des sciences de la nature et de la vie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2022, Bejaia, Algérie</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId557" w:history="1">
+            <w:hyperlink r:id="rId558" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04549642v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId558" w:history="1">
+            <w:hyperlink r:id="rId559" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The 4th conference on the Biology of Microbial systems (JBSM-2022)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId548" w:history="1">
+            <w:hyperlink r:id="rId549" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lylia Ouarabi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samia Hamma-Faradji</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Djamel Drider</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The 4th conference on the Biology of Microbial systems (JBSM-2022). Ecole Normale Supérieure Cheikh Mohamed Bachir Al Ibrahimi de Kouba</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2022, Kouba, Algeria</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId558" w:history="1">
+            <w:hyperlink r:id="rId559" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04549695v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId559" w:history="1">
+            <w:hyperlink r:id="rId560" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A new transport pathway for the leaderless bacteriocin EntDD14 based on PH domain-containing proteins</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrián Pérez-Ramos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdellah Benachour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Djamel Drider</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">MICROBES 21: 16th Congrès National de la Société Française de Microbiologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2021, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId559" w:history="1">
+            <w:hyperlink r:id="rId560" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04549287v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId560" w:history="1">
+            <w:hyperlink r:id="rId561" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Particularités géographiques et dynamiques du microbiote vaginal : Cas de femmes Algériennes</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Farida Bendali</w:t>
+                <w:t xml:space="preserve">Les fruits de Kabylie : Sources de Lactobacilles antagonistes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId552" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nacim Barrache</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yanath Belguesmia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rabia Ladjouzi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId562" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Mateos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId261" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rezak Mendil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">22ème colloque du Club des Bactéries Lactiques (CBL 2019)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2019, Caen, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId560" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04549828v1</w:t>
+            <w:hyperlink r:id="rId561" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04549809v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId561" w:history="1">
+            <w:hyperlink r:id="rId563" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les fruits de Kabylie : Sources de Lactobacilles antagonistes</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Rezak Mendil</w:t>
+                <w:t xml:space="preserve">Particularités géographiques et dynamiques du microbiote vaginal : Cas de femmes Algériennes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Liza Ouarabi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Taminiau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Georges Daube</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Djamel Drider</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Farida Bendali</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">22ème colloque du Club des Bactéries Lactiques (CBL 2019)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2019, Caen, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId561" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04549809v1</w:t>
+            <w:hyperlink r:id="rId563" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04549828v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId563" w:history="1">
+            <w:hyperlink r:id="rId564" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Algerian Fruits are sources of Lactobacilli with impressive probiotics values</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId551" w:history="1">
+            <w:hyperlink r:id="rId552" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nacim Barrache</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yanath Belguesmia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rabia Ladjouzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId564" w:history="1">
+            <w:hyperlink r:id="rId565" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Matéos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId219" w:history="1">
+            <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rezak Mendil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Conference on Probiotics and Prebiotics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2019, Prague (CZ), Czech Republic</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId563" w:history="1">
+            <w:hyperlink r:id="rId564" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04549799v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId565" w:history="1">
+            <w:hyperlink r:id="rId566" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les fruits algériens : source non conventionnelle d'isolement de lactobacilles à potentiel probiotique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId551" w:history="1">
+            <w:hyperlink r:id="rId552" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nacim Barrache</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rabia Ladjouzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yanath Belguesmia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Cudennec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId219" w:history="1">
+            <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rezak Mendil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">22ème colloque du Club des Bactéries Lactiques (CBL 2019)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2019, Caen, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId565" w:history="1">
+            <w:hyperlink r:id="rId566" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04549815v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId566" w:history="1">
+            <w:hyperlink r:id="rId567" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Novel Insights in regulation and immunity of leaderless class IIb bacteriocins: case of Enterocin DD14</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rabia Ladjouzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Djamel Drider</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2ème Symposium Franco-Canadien sur les Antimicrobiens Naturels, leurs Applications Agroalimentaires, Médicales et Vétérinaires (ANTIMIC 2019)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2019, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId566" w:history="1">
+            <w:hyperlink r:id="rId567" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04550441v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId567" w:history="1">
+            <w:hyperlink r:id="rId568" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caractérisation du potentiel antagoniste de Lactobacilles originaires de fruits de Kabylie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId551" w:history="1">
+            <w:hyperlink r:id="rId552" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nacim Barrache</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Farida Bendali</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Djamel Drider</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">1ère journée doctorale des Sciences de la Nature et de la Vie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2019, Bejaia, Algeria</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId567" w:history="1">
+            <w:hyperlink r:id="rId568" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04549753v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId568" w:history="1">
+            <w:hyperlink r:id="rId569" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Substance P has no antimicrobial activity against Enterococcus faecalis V583 and promotes its virulence.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId569" w:history="1">
+            <w:hyperlink r:id="rId570" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Borrel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId570" w:history="1">
+            <w:hyperlink r:id="rId571" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">K Biaggini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId335" w:history="1">
+            <w:hyperlink r:id="rId375" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabine Szunerits</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rabah Boukherroub</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId571" w:history="1">
+            <w:hyperlink r:id="rId572" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A N’diaye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">AMP2016 International Symposium on Antimicrobial Peptides</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2016, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId568" w:history="1">
+            <w:hyperlink r:id="rId569" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02374107v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId572" w:history="1">
+            <w:hyperlink r:id="rId573" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effectiveness study of three selected bacterial strains: Pseudomonas stutzeri, Bacillus pumilus and Bacillus simplex for degrading fluorene and phenanthrene in PAHs-contaminated soil</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId239" w:history="1">
+            <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Rabodonirina</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId241" w:history="1">
+            <w:hyperlink r:id="rId280" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Krier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId240" w:history="1">
+            <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Rasolomampianina</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId573" w:history="1">
+            <w:hyperlink r:id="rId574" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Net-David</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId574" w:history="1">
+            <w:hyperlink r:id="rId575" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Ouddane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">15th EuCheMS International Conference on Chemistry and the Environment</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2015, Leipzig, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId572" w:history="1">
+            <w:hyperlink r:id="rId573" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01285403v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -20586,255 +20598,255 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId575" w:history="1">
+            <w:hyperlink r:id="rId576" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bacteria and Fungi Probiotics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Françoise Coucheney</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Djamel Drider</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Microorganisms</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">N°spécial de revue/special issue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId575" w:history="1">
+            <w:hyperlink r:id="rId576" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04551937v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId576" w:history="1">
+            <w:hyperlink r:id="rId577" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Recent Advances in Antimicrobial Peptides</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Djamel Drider</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId577" w:history="1">
+            <w:hyperlink r:id="rId578" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Javier Pizarro-Cerdá</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Molecular Sciences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">N°spécial de revue/special issue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId576" w:history="1">
+            <w:hyperlink r:id="rId577" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04550545v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId578" w:history="1">
+            <w:hyperlink r:id="rId579" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Advanced Research of Lactic Acid Bacteria in Food Field</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Djamel Drider</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">N°spécial de revue/special issue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId578" w:history="1">
+            <w:hyperlink r:id="rId579" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04550558v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -20844,479 +20856,479 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId579" w:history="1">
+            <w:hyperlink r:id="rId580" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ouvrage pédagogique de bactériologie: Anatomie, physiologie et identifications bactériennes revisitées</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Djamel Drider</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2022, 978-2-87805-039-4</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId579" w:history="1">
+            <w:hyperlink r:id="rId580" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04549104v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId580" w:history="1">
+            <w:hyperlink r:id="rId581" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Functionalized Nanomaterials for the Management of Microbial Infection: A Strategy to Address Microbial Drug Resistance</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rabah Boukherroub</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId335" w:history="1">
+            <w:hyperlink r:id="rId375" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabine Szunerits</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Djamel Drider</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2017, 032341625X</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId580" w:history="1">
+            <w:hyperlink r:id="rId581" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04549110v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId581" w:history="1">
+            <w:hyperlink r:id="rId582" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bacterias ácido lácticas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Djamel Drider</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId583" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Victor Manuel Rivera Arredondo</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2016, 6075380310, 9786075380315</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId582" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId581" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04551217v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId583" w:history="1">
+            <w:hyperlink r:id="rId584" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sécurité sanitaire des aliments</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Djamel Drider</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId196" w:history="1">
+            <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Salvat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2015, 978-2717866353</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId583" w:history="1">
+            <w:hyperlink r:id="rId584" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04549111v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId584" w:history="1">
+            <w:hyperlink r:id="rId585" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Prokaryotic Antimicrobial Peptides: From Genes to Applications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Djamel Drider</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId204" w:history="1">
+            <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Rebuffat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2011, ISBN-13: 978-1441976918</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId584" w:history="1">
+            <w:hyperlink r:id="rId585" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04549121v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId585" w:history="1">
+            <w:hyperlink r:id="rId586" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bactéries lactiques : Physiologie, Métabolisme, Génomique et Applications industrielles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Djamel Drider</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId439" w:history="1">
+            <w:hyperlink r:id="rId476" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Prévost</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2009, 9782717856767</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId585" w:history="1">
+            <w:hyperlink r:id="rId586" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04549116v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -21326,855 +21338,855 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId586" w:history="1">
+            <w:hyperlink r:id="rId587" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">NOVEL LACTOBACILLUS PLANTARUM STRAIN USEFUL FOR INTESTINAL CALCIUM ABSORPTION</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Cudennec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Coutte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Dhulster</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Djamel Drider</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Flahaut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">France, Patent n° : WO/2021/084195. 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Brevet</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId586" w:history="1">
+            <w:hyperlink r:id="rId587" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04550405v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId587" w:history="1">
+            <w:hyperlink r:id="rId588" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">NOUVELLES SOUCHES DE BACTERIES LACTIQUES FAVORISANT L’ABSORPTION DU CALCIUM – PEPTIDES ET PRODUITS ASSOCIES</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Cudennec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Coutte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Dhulster</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Djamel Drider</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Flahaut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">France, N° de brevet: FR3093923. 2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Brevet</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId587" w:history="1">
+            <w:hyperlink r:id="rId588" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04551049v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId588" w:history="1">
+            <w:hyperlink r:id="rId589" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">NOVEL LACTIC ACID BACTERIA STRAINS THAT PROMOTE THE ABSORPTION OF CALCIUM - PEPTIDES AND ASSOCIATED PRODUCTS</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Cudennec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Coutte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Dhulster</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Djamel Drider</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Flahaut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">France, Patent n° : WO/2020/188181. 2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Brevet</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId588" w:history="1">
+            <w:hyperlink r:id="rId589" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04550419v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId589" w:history="1">
+            <w:hyperlink r:id="rId590" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">NOVEL LACTIC ACID BACTERIA STRAINS THAT PROMOTE THE ABSORPTION OF CALCIUM - PEPTIDES AND ASSOCIATED PRODUCTS</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Cudennec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Coutte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Dhulster</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Djamel Drider</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Flahaut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">France, Patent n° : WO/2020/188181. 2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Brevet</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId589" w:history="1">
+            <w:hyperlink r:id="rId590" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04550397v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId590" w:history="1">
+            <w:hyperlink r:id="rId591" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">NOUVELLES SOUCHES DE BACTERIES LACTIQUES FAVORISANT L’ABSORPTION DU CALCIUM – PEPTIDES ET PRODUITS ASSOCIES</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Cudennec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Coutte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Dhulster</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Djamel Drider</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Flahaut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">France, Patent n° : FR3094013. 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Brevet</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId590" w:history="1">
+            <w:hyperlink r:id="rId591" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04551018v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId591" w:history="1">
+            <w:hyperlink r:id="rId592" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">NOUVELLES SOUCHES DE BACTERIES LACTIQUES FAVORISANT L’ABSORPTION DU CALCIUM – PEPTIDES ET PRODUITS ASSOCIES</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Cudennec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Coutte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Dhulster</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Djamel Drider</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Flahaut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">France, N° de brevet: FR3094015. 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Brevet</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId591" w:history="1">
+            <w:hyperlink r:id="rId592" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04551031v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId592" w:history="1">
+            <w:hyperlink r:id="rId593" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">NOUVELLES SOUCHES DE BACTERIES LACTIQUES FAVORISANT L’ABSORPTION DU CALCIUM – PEPTIDES ET PRODUITS ASSOCIES</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Cudennec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Coutte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Dhulster</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Djamel Drider</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Flahaut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">France, N° de brevet: FR3094014. 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Brevet</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId592" w:history="1">
+            <w:hyperlink r:id="rId593" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04551028v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -22184,297 +22196,297 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId593" w:history="1">
+            <w:hyperlink r:id="rId594" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Conduite d’une analyse microbiologique des aliments</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Djamel Drider</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yanath Belguesmia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId594" w:history="1">
+            <w:hyperlink r:id="rId595" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francois Krier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId595" w:history="1">
+            <w:hyperlink r:id="rId596" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nour-Eddine Chihib</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId596" w:history="1">
+            <w:hyperlink r:id="rId597" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">X Dousset</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Drider, Djamel; Salvat, Gilles. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Sécurité sanitaire des aliments: épidémiologie et moyens de lutte contre les principaux contaminants zoonotiques des aliments.</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Editions ECONOMICA, pp.30-43, 2015, 9782717866353</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId593" w:history="1">
+            <w:hyperlink r:id="rId594" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02166016v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId597" w:history="1">
+            <w:hyperlink r:id="rId598" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Applications des bactériocines et bactéries lactiques dans le contrôle des pathogènes alimentaires</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Imad Al Kassaa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yanath Belguesmia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId595" w:history="1">
+            <w:hyperlink r:id="rId596" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nour-Eddine Chihib</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId598" w:history="1">
+            <w:hyperlink r:id="rId599" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M Hamze</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Farida Bendali</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Drider, Djamel; Salvat, Gilles. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Sécurité sanitaire des aliments: épidémiologie et moyens de lutte contre les principaux contaminants zoonotiques des aliments.</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Editions ECONOMICA, pp.183-199, 2015, 9782717866353</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId597" w:history="1">
+            <w:hyperlink r:id="rId598" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02165956v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId599"/>
+      <w:footerReference w:type="default" r:id="rId600"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -22621,51 +22633,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04606993v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Radja Teiar" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Famara Sane" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ismail Erol" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magloire Pandoua Nekoua" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Lecouturier" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00203-024-04002-7" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04547030v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Commenges" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-H&#233;l&#232;ne Lessard" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Coucheney" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steve Labrie" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Djamel Drider" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fbio.2023.103458" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04521762v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Sadek" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Taminiau" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Daube" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Panagiotis Sapountzis" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Chaucheyras-Durand" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/microorganisms12010084" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04549705v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nacim Barache" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yanath Belguesmia" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beatriz Martinez" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruce S Seal" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/encyclopedia4010007" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04691599v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Demey" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giuseppe Spano" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1089/fpd.2023.0175" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04442774v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camila Gon&#231;alves Teixeira" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafaela da Silva Rodrigues" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anca Lucau-Danila" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lu&#237;s Augusto Nero" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s42770-023-01244-3" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04547012v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nassima Mohellebi" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samia Hamma-Faradji" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kamel Bendjeddou" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amel Ait Meddour" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yassine Benchikh" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/foods13030368" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.u-pec.fr/hal-04322223v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adri&#225;n P&#233;rez-Ramos" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rabia Ladjouzi" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marius Mihasan" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdellah Benachour" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms24021517" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04547054v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paloma L&#243;pez" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-023-48619-y" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.u-pec.fr/hal-04322229v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Dussert" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/antibiotics12071188" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04545772v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Forestier" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Krier" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Dhulster" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04547077v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fbp.2022.10.002" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04312113v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Duban" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gene.2022.146610" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04547057v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicola de Simone" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Teresa Rocchetti" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara La Gatta" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12602-022-09988-4" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03876126v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D&#233;sir&#233; Madi-Moussa" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Deracinois" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yanyan Li" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/pharmaceutics14091921" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04548616v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ricardo Seiti Yamatogi" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/microorganisms10020314" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03691668v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noura Hazime" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandr Barras" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Amiche" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rabah Boukherroub" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/antibiotics11060787" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04328322v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hassan Zgheib" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Cudennec" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12602-022-09954-0" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03689287v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Kempf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Barras" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ph15060682" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03561670v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Le Devendec" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.vetmic.2022.109359" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04548622v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nuria Vieco-Saiz" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruth Raspoet" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Auclair" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Connor Padgett" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/microorganisms10010152" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04549722v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/microorganisms9102107" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04548681v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.btre.2021.e00632" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04548706v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Imad Al Kassaa" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah El Omari" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nada Abbas" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Papon" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0258913" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04549714v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andressa Fusieger" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gustavo Leite Mili&#227;o" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evandro Martins" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12602-021-09751-1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03920010v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;gane Eveno" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Bazinet" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Gancel" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ismail Fliss" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00203-020-02016-5" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03921985v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liza Ouarabi" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farida Bendali" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00248-020-01606-6" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04548716v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.micres.2021.126864" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03546311v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Zgheib" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Belguesmia" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Drider" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12602-020-09730-y" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04548671v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vittorio Capozzi" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Lucia Valeria de Chiara" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Luisa Amodio" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samira Brahimi" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/microorganisms9040773" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.u-pec.fr/hal-04322060v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms222312877" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03924264v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Bendjeddou" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Hamma-Faradji" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Ait Meddour" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Cudennec" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3920/BM2020.0155" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04548690v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Charlet" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/antibiotics11010020" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03919782v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Savard" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12602-020-09687-y" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03881178v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amine Salouhi" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12602-020-09657-4" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04549717v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pasquale Russo" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms222112076" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03090013v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soufian Ider" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Cazals" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fbio.2020.100670" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03145557v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijerph17217835" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04549641v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Raveschot" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmeline Bertrand" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Flahaut" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Fr&#233;mont" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fbioe.2020.585815" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.u-pec.fr/hal-04322039v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms21134653" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03490856v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Coutte" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Vaeremans" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jamyan Dugersuren" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodres.2020.109201" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03090027v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2020.01198" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03089821v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms21228654" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.u-pec.fr/hal-04322052v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/foods9080985" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03488186v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodchem.2019.125415" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04549586v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Vach&#233;e" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Le Mar&#233;chal" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Salvat" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anaerobe.2020.102177" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.u-pec.fr/hal-04322008v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fbioe.2020.00644" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04549712v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samira Soltani" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Riadh Hammami" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul D Cotter" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Rebuffat" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laila Ben Said" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/femsre/fuaa039" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02913655v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12602-020-09632-z" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04549592v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Benbara" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Lalouche" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Bendali" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3920/BM2019.0116" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04549675v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mabrouk Kihal" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00203-019-01626-y" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02617752v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeanne Alard" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rezak Mendil" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rozenn Ravallec" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Grangette" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jff.2019.04.028" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02627293v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yasmina Ait Chait" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamza Ait Seddik" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12602-017-9360-0" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02618125v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;ria Quintana Cavicchioli" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Svetoslav Dimitrov Todorov" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilia Iliev" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iskra Ivanova" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s42770-019-00068-4" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02617813v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Menouar Nacef" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Lelievre-Desmas" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Chollet" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.idairyj.2018.09.002" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01929342v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Rabodonirina" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Rasolomampianina" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Krier" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Merhaby" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jenvman.2018.11.005" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02621405v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karim Naghmouchi" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruce S. Seal" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10408398.2019.1688250" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04549625v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2019.00057" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02404118v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mahammed Zidour" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zakia Boubechiche" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yen-Ju Pan" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Capucine Bialais" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemosphere.2018.12.148" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02618649v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#239;t Cudnennec" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Grard" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12602-018-9461-4" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02618536v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marwan Abdallah" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rabih Mourad" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Oussama Khelissa" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charafeddine Jama" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Medhat Abozid" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00203-019-01632-0" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02628702v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Fremont" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2018.02354" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01925513v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ismail Altinbasak" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roxana Jijie" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bianka Golba" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rana Sanyal" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsami.8b14784" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02973515v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brian B. Oakley" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harald Br&#252;ssow" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Bikard" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13567-018-0563-5" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04549726v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mattia Pia Arena" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00253-018-9403-9" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02628838v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anderson C. Camargo" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Svetoslav D. Todorov" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. E. Chihib" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis A. Nero" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12033-018-0108-1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02627071v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alaa Al Seraih" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Baah" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12602-017-9357-8" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02629100v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yazen Yaseen" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Awa Diop" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Max B&#233;chet" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Jacques" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00203-018-1483-5" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04549731v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Lecl&#232;re" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/genomeA.00695-17" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01716582v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chengnan Li" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ran Ye" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Bouckaert" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amaia Zurutuza" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsami.7b12949" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02627061v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01601157v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Ceugniez" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melissa Tourret" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francoise Coucheney" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.lwt.2017.03.056" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02626840v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=- Hamza Ait Seddik" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.resmic.2016.12.003" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04538577v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Chevalier" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijfoodmicro.2016.07.005" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02622190v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronique Delcenserie" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijfoodmicro.2017.07.015" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01607824v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine L. Caly" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mickael Chevalier" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Khassaf Al Atya" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijantimicag.2016.11.016" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02622547v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.resmic.2017.03.004" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01600950v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijfoodmicro.2016.10.034" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01606060v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alaa Al-Seraih" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Szunerits" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10482-016-0791-5" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02621871v1" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2017.01919" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01938107v1" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kelly Biaggini" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Borrel" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Awa N&#8217;diaye" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13099-017-0171-3" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02633113v1" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Le Bris" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Duflos" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jafc.5b04997" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03153645v1" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Houcem Maaoui" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guo-Hui Pan" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Caly" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcis.2016.07.002" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-V6MTHRVN-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01601642v1" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed K. Al Atya" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hikmate Abriouel" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Jouy" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12602-016-9227-9" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02635447v1" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karima Drider-Hadiouche" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Vachee" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.resmic.2015.12.002" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01607633v1" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael L. Chikindas" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12602-016-9223-0" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05233398v1" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Hober" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monzer Hamze" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Caloone" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anny Dewilde" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00203-015-1101-8" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02634502v1" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remain d'Inca" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2015.01336" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/hal-00871707v1" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Alain Fleury" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireille Bruneau" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Sanders" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijantimicag.2013.06.012" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-W40GNS30-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02645667v1" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samia Mezaache-Aichour" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abla Guechi" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jane Nicklin" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herve H. Pr&#233;vost" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02647244v1" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soumaya Messaoudi" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Kergourlay" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Albert Rossero" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mounir Ferchichi" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2436/20.1501.01.140" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02643566v1" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jitka Rihakova" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katerina Demnerova" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12223-011-0024-2" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/EAF9C7F4BA54011369D570899F855D67064DE6DF/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01938264v1" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amar Madi" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Sperandio" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annabelle M&#233;rieau" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Feuilloley" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.resmic.2010.09.019" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-RS5Q1F3M-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02661846v1" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monica Wachsman" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabetta Tom&#233;" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier X. Dousset" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Teresa Destro" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fm.2010.05.001" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02657755v1" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y Belguesmia" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvan Choiset" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H Prevost" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mich&#232;le M. Dalgalarrondo" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Chobert" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1155/2010/986460" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02660377v1" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S D Todorov" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.meatsci.2009.08.053" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-7BNRJDP0-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02660361v1" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;gol&#232;ne Calvez" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Achim Kohler" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Trond Moretro" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12602-010-9048-1" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02662367v1" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Cappelier" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Hue" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel M. Federighi" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AAC.00765-09" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00393674v1" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Rihakova" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. W. Petit" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. F. Pilet" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Pr&#233;vost" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1472-765X.2008.02490.x" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00393630v1" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa W Petit" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Pr&#233;vost" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AEM.02266-08" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02663389v1" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12223-008-0063-5" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-JR0B6KF1-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02653871v1" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Prevost" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02661749v1" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Rinc&#233;" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Auffray" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1099/mic.0.2006/004812-0" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02668335v1" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gunnar Fimland" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann H&#233;chard" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lynn Mcmullen" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/MMBR.00016-05" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02656795v1" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Richard" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raquel Canon" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique D. Bertrand" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fm.2005.02.001" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-M2JSPW1R-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02667980v1" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Naghmouchi" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Kheadr" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Lacroix" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-2672.2005.02771.x" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02658374v1" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Cuozzo" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02677146v1" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Pelle" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1472-765X.2005.01696.x" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02675188v1" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Richard" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khalil Elmorjani" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Marion" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00895514v1" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Leroi" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Brillet" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cinta Rachman" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Connil" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/lait:2003029" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00929578v1" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paloma Lopez" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ni&#232;ves Garcia-Quintans" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Angeles Corrales" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Magni" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02703868v1" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilhem Janbon" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Chemardin" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Arnaud" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Galzy" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04554527v1" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rabia R. Ladjouzi" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04551202v1" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Helene Lessard" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04551527v1" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04551189v1" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04550553v1" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04551205v1" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04550554v1" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04551183v1" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04551545v1" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04551185v1" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04550557v1" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04550549v1" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04550872v1" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04550933v1" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04550748v1" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04550888v1" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04550929v1" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04551180v1" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04550938v1" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04550914v1" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04550902v1" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04550881v1" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04556804v1" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loubna Firdaous" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04551179v1" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04556818v1" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04550945v1" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04550961v1" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04550969v1" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04550954v1" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04547593v1" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roxanne Raulo" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04550999v1" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04550982v1" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04549472v1" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04549382v1" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Rodrigues de Jesus Silva" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Augusto Nero" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04549401v1" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Fernandes Carvalho" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04549612v1" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Md R Tanver Rahman" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Biron" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04549465v1" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04549709v1" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04549434v1" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04549728v1" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nuria Vieco Saiz" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04549334v1" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Erundina de Luna Moraes Leite" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Keila Aparecida" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04549350v1" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04547603v1" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yinling Liu" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04549631v1" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lylia Ouarabi" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samia Hamma-Faraadji" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04549419v1" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nacim Barrache" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04549311v1" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tanver Rahman" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04549493v1" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04549746v1" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04549736v1" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04549642v1" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04549695v1" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04549287v1" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04549828v1" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04549809v1" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Mateos" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04549799v1" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Mat&#233;os" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04549815v1" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04550441v1" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04549753v1" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02374107v1" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Borrel" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K Biaggini" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A N&#8217;diaye" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01285403v1" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Net-David" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Ouddane" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04551937v1" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04550545v1" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Javier Pizarro-Cerd&#225;" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04550558v1" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04549104v1" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04549110v1" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04551217v1" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Manuel Rivera Arredondo" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04549111v1" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04549121v1" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04549116v1" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04550405v1" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04551049v1" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04550419v1" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04550397v1" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04551018v1" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04551031v1" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04551028v1" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02166016v1" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Krier" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nour-Eddine Chihib" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X Dousset" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02165956v1" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Hamze" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04554527v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Djamel Drider" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rabia R. Ladjouzi" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anca Lucau-Danila" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Taminiau" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Daube" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04551202v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Commenges" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Helene Lessard" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Coucheney" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steve Labrie" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04551189v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Sadek" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Panagiotis Sapountzis" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Chaucheyras-Durand" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04551527v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04550553v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04551205v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francoise Coucheney" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yanath Belguesmia" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04550554v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04551183v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-H&#233;l&#232;ne Lessard" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04551185v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D&#233;sir&#233; Madi-Moussa" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04550557v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04551545v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04550549v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04550872v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04550933v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04550748v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rozenn Ravallec" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04550888v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04551180v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04550929v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04550881v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04550938v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04550914v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04550902v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04556804v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loubna Firdaous" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Forestier" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Dhulster" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04551179v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04556818v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04550945v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04550961v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04550969v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04550954v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04547593v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roxanne Raulo" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Chevalier" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Menouar Nacef" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mahammed Zidour" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Chollet" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04550999v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04550982v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04606993v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Radja Teiar" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Famara Sane" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ismail Erol" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magloire Pandoua Nekoua" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Lecouturier" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00203-024-04002-7" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04521762v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/microorganisms12010084" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04547030v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fbio.2023.103458" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04691599v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Demey" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giuseppe Spano" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1089/fpd.2023.0175" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04549705v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nacim Barache" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beatriz Martinez" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruce S Seal" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/encyclopedia4010007" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04442774v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camila Gon&#231;alves Teixeira" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafaela da Silva Rodrigues" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lu&#237;s Augusto Nero" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s42770-023-01244-3" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04547012v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nassima Mohellebi" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samia Hamma-Faradji" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kamel Bendjeddou" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amel Ait Meddour" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yassine Benchikh" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/foods13030368" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.u-pec.fr/hal-04322223v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adri&#225;n P&#233;rez-Ramos" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rabia Ladjouzi" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marius Mihasan" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdellah Benachour" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms24021517" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04547054v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paloma L&#243;pez" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-023-48619-y" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.u-pec.fr/hal-04322229v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Dussert" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/antibiotics12071188" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04545772v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Krier" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04547077v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fbp.2022.10.002" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04312113v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Duban" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gene.2022.146610" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04547057v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicola de Simone" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Teresa Rocchetti" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara La Gatta" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12602-022-09988-4" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03876126v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Deracinois" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yanyan Li" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/pharmaceutics14091921" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04548616v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ricardo Seiti Yamatogi" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/microorganisms10020314" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04328322v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hassan Zgheib" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Cudennec" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12602-022-09954-0" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03691668v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noura Hazime" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandr Barras" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Amiche" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rabah Boukherroub" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/antibiotics11060787" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03689287v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Kempf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Barras" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ph15060682" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03561670v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Le Devendec" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.vetmic.2022.109359" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04548622v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nuria Vieco-Saiz" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruth Raspoet" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Auclair" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Connor Padgett" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/microorganisms10010152" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04548706v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Imad Al Kassaa" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah El Omari" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nada Abbas" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Papon" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0258913" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04549722v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/microorganisms9102107" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04549714v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andressa Fusieger" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gustavo Leite Mili&#227;o" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evandro Martins" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12602-021-09751-1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04548681v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.btre.2021.e00632" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03920010v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;gane Eveno" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Bazinet" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Gancel" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ismail Fliss" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00203-020-02016-5" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03921985v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liza Ouarabi" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farida Bendali" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00248-020-01606-6" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03546311v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Zgheib" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Belguesmia" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Drider" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12602-020-09730-y" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04548716v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.micres.2021.126864" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04548671v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vittorio Capozzi" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Lucia Valeria de Chiara" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Luisa Amodio" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samira Brahimi" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/microorganisms9040773" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.u-pec.fr/hal-04322060v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms222312877" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03919782v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Savard" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12602-020-09687-y" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03924264v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Bendjeddou" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Hamma-Faradji" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Ait Meddour" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Cudennec" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3920/BM2020.0155" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03881178v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amine Salouhi" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12602-020-09657-4" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04548690v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Charlet" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/antibiotics11010020" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04549717v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pasquale Russo" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms222112076" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03090013v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soufian Ider" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Cazals" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fbio.2020.100670" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03145557v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijerph17217835" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04549641v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Raveschot" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmeline Bertrand" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Flahaut" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Fr&#233;mont" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fbioe.2020.585815" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03490856v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Coutte" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Vaeremans" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jamyan Dugersuren" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodres.2020.109201" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03090027v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2020.01198" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.u-pec.fr/hal-04322039v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms21134653" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03089821v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms21228654" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.u-pec.fr/hal-04322052v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/foods9080985" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03488186v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodchem.2019.125415" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04549586v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Vach&#233;e" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Le Mar&#233;chal" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Salvat" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anaerobe.2020.102177" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04549712v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samira Soltani" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Riadh Hammami" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul D Cotter" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Rebuffat" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laila Ben Said" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/femsre/fuaa039" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.u-pec.fr/hal-04322008v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fbioe.2020.00644" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04549592v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Benbara" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Lalouche" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Bendali" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3920/BM2019.0116" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02913655v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12602-020-09632-z" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04549675v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mabrouk Kihal" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00203-019-01626-y" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02617752v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeanne Alard" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rezak Mendil" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Grangette" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jff.2019.04.028" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02627293v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yasmina Ait Chait" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamza Ait Seddik" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12602-017-9360-0" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02617813v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Lelievre-Desmas" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.idairyj.2018.09.002" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02618125v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;ria Quintana Cavicchioli" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Svetoslav Dimitrov Todorov" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilia Iliev" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iskra Ivanova" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s42770-019-00068-4" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01929342v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Rabodonirina" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Rasolomampianina" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Krier" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Merhaby" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jenvman.2018.11.005" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02404118v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zakia Boubechiche" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yen-Ju Pan" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Capucine Bialais" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemosphere.2018.12.148" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-HXV3V1XJ-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02621405v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karim Naghmouchi" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruce S. Seal" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10408398.2019.1688250" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04549625v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2019.00057" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02618536v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marwan Abdallah" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rabih Mourad" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Oussama Khelissa" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charafeddine Jama" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Medhat Abozid" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00203-019-01632-0" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02618649v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#239;t Cudnennec" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Grard" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12602-018-9461-4" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02628702v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Fremont" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2018.02354" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01925513v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ismail Altinbasak" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roxana Jijie" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bianka Golba" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rana Sanyal" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsami.8b14784" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02628838v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anderson C. Camargo" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Svetoslav D. Todorov" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. E. Chihib" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis A. Nero" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12033-018-0108-1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02973515v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brian B. Oakley" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harald Br&#252;ssow" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Bikard" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13567-018-0563-5" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04549726v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mattia Pia Arena" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00253-018-9403-9" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02627071v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alaa Al Seraih" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Baah" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12602-017-9357-8" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02629100v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yazen Yaseen" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Awa Diop" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Max B&#233;chet" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Jacques" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00203-018-1483-5" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04549731v1" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Lecl&#232;re" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/genomeA.00695-17" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01716582v1" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chengnan Li" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ran Ye" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Bouckaert" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amaia Zurutuza" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsami.7b12949" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04538577v1" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijfoodmicro.2016.07.005" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02626840v1" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=- Hamza Ait Seddik" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.resmic.2016.12.003" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02627061v1" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01601157v1" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Ceugniez" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melissa Tourret" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.lwt.2017.03.056" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02622190v1" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronique Delcenserie" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijfoodmicro.2017.07.015" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01607824v1" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine L. Caly" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mickael Chevalier" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Khassaf Al Atya" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijantimicag.2016.11.016" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02622547v1" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.resmic.2017.03.004" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02621871v1" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2017.01919" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01600950v1" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijfoodmicro.2016.10.034" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01938107v1" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kelly Biaggini" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Borrel" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Szunerits" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Awa N&#8217;diaye" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13099-017-0171-3" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01606060v1" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alaa Al-Seraih" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10482-016-0791-5" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02633113v1" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Le Bris" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Duflos" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jafc.5b04997" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03153645v1" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Houcem Maaoui" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guo-Hui Pan" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Caly" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcis.2016.07.002" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-V6MTHRVN-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01601642v1" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed K. Al Atya" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hikmate Abriouel" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Jouy" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12602-016-9227-9" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02635447v1" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karima Drider-Hadiouche" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Vachee" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.resmic.2015.12.002" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01607633v1" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael L. Chikindas" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12602-016-9223-0" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05233398v1" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Hober" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monzer Hamze" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Caloone" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anny Dewilde" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00203-015-1101-8" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02634502v1" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remain d'Inca" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2015.01336" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/hal-00871707v1" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Alain Fleury" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireille Bruneau" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Sanders" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijantimicag.2013.06.012" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-W40GNS30-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02645667v1" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samia Mezaache-Aichour" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abla Guechi" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jane Nicklin" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herve H. Pr&#233;vost" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02647244v1" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soumaya Messaoudi" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Kergourlay" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Albert Rossero" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mounir Ferchichi" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2436/20.1501.01.140" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02643566v1" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jitka Rihakova" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katerina Demnerova" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12223-011-0024-2" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/EAF9C7F4BA54011369D570899F855D67064DE6DF/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01938264v1" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amar Madi" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Sperandio" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annabelle M&#233;rieau" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Feuilloley" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.resmic.2010.09.019" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-RS5Q1F3M-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02661846v1" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monica Wachsman" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabetta Tom&#233;" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier X. Dousset" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Teresa Destro" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fm.2010.05.001" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02660377v1" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S D Todorov" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.meatsci.2009.08.053" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-7BNRJDP0-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02657755v1" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y Belguesmia" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvan Choiset" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H Prevost" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mich&#232;le M. Dalgalarrondo" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Chobert" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1155/2010/986460" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02660361v1" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;gol&#232;ne Calvez" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Achim Kohler" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Trond Moretro" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12602-010-9048-1" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02662367v1" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Cappelier" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Hue" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel M. Federighi" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AAC.00765-09" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00393674v1" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Rihakova" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. W. Petit" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. F. Pilet" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Pr&#233;vost" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1472-765X.2008.02490.x" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00393630v1" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa W Petit" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Pr&#233;vost" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AEM.02266-08" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02653871v1" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Prevost" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02663389v1" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12223-008-0063-5" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-JR0B6KF1-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02661749v1" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Rinc&#233;" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Auffray" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1099/mic.0.2006/004812-0" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02656795v1" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Richard" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raquel Canon" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique D. Bertrand" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fm.2005.02.001" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-M2JSPW1R-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02668335v1" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gunnar Fimland" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann H&#233;chard" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lynn Mcmullen" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/MMBR.00016-05" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02658374v1" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Cuozzo" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02667980v1" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Naghmouchi" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Kheadr" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Lacroix" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-2672.2005.02771.x" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02677146v1" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Pelle" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1472-765X.2005.01696.x" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02675188v1" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Richard" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khalil Elmorjani" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Marion" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00895514v1" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Leroi" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Brillet" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cinta Rachman" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Connil" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/lait:2003029" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00929578v1" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paloma Lopez" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ni&#232;ves Garcia-Quintans" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Angeles Corrales" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Magni" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02703868v1" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilhem Janbon" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Chemardin" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Arnaud" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Galzy" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04549472v1" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04549401v1" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Augusto Nero" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Fernandes Carvalho" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04549382v1" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Rodrigues de Jesus Silva" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04549612v1" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Md R Tanver Rahman" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Biron" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04549434v1" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04549465v1" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04549709v1" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04549728v1" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nuria Vieco Saiz" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04547603v1" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yinling Liu" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04549350v1" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04549334v1" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Erundina de Luna Moraes Leite" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Keila Aparecida" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04549631v1" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lylia Ouarabi" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samia Hamma-Faraadji" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04549419v1" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nacim Barrache" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04549493v1" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04549311v1" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tanver Rahman" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04549746v1" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04549736v1" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04549642v1" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04549695v1" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04549287v1" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04549809v1" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Mateos" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04549828v1" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04549799v1" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Mat&#233;os" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04549815v1" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04550441v1" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04549753v1" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02374107v1" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Borrel" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K Biaggini" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A N&#8217;diaye" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01285403v1" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Net-David" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Ouddane" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04551937v1" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04550545v1" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Javier Pizarro-Cerd&#225;" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04550558v1" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04549104v1" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04549110v1" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04551217v1" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Manuel Rivera Arredondo" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04549111v1" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04549121v1" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04549116v1" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04550405v1" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04551049v1" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04550419v1" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04550397v1" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04551018v1" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04551031v1" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04551028v1" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02166016v1" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Krier" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nour-Eddine Chihib" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X Dousset" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02165956v1" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Hamze" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>