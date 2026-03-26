--- v0 (2026-03-04)
+++ v1 (2026-03-26)
@@ -1188,242 +1188,242 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02161873v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Un terroir sur le plateau de Tours nord, de l’âge du Fer au Moyen Âge : les fouilles de la première ligne de Tramway de l’agglomération tourangelle (Centre de Maintenance et Parking Relais)</w:t>
-[...75 lines deleted...]
-              <w:t xml:space="preserve">Agnès Couderc; Jean-Marie Laruaz. </w:t>
+                <w:t xml:space="preserve">Courtempierre &amp;quot;Les Genièvres&amp;quot; (45)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dorothée Lusson</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Baray. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Des établissements laténiens et gallo-romains sur le plateau de Tours Nord (Indre-et-Loire) : Les fouilles de Champ Chardon et du Tramway</w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">, pp.157-315, 2018, 69e supplément à la RACF</w:t>
+              <w:t xml:space="preserve">Les Sénons. Archéologie et et histoire d'un peuple gaulois.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Snoeck, 2018, 9789461614766</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04044432v1</w:t>
+                <w:t xml:space="preserve">hal-04222325v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Courtempierre &amp;quot;Les Genièvres&amp;quot; (45)</w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve">Baray. </w:t>
+                <w:t xml:space="preserve">Un terroir sur le plateau de Tours nord, de l’âge du Fer au Moyen Âge : les fouilles de la première ligne de Tramway de l’agglomération tourangelle (Centre de Maintenance et Parking Relais)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marie Laruaz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Grégory Poitevin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francesca Di Napoli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Barthélemy-Sylvand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Bouillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Agnès Couderc; Jean-Marie Laruaz. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les Sénons. Archéologie et et histoire d'un peuple gaulois.</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Snoeck, 2018, 9789461614766</w:t>
+              <w:t xml:space="preserve">Des établissements laténiens et gallo-romains sur le plateau de Tours Nord (Indre-et-Loire) : Les fouilles de Champ Chardon et du Tramway</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">FERACF</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.157-315, 2018, 69e supplément à la RACF</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04222325v1</w:t>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04044432v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les établissements ruraux de La Tène finale (IIe - milieu Ier siècle av. J.-C.) et du Haut-Empire (Ier- IIIe siècle ap. J.-C.) du site de Tours &amp;quot;Champ Chardon&amp;quot; (Indre-et-Loire)</w:t>
               </w:r>
@@ -2035,51 +2035,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Construction, occupation et déconstruction de la grange gallo-romaine du “Parc des Châteaux” à La Chaussée-Saint-Victor (Loir-et-Cher)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégory Poitevin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Bigot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3705,633 +3705,633 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Centre Val-de Loire, Indre-et-Loire, Amboise, 3 rue Rouget de Lisle. Amboise, oppidum des Châtelliers : du sanctuaire gaulois au sanctuaire antique (100 av. – 70 ap. J.-C.). Rapport de fouille archéologique.</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Jean Marie Laruaz</w:t>
+                <w:t xml:space="preserve">PCR AMBACIA, autorisation triennale 2024-2026, 1ere année. Rapport de Projet Collectif de Recherche</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marie Laruaz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julien Boislève</w:t>
+                <w:t xml:space="preserve">Astrid Baudoin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Séverine Braguier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laureline Cinçon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francesca Di Napoli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Inrap - Centre Île-de-France; SADIL/CD37. 2025, 2 vol. (521 p. ; 995 p.)</w:t>
+              <w:t xml:space="preserve">Conseil départemental d'Indre-et-Loire; Inrap; Eveha. 2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05210799v1</w:t>
+                <w:t xml:space="preserve">hal-04928063v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Centre-Val de Loire, Indre-et-Loire, Amboise, Rue Victor Hugo et Racine. Rapport de diagnostic archéologique</w:t>
+                <w:t xml:space="preserve">Centre-Val de Loire, Indre-et-Loire, Amboise, ZA La Boitardière ouest, rapport de diagnostic archéologique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Couderc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Bébien-Dabek</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Bouillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Séverine Braguier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Gardère</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...37 lines deleted...]
-              <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Inrap Centre-Île-de-France. 2025, 1 vol. (110 p.)</w:t>
+              <w:t xml:space="preserve">Inrap Centre-Île-de-France. 2025, 1 vol. (124 p.)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05160076v1</w:t>
+                <w:t xml:space="preserve">hal-05160071v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">PCR AMBACIA, autorisation triennale 2024-2026, 1ere année. Rapport de Projet Collectif de Recherche</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jean-Marie Laruaz</w:t>
+                <w:t xml:space="preserve">Archéologie des conflits contemporains en régions Île-de-France et Centre-Val de Loire - Programme Collectif de Recherche - Rapport 2025</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gwénaël Mercé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Ancel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Astrid Baudoin</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Francesca Di Napoli</w:t>
+                <w:t xml:space="preserve">Aurélie Battistini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bauchet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mehdi Belarbi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Conseil départemental d'Indre-et-Loire; Inrap; Eveha. 2025</w:t>
+              <w:t xml:space="preserve">Inrap; Office national des forêts (ONF); Service régional d'archéologie d'Île-de-France; Service archéologie du département du Val-de-Marne; Département de la Seine-Saint-Denis. 2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
-          </w:p>
-[...8 lines deleted...]
-                <w:t xml:space="preserve">hal-04928063v1</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05443879v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Archéologie des conflits contemporains en régions Île-de-France et Centre-Val de Loire - Programme Collectif de Recherche - Rapport 2025</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Centre-Val de Loire, Indre-et-Loire, Amboise, Rue Victor Hugo et Racine. Rapport de diagnostic archéologique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Couderc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Gardère</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Françoise Yvernault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Barret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Bébien-Dabek</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Inrap Centre-Île-de-France. 2025, 1 vol. (110 p.)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rémi Ancel</w:t>
-[...72 lines deleted...]
-                <w:t xml:space="preserve">hal-05443879v1</w:t>
+                <w:t xml:space="preserve">hal-05160076v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Centre-Val de Loire, Indre-et-Loire, Amboise, ZA La Boitardière ouest, rapport de diagnostic archéologique</w:t>
+                <w:t xml:space="preserve">Centre Val-de Loire, Indre-et-Loire, Amboise, 3 rue Rouget de Lisle. Amboise, oppidum des Châtelliers : du sanctuaire gaulois au sanctuaire antique (100 av. – 70 ap. J.-C.). Rapport de fouille archéologique.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Couderc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId106" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Jérôme Bouillon</w:t>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Marie Laruaz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Boislève</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Séverine Braguier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Philippe Gardère</w:t>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laureline Cinçon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Inrap Centre-Île-de-France. 2025, 1 vol. (124 p.)</w:t>
+              <w:t xml:space="preserve">Inrap - Centre Île-de-France; SADIL/CD37. 2025, 2 vol. (521 p. ; 995 p.)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId115" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05160071v1</w:t>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05210799v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">PCR AMBACIA, année probatoire 2023. Rapport de Projet Collectif de Recherche</w:t>
               </w:r>
@@ -4474,51 +4474,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Aunay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Bebien-Dabek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Bouillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Séverine Braguier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -4592,51 +4592,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joël Mortreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Aunay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Barret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Boucher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -4909,149 +4909,145 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-05070889v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Amboise (37), Réserve de la &amp;quot;Butte de César&amp;quot;, campagne 2021. Rapport de fouille archéologique programmée</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jean-Marie Laruaz</w:t>
+                <w:t xml:space="preserve">Loiret, Meung-sur-Loire, ZAC Synergie Val-de-Loire, les Bouillants et la Maison Neuve : De l'établissement aristocratique laténien à l'exploitation rurale antique : rapport de fouille</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Philippe Gay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre Adam</w:t>
+                <w:t xml:space="preserve">Mathilde Noël</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Samuel Bédécarrats</w:t>
+                <w:t xml:space="preserve">Tellier Alice</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Grégory Bayle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quentin Borderie</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Thomas Boucher</w:t>
+                <w:t xml:space="preserve">Luisella Cabboï</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Service Archéologique départemental d'Indre-et-Loire (SADIL). Chambray-lès-Tours. 2022, 2 vol. (409 p., 692 p.)</w:t>
+              <w:t xml:space="preserve">INRAP CIF, Pantin. 2022, 8 vol., 3370 pp</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04197146v1</w:t>
+                <w:t xml:space="preserve">hal-04736442v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tours, av. G Eiffel, rue P. et M. Curie, rue de Belgique : Centre-Val de Loire, Indre-et-Loire</w:t>
               </w:r>
@@ -5153,145 +5149,149 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04397123v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Loiret, Meung-sur-Loire, ZAC Synergie Val-de-Loire, les Bouillants et la Maison Neuve : De l'établissement aristocratique laténien à l'exploitation rurale antique : rapport de fouille</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jean-Philippe Gay</w:t>
+                <w:t xml:space="preserve">Amboise (37), Réserve de la &amp;quot;Butte de César&amp;quot;, campagne 2021. Rapport de fouille archéologique programmée</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marie Laruaz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mathilde Noël</w:t>
+                <w:t xml:space="preserve">Pierre Adam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tellier Alice</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Grégory Bayle</w:t>
+                <w:t xml:space="preserve">Samuel Bédécarrats</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Luisella Cabboï</w:t>
+                <w:t xml:space="preserve">Quentin Borderie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Boucher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">INRAP CIF, Pantin. 2022, 8 vol., 3370 pp</w:t>
+              <w:t xml:space="preserve">Service Archéologique départemental d'Indre-et-Loire (SADIL). Chambray-lès-Tours. 2022, 2 vol. (409 p., 692 p.)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport technique)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04736442v1</w:t>
+                <w:t xml:space="preserve">hal-04197146v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Levroux, Le Pré Cottin : Centre-Val de Loire, Indre</w:t>
               </w:r>
@@ -5779,51 +5779,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marie Laruaz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Anglade</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Borderie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Boucher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6023,64 +6023,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marie Laruaz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Anglade</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Bédécarrats</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Borderie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Boucher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -6235,271 +6235,271 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04201590v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Centre-Val de Loire, Loir-et-Cher, Pontlevoy, Boulevard des Tilleuls, Chevrière</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Sylvia Jouanneau-Bigot</w:t>
+                <w:t xml:space="preserve">Amboise, Village Vacances Familles (VVF) des Violettes. Fouilles sur le flanc nord de l'oppidum d'Ambacia. Rapport Final d'Opération de Fouille (site 37.003.139.AH)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marie Laruaz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laureline Cinçon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francesca Di Napoli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alix Fourré</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Fiona Kildea</w:t>
+                <w:t xml:space="preserve">Matthieu Gaultier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Lebrun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">[Rapport de recherche] Inrap CIF; SRA Centre - Val de Loire. 2018, 218 p</w:t>
+              <w:t xml:space="preserve">Conseil Départemental d'Indre-et-Loire. Tours. 2018, 3 vol. (298 p., 508 p., 275 p.)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+              <w:t xml:space="preserve"> (rapport technique)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02495836v1</w:t>
+                <w:t xml:space="preserve">hal-04206631v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Amboise, Village Vacances Familles (VVF) des Violettes. Fouilles sur le flanc nord de l'oppidum d'Ambacia. Rapport Final d'Opération de Fouille (site 37.003.139.AH)</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Centre-Val de Loire, Loir-et-Cher, Pontlevoy, Boulevard des Tilleuls, Chevrière</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvia Jouanneau-Bigot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alix Fourré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Gardère</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Holzem</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fiona Kildea</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] Inrap CIF; SRA Centre - Val de Loire. 2018, 218 p</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Matthieu Gaultier</w:t>
-[...46 lines deleted...]
-                <w:t xml:space="preserve">hal-04206631v1</w:t>
+                <w:t xml:space="preserve">hal-02495836v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amboise (37), Rue du Petit-Bonheur/Ruelle Farcin - Fouille d’un quartier sur le flanc sud de l’oppidum d’Ambacia. Rapport de fouille archéologique</w:t>
               </w:r>
@@ -6723,149 +6723,149 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02556552v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Amboise (Indre-et-Loire), 7 rue Rouget de l'Isle. Construction d'une extension : rapport de diagnostic</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Occupation du plateau au nord de la Loire à Tours (Indre-et-Loire), entre Choisille et Bédoire du Ve s. av. n.-è. au Ier s. de n.-è.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dorothée Lusson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marie Laruaz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Couderc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francesca Di Napoli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Murielle Troubady</w:t>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Linger-Riquier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Inrap Centre-Île-de-France. 2017, 1 vol. (53 p.)</w:t>
+              <w:t xml:space="preserve">[Rapport de recherche] Inrap, Sadil. 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05160074v1</w:t>
+                <w:t xml:space="preserve">hal-01588428v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Centre-Val de Loire, Loir-et-Cher, La Chaussée-Saint-Victor, ZA &amp;quot;Le Parc des Châteaux&amp;quot;. Les occupations protohistoriques du &amp;quot;Parc des Châteaux</w:t>
               </w:r>
@@ -6967,389 +6967,389 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01757148v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Occupation du plateau au nord de la Loire à Tours (Indre-et-Loire), entre Choisille et Bédoire du Ve s. av. n.-è. au Ier s. de n.-è.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Amboise (Indre-et-Loire), 7 rue Rouget de l'Isle. Construction d'une extension : rapport de diagnostic</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Couderc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francesca Di Napoli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dorothée Lusson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Sandrine Linger-Riquier</w:t>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Fontaine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Murielle Troubady</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">[Rapport de recherche] Inrap, Sadil. 2017</w:t>
+              <w:t xml:space="preserve">Inrap Centre-Île-de-France. 2017, 1 vol. (53 p.)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01588428v1</w:t>
+                <w:t xml:space="preserve">hal-05160074v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">PCR Plateau de Tours Nord Rapport 2015</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Descartes (Indre-et-Loire), Marchais des Sables. Les occupations du Magdalénien et du Néolithique ; les établissements ruraux de la Tène finale (80 av. à 10/15 ap. J.-C.) et du Haut-Empire (IIe - IIIe s. ap. J.-C.)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Couderc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Barret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Séverine Braguier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francesca Di Napoli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...13 lines deleted...]
-              <w:t xml:space="preserve">[Rapport de recherche] Université François Rabelais. 2016</w:t>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alix Fourré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Inrap Centre-Île-de-France. 2016, 1 vol. (491 p.)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-01282690v1</w:t>
+                <w:t xml:space="preserve">hal-04504394v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Descartes (Indre-et-Loire), Marchais des Sables. Les occupations du Magdalénien et du Néolithique ; les établissements ruraux de la Tène finale (80 av. à 10/15 ap. J.-C.) et du Haut-Empire (IIe - IIIe s. ap. J.-C.)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">PCR Plateau de Tours Nord Rapport 2015</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dorothée Lusson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marie Laruaz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Couderc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId105" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francesca Di Napoli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId155" w:history="1">
-[...17 lines deleted...]
-              <w:t xml:space="preserve">Inrap Centre-Île-de-France. 2016, 1 vol. (491 p.)</w:t>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Murielle Troubady</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] Université François Rabelais. 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04504394v1</w:t>
+                <w:t xml:space="preserve">halshs-01282690v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evena, rapport de projet collectif de recherche 2012-2014</w:t>
               </w:r>
@@ -7361,51 +7361,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Chimier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Fouillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Bouillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Cherdo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7693,51 +7693,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">LGV SEA - D'un habitat rural enclos gaulois à une villa antique à deux cours en Sud-Touraine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégory Poitevin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Barthélémy-Sylvand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7959,51 +7959,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Couderc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaëlle Robert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Bouillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Cambou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8424,51 +8424,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="428BAFDC"/>
+    <w:nsid w:val="C7F3A0DE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -8655,51 +8655,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/dlusson" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0000-7375-4960" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01757030v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Couvin" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Boucher" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Pierre Chambon" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Ch&#233;roux" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marielle Del&#233;mont" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02162018v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Laruaz" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Andrieu" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cin&#231;on Laureline" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Couderc" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05022503v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Doroth&#233;e Lusson" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.afeaf.org/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03514149v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Augier" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesca Di Napoli" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Gay" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-03046042v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Langry-Fran&#231;ois" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Bayle" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Pradat" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://journals.openedition.org/racf/4266" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-03225190v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Colonna" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Drwila" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02161873v2" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Murielle Troubady" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Chimier" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Gaultier" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04044432v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Poitevin" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Barth&#233;lemy-Sylvand" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Bouillon" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://journals.openedition.org/racf/2613" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04222325v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04505278v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Boulen" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Cambou" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cilia Cammas" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01764582v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ausoniuseditions.u-bordeaux-montaigne.fr/" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01240156v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Mortreau" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Cherdo" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04222370v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Jesset" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Joyeux" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Massat" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Miejac" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01240177v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Maguer" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05066951v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Bigot" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Gard&#232;re" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04222406v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Marie Laruaz" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04222390v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Bartholome" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Linger-Riquier" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04222425v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-03676060v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Barbier-Pain" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02523024v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fiona Kildea" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Braguier" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/afeaf.2019.1205" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01331586v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Roux" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01240126v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Fouillet" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Fontaine" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01240182v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01252829v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01252826v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01240165v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Leconte" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Higelin Mathias" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanina Susini" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01240170v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Poupon Fr&#233;d&#233;ric" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Froquet-Uzel" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02861223v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Joly" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05011288v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvia Jouanneau-Bigot" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Juge" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05077463v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine R&#233;aud" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryse Blet-Lemarquand" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvia Nieto-Pelletier" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05210799v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Boisl&#232;ve" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laureline Cin&#231;on" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05160076v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Yvernault" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Barret" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile B&#233;bien-Dabek" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04928063v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Astrid Baudoin" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05443879v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gw&#233;na&#235;l Merc&#233;" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Ancel" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Battistini" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Bauchet" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehdi Belarbi" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05160071v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04882218v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessie Duval" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04346743v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwena&#235;l Roy" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Aunay" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Bebien-Dabek" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04397130v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04195878v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Berranger" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bon C&#233;line" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05070889v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Fondrillon" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04197146v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Adam" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel B&#233;d&#233;carrats" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Borderie" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04397123v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mahaut Digan" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Millet" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04736442v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde No&#235;l" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tellier Alice" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luisella Cabbo&#239;" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04397277v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04094105v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Baguenier" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Coffineau" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05160065v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Livet" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-04504999v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Holzem" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04195856v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Anglade" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02173040v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Braguier" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04195851v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04201590v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Robert" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02495836v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alix Fourr&#233;" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04206631v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Gaultier" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Lebrun" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04204198v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02556552v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Bauvais" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Braguier S&#233;verine" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cincon Laureline" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05160074v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-01757148v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mortreau Jo&#235;l" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01588428v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01282690v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04504394v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03285678v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Chollet" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01282613v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Godignon" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04829550v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01756942v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Barth&#233;l&#233;my-Sylvand" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Riquier" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simard M&#233;lanie" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04829506v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel David" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05210682v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05209624v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Duval" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Irribarria" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Josset" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05370923v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Sarreste" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/dlusson" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0000-7375-4960" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01757030v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Couvin" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Boucher" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Pierre Chambon" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Ch&#233;roux" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marielle Del&#233;mont" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02162018v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Laruaz" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Andrieu" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cin&#231;on Laureline" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Couderc" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05022503v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Doroth&#233;e Lusson" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.afeaf.org/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03514149v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Augier" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesca Di Napoli" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Gay" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-03046042v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Langry-Fran&#231;ois" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Bayle" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Pradat" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://journals.openedition.org/racf/4266" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-03225190v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Colonna" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Drwila" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02161873v2" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Murielle Troubady" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Chimier" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Gaultier" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04222325v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04044432v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Poitevin" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Barth&#233;lemy-Sylvand" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Bouillon" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://journals.openedition.org/racf/2613" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04505278v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Boulen" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Cambou" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cilia Cammas" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01764582v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ausoniuseditions.u-bordeaux-montaigne.fr/" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01240156v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Mortreau" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Cherdo" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04222370v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Jesset" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Joyeux" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Massat" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Miejac" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01240177v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Maguer" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05066951v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Bigot" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Gard&#232;re" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04222406v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Marie Laruaz" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04222390v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Bartholome" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Linger-Riquier" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04222425v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-03676060v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Barbier-Pain" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02523024v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fiona Kildea" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Braguier" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/afeaf.2019.1205" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01331586v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Roux" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01240126v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Fouillet" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Fontaine" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01240182v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01252829v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01252826v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01240165v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Leconte" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Higelin Mathias" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanina Susini" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01240170v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Poupon Fr&#233;d&#233;ric" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Froquet-Uzel" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02861223v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Joly" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05011288v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvia Jouanneau-Bigot" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Juge" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05077463v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine R&#233;aud" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryse Blet-Lemarquand" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvia Nieto-Pelletier" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04928063v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Astrid Baudoin" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laureline Cin&#231;on" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05160071v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile B&#233;bien-Dabek" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05443879v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gw&#233;na&#235;l Merc&#233;" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Ancel" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Battistini" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Bauchet" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehdi Belarbi" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05160076v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Yvernault" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Barret" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05210799v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Boisl&#232;ve" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04882218v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessie Duval" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04346743v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwena&#235;l Roy" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Aunay" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Bebien-Dabek" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04397130v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04195878v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Berranger" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bon C&#233;line" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05070889v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Fondrillon" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04736442v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde No&#235;l" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tellier Alice" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luisella Cabbo&#239;" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04397123v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mahaut Digan" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Millet" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04197146v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Adam" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel B&#233;d&#233;carrats" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Borderie" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04397277v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04094105v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Baguenier" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Coffineau" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05160065v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Livet" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-04504999v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Holzem" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04195856v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Anglade" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02173040v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Braguier" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04195851v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04201590v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Robert" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04206631v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Gaultier" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Lebrun" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02495836v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alix Fourr&#233;" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04204198v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02556552v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Bauvais" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Braguier S&#233;verine" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cincon Laureline" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01588428v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-01757148v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mortreau Jo&#235;l" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05160074v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04504394v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01282690v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03285678v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Chollet" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01282613v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Godignon" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04829550v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01756942v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Barth&#233;l&#233;my-Sylvand" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Riquier" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simard M&#233;lanie" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04829506v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel David" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05210682v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05209624v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Duval" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Irribarria" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Josset" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05370923v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Sarreste" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>