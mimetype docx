--- v0 (2026-03-05)
+++ v1 (2026-03-27)
@@ -66,3754 +66,3754 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
+        <w:t xml:space="preserve">Article dans une revue (20)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId7" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Co-exposure to inhaled tungsten particles and low-dose gamma rays: neurotoxicological outcome in rats</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Théo Fréchard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Bachelot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Ménard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloe Brizais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Leo Mace</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 15 (1), pp.18307. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41598-025-02278-3⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId7" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05100689v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Effets indésirables des rayons X</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Odile Bernier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Jacob</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dmitry Klokov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Laurier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Mandin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">EM Consulte</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/S1879-8497(25)44182-X⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05474636v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Low to moderate dose 137 Cs (γ) radiation promotes M2 type macrophage skewing and reduces atherosclerotic plaque CD68+ cell content in ApoE (-/-) mice</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Rey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Celine Gloaguen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dimitri Kereselidze</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christelle Elie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloe Brizais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 14 (1), pp.12450. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41598-024-63084-x⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">irsn-04595016v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">In utero exposure to ionizing radiation and metabolic regulation: perspectives for future multi-and trans-generation effects studies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Grison</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ignacia Iii Braga-Tanaka</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarah Baatout</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dmitry Klokov</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">International Journal of Radiation Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 100 (9), pp.1283-1296. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/09553002.2023.2295293⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">irsn-04358175v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Exposure to tungsten particles via inhalation triggers early toxicity marker expression in the rat brain</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Leo Mace</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloe Brizais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Bachelot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annabelle Manoury</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Thomé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Inhalation Toxicology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 36 (4), pp.261-274. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/08958378.2024.2349895⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04602079v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Artificial intelligence in biology and medicine, and radioprotection research: perspectives from Jerusalem</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yehoshua Socol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ariella Richardson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Imene Garali Zineddine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephane Grison</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Vares</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Frontiers in Artificial Intelligence</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 6, pp.1291136. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/frai.2023.1291136⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">irsn-04669199v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The scientific basis for the use of the linear no-threshold (LNT) model at low doses and dose rates in radiological protection</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Laurier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Billarand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dmitry Klokov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Klervi Leuraud</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Radiological Protection</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 43 (2), pp.024003. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/1361-6498/acdfd7⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04246107v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fondements scientifiques de l’utilisation du modèle linéaire sans seuil (LNT) aux faibles doses et débits de dose en radioprotection</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Laurier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Billarand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dmitry Klokov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Klervi Leuraud</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Radioprotection</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 58 (4), pp.243 - 260. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/radiopro/2023036⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">irsn-04360300v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Risk of Developing Non-Cancerous Central Nervous System Diseases Due to Ionizing Radiation Exposure during Adulthood: Systematic Review and Meta-Analyses</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Lopes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Klervi Leuraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dmitry Klokov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christelle Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Odile Bernier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Brain Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 12 (8), pp.984. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/brainsci12080984⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03759207v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Radiation adverse outcome pathways (AOPs) are on the horizon: advancing radiation protection through an international Horizon-Style exercise</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie J Burtt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Leblanc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kristi Randhawa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Addie Ivanova</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Murray A Rudd</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">International Journal of Radiation Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 98 (12), pp.1763-1776. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/09553002.2022.2121439⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">irsn-04021225v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ionizing radiation exposure during adulthood and risk of developing central nervous system tumors: systematic review and meta-analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Lopes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clémence Baudin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Klervi Leuraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dmitry Klokov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Odile Bernier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 12 (1), pp.16209. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41598-022-20462-7⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">irsn-03879491v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">International expert group collaboration for developing an adverse outcome pathway for radiation induced leukemia</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dmitry Klokov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kimberly Applegate</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Badie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dag Anders Brede</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fieke Dekkers</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">International Journal of Radiation Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 98 (12), pp.1802 - 1815. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/09553002.2022.2117873⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">irsn-04021149v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Biomarkers of genotoxicity in medical workers exposed to low dose ionizing radiation: systematic review and meta-analyses</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clemence Baudin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Odile Bernier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dmitry Klokov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria Grazia Andreassi</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">International Journal of Molecular Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 22 (14), pp.7504. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/ijms22147504⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03354888v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ionizing Radiation and Translation Control: A Link to Radiation Hormesis?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Usha Kabilan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tyson E Graber</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tommy Alain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dmitry Klokov</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">International Journal of Molecular Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 21 (18), pp.6650. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/ijms21186650⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">irsn-04021207v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Plasma levels of SAA1 and mortality after exposure to high-dose radiation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dmitry Klokov</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Annals of translational medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 8 (11), pp.661. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.21037/atm.2020.03.172⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03716882v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Radioresistance, DNA Damage and DNA Repair in Cells With Moderate Overexpression of RPA1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ilya O Velegzhaninov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elena S Belykh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elena E Rasova</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yana I Pylina</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dmitry M Shadrin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Frontiers in Genetics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 11, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fgene.2020.00855⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">irsn-04021239v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cytogenetic damage analysis in mice chronically exposed to low-dose internal tritium beta-particle radiation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Roch-Lefevre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Gregoire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Martin-Bodiot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Flegal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Fréneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Oncotarget</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 9 (44), pp.27397-27411. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.18632/oncotarget.25282⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02874504v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">In vivo animal studies help achieve international consensus on standards and guidelines for health risk estimates for chronic exposure to low levels of tritium in drinking water</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Guéguen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N.D. Priest</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">I. Dublineau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Bannister</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Benderitter</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Environmental and Molecular Mutagenesis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 59 (7), pp.586-594. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/em.22200⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02874507v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Environmentally Relevant Chronic Low-Dose Tritium and Gamma Exposures do not Increase Somatic Intrachromosomal Recombination in pKZ1 Mouse Spleen</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Bannister</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Serran</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Bertrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Klokov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Wyatt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Radiation Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 186 (6), pp.539-548. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1667/RR14564.1⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02559804v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The Lack of Cytotoxic Effect and Radioadaptive Response in Splenocytes of Mice Exposed to Low Level Internal β-Particle Irradiation through Tritiated Drinking Water in Vivo</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthew C. Flegal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Melinda Blimkie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Roch-Lefèvre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Gregoire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dmitry Klokov</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">International Journal of Molecular Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 14 (12), pp.23791-23800. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/ijms141223791⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05067415v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (9)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId7" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">RNA-Seq: single or multimodal integration approach to understand the impact of low doses radiation under colon cancer?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Imène Garali</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Geoffroy Cochin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Vares</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stephane Grison</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Holly Laakso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">9th European Radiation Protection Week (ERPW 2025)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, UK Health Security Agency (UKHSA), Sep 2025, London, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId7" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05495357v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sexual dimorphism in Cs137 accumulation after chronic low dose exposure in mice</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Helene Quelquejay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloe Brizais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eva Cron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Bachelot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Monceau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The 48th European Radiation Research Society Meeting - 2024</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2024, Porto (Portugal), Portugal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">irsn-04594703v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Integration of heterogeneous data to understand the effect of low doses of HTO on intestinal tumorigenesis in the APCmin/+ mouse model</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Imene Garali Zineddine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Geoffroy Cochin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Vares</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stephane Grison</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Holly Laakso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ICRR2023 - The 17th International Congress for Radiation Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, European Radiation Research Society (ERRS), Aug 2023, Montréal, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">irsn-04739903v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effets d’une contamination chronique aux faibles doses de Cesium 137 (Cs137) sur l’atherosclérose chez des souris ApoE</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Quelquejay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloe Brizais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Bachelot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Monceau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Goran Riazi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nouvelle Société française d'athérosclérose</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, NSFA - Société Francophone d’Athérosclérose, Jun 2023, Biarritz (France), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">irsn-04594654v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Radiological component of the exposome and risks of chronic diseases in the Constances cohort (CORALE)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Afi Mawulawoe Sylvie Henyoh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Laurent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Renaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Broggio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Blanchardon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Society for Radiation Epidemiology and Dosimetry 1st meeting - ISoRED 2023</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, ISGLOBAL, May 2023, Sitges (Barcelona), Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04967610v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Inhalation of tungsten particles: impact on the central nervous system, an unsuspected target organ</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leo Mace</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Thome</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Celine Gloaguen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Bachelot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloe Brizais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Congress of the European Society of Toxicology, EUROTOX</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2021, ONLINE, Denmark. pp.198, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/S0378-4274(21)00705-0⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03513512v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">COmposante RAdioLogique de l’Exposome, multi-expositions, risques de cancers et d’autres pathologies chroniques dans la cohorte Constances : le projet CORALE.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Laurent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Renaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serge Dreuil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Greau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Vignaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">11e congrès de la Société Francophone de Santé Environnement, SFSE</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, Lille (FR), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03150523v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etude de l’implication du stress dans la réponse aux faibles doses de rayonnements ionisants sur le système cardio et cérébrovasculaire. : Projet SIROCCO</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Helene Quelquejay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virginie Monceau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Virginie Monceau</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Stephane Grison</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chrystelle Ibanez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Société Francophone de Santé et Environnement, SFSE</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2020, LILLE, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03106508v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Integrating epidemiology and biology for radiation risk assessment</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Laurent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dmitry Klokov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Armant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle Adam-Guillermin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Roy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Radiation Protection Week, ERPW 2019</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2019, STOCKHOLM, Sweden</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03150527v1</w:t>
-              </w:r>
-[...2557 lines deleted...]
-                <w:t xml:space="preserve">hal-05067415v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Poster de conférence (10)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -3883,51 +3883,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Codan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Pascal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dmitry Klokov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EACR 2024 Congress: Innovative Cancer Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2024, Rotterdam, Netherlands</w:t>
@@ -3956,103 +3956,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Co-exposure to low-dose gamma irradiation with a chemical stressor causes differential outcomes on brain toxicity parameters in rat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Théo Fréchard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloe Brizais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Ménard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Bachelot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Celine Gloaguen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IRPA16 - International Radiation Protection Association Congress</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2024, Orlando (Florida), United States. </w:t>
@@ -4081,103 +4081,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Radiological component of the exposome and risks of chronic diseases in the Constances cohort (CORALE)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Laurent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Renaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Broggio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Blanchardon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serge Dreuil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Society for Radiation Epidemiology and Dosimetry ISoRED 2023</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2023, Sitges (Barcelona), Spain. </w:t>
@@ -4206,103 +4206,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Capturing the complex biology of low-dose effects using multimodal data integration: analysis of pros and cons using a mouse model of colon cancer as a case example</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Imene Garali Zineddine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Vares</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stephane Grison</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Holly Laakso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dmitry Klokov</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ERRS2022 - 47th Annual Meeting of the European Radiation Research Society</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2022, Catania (IT), Italy. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4327,103 +4327,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Radiological and chemical exposures and risks of cancer in the Constances cohort (COREXCA)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Laurent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Renaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Broggio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Blanchardon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serge Dreuil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ERPW2022 - 6th European Radiation Protection Week</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2022, Estoril, Portugal. , 2022</w:t>
@@ -4452,103 +4452,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Radiological component of the Exposome, multiple exposures, risks of cancer and other chronic diseases in the Constances cohort (CORALE)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Laurent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Renaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serge Dreuil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Greau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Vignaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ERPW2021 - 5th European Radiation Protection Week</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2021, Vienne, Austria. , 2021</w:t>
@@ -4577,90 +4577,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effects of low dose radiation on atherosclerosis in APOE(-/-) mice: study of short term effects on macrophage polarization</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Rey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Talin Ebrahimian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Celine Gloaguen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dimitri Kereselidze</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle Demarquay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -4715,90 +4715,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Multimodal analysis of small size data to understand the effects of low doses of ionizing radiation on atherosclerosis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Macine Bachir Abdelouahab</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Rey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Talin Ebrahimian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Celine Gloaguen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dimitri Kereselidze</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">JOBIM2021 - Journées Ouvertes en Biologie, Informatique et Mathématiques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2021, Paris, France. , Proceedings of JOBIM 2021</w:t>
@@ -4827,103 +4827,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ionizing radiation exposure during adulthood and risk of developing central nervous system diseases : systematic review and meta-analysis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Lopes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clemence Baudin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Klervi Leuraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dmitry Klokov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ISEE 2021 - 33rd Annual Conference of the International Society for Environmental Epidemiology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2021, NEW YORK (VIRTUAL), United States. 2021</w:t>
@@ -4952,103 +4952,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Composante RAdioLogique de l'Exposome, multi-expositions, risques de cancers et d'autres pathologies chroniques dans la cohorte Constances : le projet CORALE</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Laurent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Renaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serge Dreuil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Greau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Vignaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SFSE2020 - 11e congrès de la Société Francophone de Santé Environnement</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2020, Lille, France</w:t>
@@ -5246,51 +5246,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://asnr.hal.science/hal-05495357v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Im&#232;ne Garali" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geoffroy Cochin" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Vares" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Grison" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Holly Laakso" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://asnr.hal.science/irsn-04594703v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helene Quelquejay" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chloe Brizais" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva Cron" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Bachelot" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Monceau" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://asnr.hal.science/irsn-04739903v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Imene Garali Zineddine" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://asnr.hal.science/irsn-04594654v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Quelquejay" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Goran Riazi" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04967610v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Afi Mawulawoe Sylvie Henyoh" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Laurent" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Renaud" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Broggio" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Blanchardon" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03513512v2" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leo Mace" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Thome" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Gloaguen" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0378-4274(21)00705-0" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03150523v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Dreuil" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Greau" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Vignaud" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03106508v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Monceau" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Durand" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chrystelle Ibanez" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03150527v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dmitry Klokov" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Armant" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Adam-Guillermin" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Roy" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://asnr.hal.science/hal-05100689v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;o Fr&#233;chard" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique M&#233;nard" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-025-02278-3" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05474636v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Odile Bernier" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Jacob" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Laurier" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Mandin" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S1879-8497(25)44182-X" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://asnr.hal.science/irsn-04595016v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Rey" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitri Kereselidze" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Elie" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-024-63084-x" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://asnr.hal.science/irsn-04358175v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Grison" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ignacia Iii Braga-Tanaka" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Baatout" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09553002.2023.2295293" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04602079v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annabelle Manoury" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Thom&#233;" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/08958378.2024.2349895" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://asnr.hal.science/irsn-04669199v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yehoshua Socol" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ariella Richardson" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/frai.2023.1291136" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04246107v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Billarand" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Klervi Leuraud" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6498/acdfd7" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://asnr.hal.science/irsn-04360300v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/radiopro/2023036" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03759207v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Lopes" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Odile Bernier" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/brainsci12080984" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://asnr.hal.science/irsn-04021225v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie J Burtt" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Leblanc" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kristi Randhawa" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Addie Ivanova" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Murray A Rudd" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09553002.2022.2121439" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://asnr.hal.science/irsn-04021149v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kimberly Applegate" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Badie" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dag Anders Brede" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fieke Dekkers" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09553002.2022.2117873" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://asnr.hal.science/irsn-03879491v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Baudin" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-022-20462-7" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03354888v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clemence Baudin" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Grazia Andreassi" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms22147504" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03716882v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21037/atm.2020.03.172" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://asnr.hal.science/irsn-04021207v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Usha Kabilan" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tyson E Graber" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tommy Alain" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms21186650" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://asnr.hal.science/irsn-04021239v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilya O Velegzhaninov" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena S Belykh" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena E Rasova" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yana I Pylina" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dmitry M Shadrin" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fgene.2020.00855" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02874504v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Roch-Lefevre" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Gregoire" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Martin-Bodiot" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Flegal" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Fr&#233;neau" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18632/oncotarget.25282" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02874507v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Gu&#233;guen" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N.D. Priest" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Dublineau" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Bannister" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Benderitter" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/em.22200" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02559804v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Serran" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Bertrand" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Klokov" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Wyatt" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1667/RR14564.1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://asnr.hal.science/hal-05067415v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthew C. Flegal" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melinda Blimkie" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Roch-Lef&#232;vre" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms141223791" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://asnr.hal.science/irsn-04730239v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lissandre Gomot" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nora Essakhi" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Codan" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Pascal" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://asnr.hal.science/irsn-04730477v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04967677v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://asnr.hal.science/irsn-04740023v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://asnr.hal.science/irsn-04135253v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://asnr.hal.science/irsn-04032729v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04021267v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Talin Ebrahimian" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Demarquay" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://asnr.hal.science/irsn-04740064v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Macine Bachir Abdelouahab" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03505860v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://asnr.hal.science/irsn-04039172v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://asnr.hal.science/hal-05100689v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;o Fr&#233;chard" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Bachelot" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique M&#233;nard" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chloe Brizais" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leo Mace" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-025-02278-3" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05474636v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Odile Bernier" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Jacob" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dmitry Klokov" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Laurier" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Mandin" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S1879-8497(25)44182-X" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://asnr.hal.science/irsn-04595016v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Rey" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Gloaguen" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitri Kereselidze" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Elie" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-024-63084-x" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://asnr.hal.science/irsn-04358175v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Grison" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ignacia Iii Braga-Tanaka" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Baatout" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09553002.2023.2295293" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04602079v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annabelle Manoury" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Thom&#233;" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/08958378.2024.2349895" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://asnr.hal.science/irsn-04669199v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yehoshua Socol" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ariella Richardson" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Imene Garali Zineddine" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Grison" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Vares" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/frai.2023.1291136" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04246107v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Billarand" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Klervi Leuraud" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6498/acdfd7" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://asnr.hal.science/irsn-04360300v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/radiopro/2023036" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03759207v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Lopes" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Durand" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Odile Bernier" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/brainsci12080984" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://asnr.hal.science/irsn-04021225v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie J Burtt" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Leblanc" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kristi Randhawa" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Addie Ivanova" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Murray A Rudd" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09553002.2022.2121439" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://asnr.hal.science/irsn-03879491v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Baudin" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-022-20462-7" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://asnr.hal.science/irsn-04021149v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kimberly Applegate" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Badie" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dag Anders Brede" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fieke Dekkers" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09553002.2022.2117873" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03354888v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clemence Baudin" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Grazia Andreassi" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms22147504" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://asnr.hal.science/irsn-04021207v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Usha Kabilan" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tyson E Graber" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tommy Alain" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms21186650" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03716882v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21037/atm.2020.03.172" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://asnr.hal.science/irsn-04021239v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilya O Velegzhaninov" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena S Belykh" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena E Rasova" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yana I Pylina" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dmitry M Shadrin" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fgene.2020.00855" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02874504v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Roch-Lefevre" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Gregoire" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Martin-Bodiot" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Flegal" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Fr&#233;neau" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18632/oncotarget.25282" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02874507v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Gu&#233;guen" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N.D. Priest" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Dublineau" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Bannister" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Benderitter" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/em.22200" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02559804v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Serran" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Bertrand" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Klokov" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Wyatt" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1667/RR14564.1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://asnr.hal.science/hal-05067415v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthew C. Flegal" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melinda Blimkie" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Roch-Lef&#232;vre" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms141223791" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://asnr.hal.science/hal-05495357v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Im&#232;ne Garali" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geoffroy Cochin" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Holly Laakso" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://asnr.hal.science/irsn-04594703v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helene Quelquejay" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva Cron" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Monceau" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://asnr.hal.science/irsn-04739903v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://asnr.hal.science/irsn-04594654v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Quelquejay" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Goran Riazi" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04967610v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Afi Mawulawoe Sylvie Henyoh" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Laurent" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Renaud" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Broggio" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Blanchardon" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03513512v2" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Thome" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0378-4274(21)00705-0" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03150523v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Dreuil" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Greau" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Vignaud" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03106508v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Monceau" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chrystelle Ibanez" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03150527v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Armant" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Adam-Guillermin" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Roy" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://asnr.hal.science/irsn-04730239v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lissandre Gomot" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nora Essakhi" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Codan" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Pascal" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://asnr.hal.science/irsn-04730477v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04967677v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://asnr.hal.science/irsn-04740023v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://asnr.hal.science/irsn-04135253v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://asnr.hal.science/irsn-04032729v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04021267v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Talin Ebrahimian" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Demarquay" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://asnr.hal.science/irsn-04740064v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Macine Bachir Abdelouahab" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03505860v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://asnr.hal.science/irsn-04039172v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>