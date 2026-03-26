--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -4827,1333 +4827,1345 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00510408v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tuning the electronic communication between redox centers bound to insulating surfaces.</w:t>
+                <w:t xml:space="preserve">Charge Transfer between Electroactive Species Immobilized on Carbon Surfaces by Aryl Diazonium Reduction. SECM Investigations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dodzi Zigah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marc Noël</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cyril Herrier</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Corinne Lagrost</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Hapiot</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Angewandte Chemie International Edition</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/anie.200906924⟩</w:t>
+              <w:t xml:space="preserve">Journal of Physical Chemistry C</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 114, pp.3075-3081. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/jp911550j⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00502053v1</w:t>
+                <w:t xml:space="preserve">hal-00468261v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId197" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Charge Transfer between Electroactive Species Immobilized on Carbon Surfaces by Aryl Diazonium Reduction. SECM Investigations</w:t>
+                <w:t xml:space="preserve">Tuning the electronic communication between redox centers bound to insulating surfaces.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dodzi Zigah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Jean-Marc Noël</w:t>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Herrier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Scheres</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marcel Giesbers</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Corinne Lagrost</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Bruno Fabre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Physical Chemistry C</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2010, 114, pp.3075-3081. </w:t>
+              <w:t xml:space="preserve">Angewandte Chemie International Edition</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 49 (18), pp.3157-60. </w:t>
             </w:r>
             <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/jp911550j⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/anie.200906924⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId197" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00468261v1</w:t>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00502053v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Flexible Strategy for Immobilizing Redox-Active Compounds Using in Situ Generation of Diazonium Salts. Investigations of the Blocking and Catalytic Properties of the Layers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marc Noël</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId201" w:history="1">
+            <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Béatrice Sjöberg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Remi Marsac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dodzi Zigah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId203" w:history="1">
+            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Bergamini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Langmuir</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, 25 (21), pp.12742 - 12749. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId204" w:history="1">
+            <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1021/la901765e⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01904363v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Electron-transfer mediation on poly-aryl dendrimer-modified electrodes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId206" w:history="1">
+            <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aifang Wang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId207" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.-M. Noel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Zigah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId208" w:history="1">
+            <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Ornelas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId209" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Lagrost</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Electrochemistry Communications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, 11, pp.1703-1706. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId210" w:history="1">
+            <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.elecom.2009.06.026⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00467903v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId211" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Covalent immobilization and SECM analysis in feedback mode of glucose oxidase on a modified oxidized silicon surface</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Zigah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId212" w:history="1">
+            <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Pellissier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Fabre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId213" w:history="1">
+            <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Barrière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Hapiot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of electroanalytical chemistry and interfacial electrochemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, 628, pp.144-147. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId214" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.jelechem.2009.01.013⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId211" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00366382v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId216" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diffusion of Molecules in Ionic Liquids/Organic Solvent Mixtures. Example of the Reversible Reduction of O to Superoxide</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dodzi Zigah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId206" w:history="1">
+            <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aifang Wang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId209" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Lagrost</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Hapiot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Physical Chemistry B</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, 113, pp.2019-2023. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/jp8095314⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId217" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00365433v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId218" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Covalent assembly and micropatterning of functionalized multiwalled carbon nanotubes to monolayer-modified Si(111) surfaces.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Fabre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fanny Hauquier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bruno Fabre</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Cyril Herrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId220" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Giorgia Pastorin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId221" w:history="1">
+            <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wei Wu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Langmuir</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, 24 (13), pp.6595-6602. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId222" w:history="1">
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1021/la800358w⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId223" w:history="1">
+            <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId218" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00343744v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId224" w:history="1">
+            <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Optimized preparation and scanning electrochemical microscopy analysis in feedback mode of glucose oxidase layers grafted onto conducting carbon surfaces.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId225" w:history="1">
+            <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Pellissier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dodzi Zigah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId213" w:history="1">
+            <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Barrière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Hapiot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Langmuir</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, 24 (16), pp.9089-95. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId226" w:history="1">
+            <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1021/la801150c⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId227" w:history="1">
+            <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId224" w:history="1">
+            <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00343711v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId228" w:history="1">
+            <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Variations of Diffusion Coefficients of Redox Active Molecules in Room Temperature Ionic Liquids upon Electron Transfer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Zigah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId229" w:history="1">
+            <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Ghilane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId209" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Lagrost</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Hapiot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Physical Chemistry B</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, 112, pp.14952-14958. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId230" w:history="1">
+            <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1021/jp8055625⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId231" w:history="1">
+            <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId228" w:history="1">
+            <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00344429v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId232" w:history="1">
+            <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">SECM imaging of micropatterned organic films on carbon surfaces</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dodzi Zigah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId225" w:history="1">
+            <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Pellissier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId213" w:history="1">
+            <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Barrière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId233" w:history="1">
+            <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alison J. Downard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Hapiot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Electrochemistry Communications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, 9 (9), pp.2387-2392. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId234" w:history="1">
+            <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.elecom.2007.07.016⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId232" w:history="1">
+            <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00176809v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -6163,383 +6175,383 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId235" w:history="1">
+            <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Improvement of solar energy conversion to H2 using photoelectrochemical microscopy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dodzi Zigah</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">MNA 2025 – 15ᵉ Meeting on Nanoscience Advances</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2025, Hyeres, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId235" w:history="1">
+            <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05312687v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId236" w:history="1">
+            <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H2 production by photoelectrocatalysis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dodzi Zigah</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Symposium on Sustainable Chemistry – Advanced Research on Health and Environment </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2025, Fez, Morocco, Morocco</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId236" w:history="1">
+            <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05312688v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId237" w:history="1">
+            <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">High-Entropy Oxide as a New Class of Photoelectrocatalysts for Water Splitting</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dodzi Zigah</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">4th MOMENTOM International Congress: Accelerating the energy transition</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2025, Montréal (Québec), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId237" w:history="1">
+            <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05312591v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId238" w:history="1">
+            <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Using Cold Plasmas to Improve Electrochemical Sensorsand vice versa</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Colin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vasilica Badets</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId239" w:history="1">
+            <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fanny Girard-Sahun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId240" w:history="1">
+            <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pauline Lefrançois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId241" w:history="1">
+            <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">U Botsos-Margerit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">9th International Workshop on Surface Modification for Chemical and Biochemical Sensing</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2019, Żelechów,, Poland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId238" w:history="1">
+            <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03027635v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId242" w:history="1">
+            <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Coupling fluorescence microscopy and electrochemistry to investigate single mitochondria metabolism</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Venkata Suresh Vajrala</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -6561,124 +6573,124 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabriel Lemercier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Zigah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId243" w:history="1">
+            <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Launay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">19th IUPAB Congress / 11th EBSA Congress</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2017, Edinburgh, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId242" w:history="1">
+            <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02401922v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId244" w:history="1">
+            <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Microwell Array Integrating Ring Nanoelectrodes for The Monitoring of Metabolic Responses at Isolated Mitochondria</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId245" w:history="1">
+            <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V S R Vajrala</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fadhila Sekli-Belaidi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6723,238 +6735,238 @@
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">67th annual meeting of the international society of electrochemistry, ISE 2016</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2016, The Hague, Netherlands</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId244" w:history="1">
+            <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01871445v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId246" w:history="1">
+            <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Investigations of ring nanoelectrodes integrated into microwell arrays for the analysis of isolated mitochondria at the microscale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fadhila Sekli-Belaidi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabriel Lemercier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId245" w:history="1">
+            <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V S R Vajrala</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Zigah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId243" w:history="1">
+            <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Launay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">BIOSENSORS 2016</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2016, Göteborg, Sweden</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId246" w:history="1">
+            <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01871432v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId247" w:history="1">
+            <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arrays of microwells equipped with a recessed ring nanoelectrode and a disk microelectrode for nanoelectrochemistry investigations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId248" w:history="1">
+            <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fadhila Sekli Belaïdi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId249" w:history="1">
+            <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">William Tiddi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId250" w:history="1">
+            <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Polverel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabriel Lemercier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6973,51 +6985,51 @@
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">66th annual meeting of the international society of electrochemistry, ISE 2015</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2015, Taïpei, Taiwan. 20p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId247" w:history="1">
+            <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01873072v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -7027,154 +7039,154 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId251" w:history="1">
+            <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">High-entropy Tungsten-Based Oxide as Electrocatalyst and Potential Photo-electro-catalyst for H 2 Evolution</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId252" w:history="1">
+            <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Magan Himanshu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId253" w:history="1">
+            <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammad Slim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId254" w:history="1">
+            <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Moll</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId255" w:history="1">
+            <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Bérardan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId256" w:history="1">
+            <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nita Dragoe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">4th MOMENTOM International Congress</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2025, Orsay, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId251" w:history="1">
+            <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05316099v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -7184,51 +7196,51 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId257" w:history="1">
+            <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bipolar electrochemistry</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Bouffier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -7260,84 +7272,84 @@
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexander Kuhn</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Encyclopedia of Electrochemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1, Wiley, 2007, 9783527302505. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId259" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/9783527610426.bard030112⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId258" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03516326v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId259"/>
+      <w:footerReference w:type="default" r:id="rId260"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -7405,51 +7417,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="36B01E82"/>
+    <w:nsid w:val="ED203326"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7636,51 +7648,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/dodzi-zigah" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4446-1717" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/137132700" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05379194v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice L Dauphin" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne de Poulpiquet" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexia Papageorgiou" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Goudeau" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc No&#235;l" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/cbmi.5c00010" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05417007v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marisa Ketkaew" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Getnet Kassahun" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nashwan Hussein Ali" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Garrigue" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Bonhommeau" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00604-025-07109-w" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05498377v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Ranaivoniriana" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Ben Akouche" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axel Desnoyers de Marbaix" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Rose" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yaovi Holade" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10008-025-06261-w" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04313217v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Latifou Lagnika" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Solange Imelda Avosse" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Faridath Oy&#233;l&#233;kan Bouraima" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Candide Bidossessi Sindedji" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Dakle" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.talanta.2023.125411" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03971917v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Neso Sojic" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Bouffier" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Kuhn" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dodzi Zigah" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jchemed.2c00573" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04157683v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yachao Zhu" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guoshen Yang" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xuhao Wan" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jie Deng" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tobias Burton" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ensm.2022.12.026" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04467684v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Colin" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Levallois" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ugo Botsos-Margerit" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Clement" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bioelechem.2023.108551" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03752286v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lea Droguet" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rossukon Jommongkol" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1149/1945-7111/ac8245" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03914131v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Dufil" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Dietrich" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Favier" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sa&#239;d Sadki" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/smll.202206789" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04867578v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eliana Farias" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Benizri" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudio Mortier" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Gaubert" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsami.2c02993" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03431198v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Al Bacha" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eliana Desire&#233; Farias" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Garrigue" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mirvat Zakhour" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Nakhl" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jallcom.2021.162560" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03451782v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1146/annurev-anchem-090820-093307" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02939697v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malinee Niamlaem" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chaiyan Boonyuen" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Winyoo Sangthong" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jumras Limtrakul" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.carbon.2020.07.081" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04929693v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oranit Phuakkong" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Ravaine" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsami.0c01017" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03093977v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Gelb" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yu-Chien Chueh" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Keller" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C9SE00895K" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02375017v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Lojou" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Poulpiquet" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/celc.201901065" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-02043423v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Venkata Suresh Vajrala" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fadhila Sekli-Belaidi" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Lemercier" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Rigoulet" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bios.2018.11.036" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02374935v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Bombail" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Talaga" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.electacta.2019.135105" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01435015v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vasilica Badets" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Loget" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Garrigue" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Sojic" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Zigah" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.electacta.2016.10.151" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04929688v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Milica Sentic" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haidong Li" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chompunuch Warakulwit" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.langmuir.6b03040" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04929686v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Line Koefoed" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kyoko Shimizu" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steen Uttrup Pedersen" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kim Daasbjerg" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C5RA20156J" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02049662v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwendoline Tisserant" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zahra Fattah" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Ayela" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Roche" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Plano" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.electacta.2015.03.102" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01216293v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Valetaud" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;rome Roche" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nina H&#252;sken" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jchemed.5b00149" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01246896v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Duclos Djoan" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Quinton" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Fontaine" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.electacta.2015.10.066" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-CHVLH24C-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04929683v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chawanwit Kumsapaya" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/celc.201500379" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-G8GHTVD9-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02051185v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Gillion" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Lannelongue" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/celc.201500313" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02991366v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Roche" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Loget" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z. Fattah" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Goudeau" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C3SC53329H" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01246891v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kong Shuwei" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/la404916t" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04929674v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Adam" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/celc.201300042" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04929667v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cphc.201300068" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-J96RB79S-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02991362v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ar400039k" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04929669v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Taylor" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Taveau" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Lambert" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/nl403224q" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02991361v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-France Baka&#239;" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.201204198" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-DHF0N2TX-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04929662v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joaqu&#237;n Rodr&#237;guez-L&#243;pez" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Allen Bard" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c2cp40907k" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00510408v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Simonet" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Hapiot" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Hapiot" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/la904413h" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00502053v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Herrier" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Scheres" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcel Giesbers" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Fabre" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/anie.200906924" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00468261v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Lagrost" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jp911550j" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01904363v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Sj&#246;berg" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remi Marsac" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Bergamini" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/la901765e" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00467903v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aifang Wang" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-M. Noel" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Ornelas" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Lagrost" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.elecom.2009.06.026" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00366382v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Pellissier" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Barri&#232;re" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jelechem.2009.01.013" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-3Q1BJT39-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00365433v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jp8095314" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00343744v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Hauquier" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giorgia Pastorin" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wei Wu" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/la800358w" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-R0NCR7HX-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00343711v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Pellissier" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/la801150c" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-ZK36LQX7-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00344429v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Ghilane" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jp8055625" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-W1C4C3K9-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00176809v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alison J. Downard" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.elecom.2007.07.016" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05312687v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05312688v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05312591v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-03027635v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Girard-Sahun" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Lefran&#231;ois" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=U Botsos-Margerit" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02401922v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Launay" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01871445v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V S R Vajrala" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01871432v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01873072v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fadhila Sekli Bela&#239;di" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Tiddi" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Polverel" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05316099v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magan Himanshu" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammad Slim" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Moll" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David B&#233;rardan" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nita Dragoe" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03516326v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9783527610426.bard030112" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/dodzi-zigah" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4446-1717" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/137132700" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05379194v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice L Dauphin" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne de Poulpiquet" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexia Papageorgiou" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Goudeau" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc No&#235;l" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/cbmi.5c00010" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05417007v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marisa Ketkaew" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Getnet Kassahun" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nashwan Hussein Ali" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Garrigue" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Bonhommeau" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00604-025-07109-w" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05498377v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Ranaivoniriana" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Ben Akouche" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axel Desnoyers de Marbaix" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Rose" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yaovi Holade" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10008-025-06261-w" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04313217v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Latifou Lagnika" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Solange Imelda Avosse" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Faridath Oy&#233;l&#233;kan Bouraima" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Candide Bidossessi Sindedji" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Dakle" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.talanta.2023.125411" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03971917v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Neso Sojic" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Bouffier" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Kuhn" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dodzi Zigah" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jchemed.2c00573" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04157683v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yachao Zhu" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guoshen Yang" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xuhao Wan" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jie Deng" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tobias Burton" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ensm.2022.12.026" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04467684v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Colin" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Levallois" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ugo Botsos-Margerit" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Clement" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bioelechem.2023.108551" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03752286v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lea Droguet" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rossukon Jommongkol" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1149/1945-7111/ac8245" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03914131v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Dufil" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Dietrich" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Favier" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sa&#239;d Sadki" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/smll.202206789" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04867578v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eliana Farias" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Benizri" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudio Mortier" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Gaubert" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsami.2c02993" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03431198v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Al Bacha" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eliana Desire&#233; Farias" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Garrigue" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mirvat Zakhour" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Nakhl" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jallcom.2021.162560" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03451782v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1146/annurev-anchem-090820-093307" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02939697v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malinee Niamlaem" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chaiyan Boonyuen" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Winyoo Sangthong" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jumras Limtrakul" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.carbon.2020.07.081" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04929693v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oranit Phuakkong" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Ravaine" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsami.0c01017" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03093977v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Gelb" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yu-Chien Chueh" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Keller" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C9SE00895K" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02375017v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Lojou" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Poulpiquet" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/celc.201901065" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-02043423v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Venkata Suresh Vajrala" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fadhila Sekli-Belaidi" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Lemercier" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Rigoulet" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bios.2018.11.036" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02374935v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Bombail" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Talaga" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.electacta.2019.135105" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01435015v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vasilica Badets" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Loget" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Garrigue" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Sojic" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Zigah" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.electacta.2016.10.151" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04929688v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Milica Sentic" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haidong Li" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chompunuch Warakulwit" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.langmuir.6b03040" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04929686v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Line Koefoed" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kyoko Shimizu" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steen Uttrup Pedersen" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kim Daasbjerg" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C5RA20156J" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02049662v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwendoline Tisserant" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zahra Fattah" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Ayela" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Roche" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Plano" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.electacta.2015.03.102" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01216293v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Valetaud" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;rome Roche" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nina H&#252;sken" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jchemed.5b00149" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01246896v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Duclos Djoan" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Quinton" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Fontaine" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.electacta.2015.10.066" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-CHVLH24C-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04929683v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chawanwit Kumsapaya" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/celc.201500379" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-G8GHTVD9-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02051185v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Gillion" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Lannelongue" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/celc.201500313" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02991366v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Roche" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Loget" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z. Fattah" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Goudeau" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C3SC53329H" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01246891v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kong Shuwei" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/la404916t" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04929674v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Adam" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/celc.201300042" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04929667v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cphc.201300068" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-J96RB79S-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02991362v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ar400039k" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04929669v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Taylor" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Taveau" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Lambert" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/nl403224q" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02991361v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-France Baka&#239;" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.201204198" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-DHF0N2TX-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04929662v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joaqu&#237;n Rodr&#237;guez-L&#243;pez" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Allen Bard" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c2cp40907k" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00510408v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Simonet" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Hapiot" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Hapiot" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/la904413h" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00468261v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Lagrost" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jp911550j" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00502053v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Herrier" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Scheres" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcel Giesbers" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Fabre" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/anie.200906924" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-XTQZQ25N-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01904363v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Sj&#246;berg" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remi Marsac" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Bergamini" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/la901765e" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00467903v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aifang Wang" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-M. Noel" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Ornelas" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Lagrost" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.elecom.2009.06.026" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00366382v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Pellissier" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Barri&#232;re" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jelechem.2009.01.013" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-3Q1BJT39-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00365433v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jp8095314" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00343744v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Hauquier" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giorgia Pastorin" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wei Wu" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/la800358w" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-R0NCR7HX-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00343711v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Pellissier" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/la801150c" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-ZK36LQX7-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00344429v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Ghilane" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jp8055625" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-W1C4C3K9-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00176809v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alison J. Downard" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.elecom.2007.07.016" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05312687v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05312688v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05312591v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-03027635v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Girard-Sahun" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Lefran&#231;ois" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=U Botsos-Margerit" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02401922v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Launay" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01871445v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V S R Vajrala" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01871432v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01873072v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fadhila Sekli Bela&#239;di" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Tiddi" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Polverel" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05316099v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magan Himanshu" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammad Slim" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Moll" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David B&#233;rardan" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nita Dragoe" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03516326v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9783527610426.bard030112" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>