--- v0 (2026-03-05)
+++ v1 (2026-03-28)
@@ -2905,204 +2905,204 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03228236v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Interaction sans contact : vocabulaire gestuel centré utilisateur</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Alexandre Hurstel</w:t>
+                <w:t xml:space="preserve">A Unified Model for Interaction in 3D Environment</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Casarin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Bechmann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marilyn Keller</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées IGRV2017 de Réalité Virtuelle (j•RV), 23-27 octobre 2017, Rennes</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2017, Rennes, France</w:t>
+              <w:t xml:space="preserve">23rd ACM Symposium on Virtual Reality Software and Technology (VRST)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, Gothenburg, Sweden. pp.1-7</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03247216v1</w:t>
+                <w:t xml:space="preserve">hal-03191208v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Unified Model for Interaction in 3D Environment</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Julien Casarin</w:t>
+                <w:t xml:space="preserve">Interaction sans contact : vocabulaire gestuel centré utilisateur</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Hurstel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Bechmann</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Marilyn Keller</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">23rd ACM Symposium on Virtual Reality Software and Technology (VRST)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, Gothenburg, Sweden. pp.1-7</w:t>
+              <w:t xml:space="preserve">Journées IGRV2017 de Réalité Virtuelle (j•RV), 23-27 octobre 2017, Rennes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2017, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId86" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03191208v1</w:t>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03247216v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Un Modèle Unifié de l’Interaction en Environnement 3D</w:t>
               </w:r>
@@ -3114,51 +3114,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Casarin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Bechmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marilyn Keller</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">journées de Réalité Virtuelle (j•RV)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4020,51 +4020,51 @@
                 <w:t xml:space="preserve">Bubble Bee, an Alternative to Arrow for Pointing Out Directions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Wonner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J. Grosjean</w:t>
+                <w:t xml:space="preserve">Jérôme Grosjean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Capobianco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
@@ -6282,51 +6282,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04206638v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Viville" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Kraemer" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Bechmann" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/cgf.14932" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03229395v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Hurstel" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/j2010005" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05477886v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Casarin" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Pacqueriaud" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3274298" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03228217v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xue Chen" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jieqing Feng" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/cgf.12718" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01162098v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Untereiner" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Cazier" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/cgf.12667" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01162101v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gmod.2013.03.003" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-Z0PH0NHZ-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01162102v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01208557v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dobrina Boltcheva" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Kern" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Thery" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01208558v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00371-008-0211-6" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/7287D54FD14025A7EABF44880CA8A6E09FBDAA83/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05380929v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Veit" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Capobianco" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3217/jucs-014-19-3174" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05477821v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James Gain" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/1409625.1409629" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01208566v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04972371v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Heitz" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flavien Lecuyer" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arash Habibi" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04692444v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qijia Huang" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3680528.3687678" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04301289v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03665736v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruding Lou" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R.H.Y. So" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Bechmann" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03953795v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Merienne" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICFTSC57269.2022.10040068" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03797769v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard H. Y. So" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tsz-Tai Chan" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISMAR-Adjunct57072.2022.00142" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03991572v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03268100v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5220/0010222000450054" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03255939v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabah Boustila" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehmet Ozkan" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1559/152304007780279096" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03235723v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03238127v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Ladrech" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan Tchilinguirian" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/VR.2019.8797958" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03243966v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Paula Cl&#225;udio" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Braz" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03229396v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Gaudy" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Staub" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Goberville" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03228236v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03247216v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03191208v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marilyn Keller" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03191204v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03243956v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03191206v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03191207v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03228214v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier G&#233;nevaux" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/VR.2016.7504702" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01218617v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2820619.2820627" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03245643v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03243961v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Aburumman" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Schaerf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2822013.2822034" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03243993v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2821592.2821595" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05395098v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Wonner" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Grosjean" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Capobianco" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2503713.2503753" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01162103v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Cazier" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01208552v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Hijazi" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01162104v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01569633v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Sternberger" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brandel Sylvain" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01208562v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Jund" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01208563v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01208561v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01208560v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01208567v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05380986v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Fabre" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Schreck" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/11678816_36" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HCB-C82ZS40D-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05382434v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01508797v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Haefele" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03247235v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02042875v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.-P Claudio" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Richard" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Yamaguchi" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Lars" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-25477-2" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03245672v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lars Linsen" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandru Telea" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03243952v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuela Chessa" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francisco Imai" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas Kerren" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03243951v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Richard" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Takehiko Yamaguchi" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01512731v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard P&#233;roche" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01485731v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04206638v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Viville" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Kraemer" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Bechmann" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/cgf.14932" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03229395v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Hurstel" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/j2010005" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05477886v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Casarin" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Pacqueriaud" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3274298" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03228217v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xue Chen" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jieqing Feng" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/cgf.12718" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01162098v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Untereiner" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Cazier" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/cgf.12667" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01162101v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gmod.2013.03.003" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-Z0PH0NHZ-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01162102v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01208557v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dobrina Boltcheva" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Kern" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Thery" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01208558v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00371-008-0211-6" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/7287D54FD14025A7EABF44880CA8A6E09FBDAA83/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05380929v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Veit" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Capobianco" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3217/jucs-014-19-3174" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05477821v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James Gain" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/1409625.1409629" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01208566v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04972371v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Heitz" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flavien Lecuyer" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arash Habibi" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04692444v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qijia Huang" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3680528.3687678" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04301289v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03665736v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruding Lou" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R.H.Y. So" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Bechmann" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03953795v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Merienne" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICFTSC57269.2022.10040068" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03797769v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard H. Y. So" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tsz-Tai Chan" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISMAR-Adjunct57072.2022.00142" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03991572v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03268100v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5220/0010222000450054" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03255939v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabah Boustila" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehmet Ozkan" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1559/152304007780279096" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03235723v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03238127v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Ladrech" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan Tchilinguirian" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/VR.2019.8797958" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03243966v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Paula Cl&#225;udio" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Braz" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03229396v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Gaudy" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Staub" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Goberville" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03228236v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03191208v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marilyn Keller" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03247216v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03191204v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03243956v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03191206v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03191207v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03228214v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier G&#233;nevaux" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/VR.2016.7504702" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01218617v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2820619.2820627" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03245643v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03243961v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Aburumman" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Schaerf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2822013.2822034" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03243993v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2821592.2821595" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05395098v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Wonner" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Grosjean" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Capobianco" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2503713.2503753" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01162103v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Cazier" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01208552v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Hijazi" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01162104v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01569633v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Sternberger" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brandel Sylvain" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01208562v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Jund" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01208563v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01208561v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01208560v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01208567v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05380986v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Fabre" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Schreck" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/11678816_36" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HCB-C82ZS40D-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05382434v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01508797v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Haefele" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03247235v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02042875v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.-P Claudio" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Richard" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Yamaguchi" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Lars" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-25477-2" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03245672v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lars Linsen" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandru Telea" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03243952v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuela Chessa" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francisco Imai" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas Kerren" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03243951v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Richard" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Takehiko Yamaguchi" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01512731v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard P&#233;roche" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01485731v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>