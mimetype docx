--- v0 (2026-03-09)
+++ v1 (2026-03-30)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Dominique Bonnet </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (64)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Metabolically Resistant Apelin-17 Analogue LIT01-196 Reduces Cardiac Dysfunction and Remodelling in Heart Failure After Myocardial Infarction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Emmanuel Girault-Sotias</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robin Deloux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadia de Mota</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Riché</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Daubeuf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Canadian Journal of Cardiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 41 (5), pp.911-924. </w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.cjca.2024.11.034⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05217715v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Double‐Click Strategy Combining CuAAC and (Thia‐) Diels‐Alder Reactions; Application towards Peptide Labeling</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Timothé Maujean</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille van Wesemael</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurine Tual</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentine Le Berruyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanca Rodriguez-Noguer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chemistry - A European Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 31 (41), pp.e202501732. </w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/chem.202501732⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05137766v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Click‐Functionalized Cyanine Fluorogenic Dimers for Improved Detection of GPCRs: Application to Imaging of ApelinR in Living Cells</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Océane Florès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Berthomé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucille Weiss</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Griesbaum‐dubourg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Riché</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chemistry - A European Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, </w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/chem.202500379⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05078797v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hetero-Diels–Alder and CuAAC Click Reactions for Fluorine-18 Labeling of Peptides: Automation and Comparative Study of the Two Methods</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Timothé Maujean</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sridevi M. Ramanoudjame</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Riché</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clothilde Le Guen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic Boisson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Molecules</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 29 (13), pp.3198. </w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/molecules29133198⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04647002v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rational Design of Cyanine-Based Fluorogenic Dimers to Reduce Nonspecific Interactions with Albumin and Lipid Bilayers: Application to Highly Sensitive Imaging of GPCRs in Living Cells</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Berthomé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Gerber</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Hanser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Riché</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Humbert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bioconjugate Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 35 (8), pp.1182-1189. </w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/acs.bioconjchem.4c00147⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04738201v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fluorescent Antimicrobial Peptides Based on Nile Red: Effect of Conjugation Site and Chemistry on Wash-Free Staining of Bacteria</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucille Weiss</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Mirloup</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léa Blondé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hanna Manko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Peluso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bioconjugate Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 35 (11), pp.1779-1787. </w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/acs.bioconjchem.4c00331⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04791604v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Acute, chronic and conditioned effects of intranasal oxytocin in the mu-opioid receptor knockout mouse model of autism: Social context matters</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fani Pantouli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille N Pujol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Derieux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Fonteneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucie P. Pellissier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Neuropsychopharmacology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 49 (12), pp.1934-1946. </w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41386-024-01915-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04735048v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The IMS Library: from IN‐Stock to Virtual</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Teodora Djikic‐stojsic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Bret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaëlle Blond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Girard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clothilde Le Guen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ChemMedChem</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 19 (20), pp.e202400381. </w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/cmdc.202400381⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04727478v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Biased activation of the vasopressin V2 receptor probed by NMR, paramagnetic ligands, and molecular dynamics simulations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurelien Fouillen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Couvineau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérald Gaibelet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Riché</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Orcel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Computational and Structural Biotechnology Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 23, pp.3784-3799. </w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.csbj.2024.10.039⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03756232v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alared: Solvatochromic and Fluorogenic Red Amino Acid for Ratiometric Live‐cell Imaging of Bioactive Peptides</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Mirloup</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Berthome</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Riché</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Wagner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Hanser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chemistry - A European Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 30 (35), </w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/chem.202401296⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04568177v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fluorinated apelin-13 mediates neuroprotective effects in multiple sclerosis models</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dafni Birmpili</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Imane Charmarke Askar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Spenle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Riché</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucas Pham-Van</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Neurobiology of Disease</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 198, pp.106552. </w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.nbd.2024.106552⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04701953v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catalyst-free thia-Diels-Alder click reaction for the labeling of peptides for imaging applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Timothé Maujean</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Marchand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Wagner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Riché</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boisson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phosphorus, Sulfur, and Silicon and the Related Elements</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 198 (6), pp.532-535. </w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/10426507.2023.2165659⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04195673v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rapid and Highly Selective Fluorescent Labeling of Peptides via a Thia-Diels–Alder Cycloaddition: Application to Apelin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Timothé Maujean</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Wagner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christel Valencia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Riché</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Iturrioz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bioconjugate Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 34 (1), pp.162-168. </w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/acs.bioconjchem.2c00500⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04075152v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Functional Rescue of a Nephrogenic Diabetes Insipidus Causing Mutation in the V2 Vasopressin Receptor by Specific Antagonist and Agonist Pharmacochaperones</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Szalai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">András Sziráki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">László Sándor Erdélyi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kinga Bernadett Kovács</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miklós Tóth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Pharmacology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 13 (79), pp.11151-11154. </w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fphar.2022.811836⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03827827v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hetero-Diels–Alder click reaction of dithioesters for a catalyst-free indirect 18 F-radiolabelling of peptides</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Timothé Maujean</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Marchand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Wagner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Riché</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boisson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chemical Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 58, pp.11151-11154 |. </w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/D2CC04148K⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03780966v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Activating the apelin receptor with LIT01-196, a metabolically stable apelin analog, reverses AVP-induced antidiuresis and hyponatremia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Flahault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Emmanuel Girault-Sotias</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Keck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rodrigo Alvear-Perez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadia de Mota</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nature Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 12 (1), </w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41467-020-20560-y⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03285794v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LIT01-196, a Metabolically Stable Apelin-17 Analog, Normalizes Blood Pressure in Hypertensive DOCA-Salt Rats via a NO Synthase-dependent Mechanism</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Flahault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Keck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Emmanuel Girault-Sotias</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucie Esteoulle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadia de Mota</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Pharmacology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 12, </w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fphar.2021.715095⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03322968v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Selective Neutraligand for CXCL12/SDF-1α With Beneficial Regulatory Functions in MRL/Lpr Lupus Prone Mice</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Schall</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Daubeuf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Marsol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Gizzi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nelly Frossard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Pharmacology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 12, pp.752194. </w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fphar.2021.752194⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03402896v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nile Red-Based GPCR Ligands as Ultrasensitive Probes of the Local Lipid Microenvironment of the Receptor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Hanser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Marsol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christel Valencia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Villa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrey S Klymchenko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ACS Chemical Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 16 (4), pp.651-660. </w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/acschembio.0c00897⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03437257v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The EHA Research Roadmap: Normal Hematopoiesis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Jaffredo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandra Balduini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anna Bigas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rosa Bernardi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">HemaSphere</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 5 (12), pp.e669. </w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1097/hs9.0000000000000669⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03463225v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Three Cheers for Nitrogen: Aza-DKPs, the Aza Analogues of 2,5-Diketopiperazines</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Timothé Maujean</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Girard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Ganesan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mihaela Gulea</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Bonnet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">RSC Advances</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 10 (71), pp.43358-43370. </w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/d0ra09457a⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03441420v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pharmacological tools to mobilize mesenchymal stromal cells into the blood promote bone formation after surgery</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tariq G Fellous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andia N Redpath</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mackenzie M Fleischer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sapan Gandhi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samantha E Hartner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">NPJ Regenerative medicine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 5 (1), </w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/S41536-020-0088-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03012479v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Endocyclic Enamides Derived from Aza‐Diketopiperazines as Olefin Partners in Povarov Reaction: An Access to Tetracyclic N‐Heterocycles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Timothé Maujean</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chataigner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Girard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mihaela Gulea</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Bonnet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Organic Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 2020 (47), pp.7385-7395. </w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/ejoc.202001339⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03441064v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A near-infrared fluorogenic dimer enables background-free imaging of endogenous GPCRs in living mice</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucie Esteoulle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Daubeuf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mayeul Collot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Riché</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Durroux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chemical Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 11 (26), pp.6824-6829. </w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/d0sc01018a⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02922372v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Self‐organization Properties of a GPCR‐Binding Peptide with a Fluorinated Tail Studied by Fluorine NMR Spectroscopy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Capucine Jourdain de Muison</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sridevi M. Ramanoudjame</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucie Esteoulle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Ling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Germain Brou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ChemBioChem</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 22 (4), pp.657-661. </w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/cbic.202000601⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03090942v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Neutralization of CXCL12 attenuates established pulmonary hypertension in rats Short Title: CXCL12 neutraligands in severe PH in the rat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jennifer Bordenave</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Thuillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ly Tu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Phan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Cumont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cardiovascular Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, inPress, pp.cvz153. </w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/cvr/cvz153⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02195697v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Decreased Migration of Dendritic Cells into the Jugular-Nodose Ganglia by the CXCL12 Neutraligand Chalcone 4 in Ovalbumin-Sensitized Asthmatic Mice</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sebastian Heck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Daubeuf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Duc dung Le</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martina Sester</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Neuroimmunomodulation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 24 (6), pp.331-340. </w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1159/000487140⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02366307v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Versatile synthetic approach for selective diversification of bicyclic aza-diketopiperazines</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Péron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Riché</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brigitte Lesur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcel Hibert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Breton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ACS Omega</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 3 (11), pp.15182-15192. </w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/acsomega.8b01752⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02366261v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LIT-001, the First Nonpeptide Oxytocin Receptor Agonist that Improves Social Interaction in a Mouse Model of Autism</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Céline Frantz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucie P. Pellissier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elsa Pflimlin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Loison</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jorge Gandía</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Medicinal Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 61 (19), pp.8670-8692. </w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/acs.jmedchem.8b00697⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02366272v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Discovery of a Locally and Orally Active CXCL12 Neutraligand (LIT-927) with Anti-inflammatory Effect in a Murine Model of Allergic Airway Hypereosinophilia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Regenass</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dayana Abboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Daubeuf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Lehalle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Gizzi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Medicinal Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 61 (17), pp.7671-7686. </w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/acs.jmedchem.8b00657⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03563473v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Time-Resolved FRET Cell-Based Binding Assay for the Apelin Receptor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christel Valencia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Dujet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Margathe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Iturrioz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Roux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ChemMedChem</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 12 (12), pp.925-931. </w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/cmdc.201700106⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02153692v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">From the Promiscuous Asenapine to Potent Fluorescent Ligands Acting at a Series of Aminergic G-Protein-Coupled Receptors</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Candide Hounsou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Baehr</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Gasparik</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Doria Alili</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abderazak Belhocine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Medicinal Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 61 (1), pp.174-188. </w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/ACS.JMEDCHEM.7B01220⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02366277v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparative Study of the Synthesis and Structural and Physicochemical Properties of Diketopiperazines vs Aza-diketopiperazines</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Regenass</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Bosc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Riché</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Gizzi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcel Hibert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Organic Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 82 (6), pp.3239-3244. </w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/acs.joc.6b02895⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03563479v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Two distinct CXCR4 antagonists mobilize progenitor cells in mice by different mechanisms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andia Redpath</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Moïra François</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Suet-Ping Wong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sara Rankin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Blood Advances</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 1 (22), pp.1934-1943. </w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1182/BLOODADVANCES.2017006064⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02366286v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Push-pull dioxaborine as fluorescent molecular rotor: far-red fluorogenic probe for ligand-receptor interactions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Iuliia Karpenko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yosuke Niko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Viktor P. Yakubovskyi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andriy O. Gerasov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Materials Chemistry C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 4 (14), pp.3002-3009. </w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/C5TC03411F⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03536470v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Development of original metabolically stable apelin‐17 analogs with diuretic and cardiovascular effects</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Gerbier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rodrigo Alvear‐perez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean‐francois Margathe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Flahault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Couvineau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">FASEB Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 31 (2), pp.687-700. </w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1096/fj.201600784R⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03631032v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Convenient Access to Fluorescent Probes by Chemoselective Acylation of Hydrazinopeptides: Application to the Synthesis of the First Far-Red Ligand for Apelin Receptor Imaging</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Margathe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Iturrioz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Regenass</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Iuliia Karpenko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Humbert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chemistry - A European Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 22 (4), pp.1399-1405. </w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/chem.201503630⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02153700v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A step-economical multicomponent synthesis of 3D-shaped aza-diketopiperazines and their drug-like chemical space analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Regenass</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Riché</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Péron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Rognan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcel Hibert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Organic &amp; Biomolecular Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 14 (37), pp.8859-8863. </w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/C6OB01434H⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04684621v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">New fluorescein precursors for live bacteria detection</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Célia Guilini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Baehr</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Schaeffer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Gizzi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Rufi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Analytical Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, </w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/acs.analchem.5b02100⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02196002v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Time-resolved FRET binding assay to investigate hetero-oligomer binding properties: proof of concept with dopamine D1/D3 heterodimer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Candide Hounsou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Margathe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadia Oueslati</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abderazak Belhocine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Dupuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ACS Chemical Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 10 (2), pp.466--74. </w:t></w:r><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/cb5007568⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01950133v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A strategy to discover decoy chemokine ligands with an anti-inflammatory activity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dayana Abboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Daubeuf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quoc Tuan Do</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Utard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Villa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scientific Reports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 5, pp.14746. </w:t></w:r><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/srep14746⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02193983v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Identification of CCL17 neutraligands targeting atopic diseases</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dayana Abboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Daubeuf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V Utard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcel Hibert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue des Maladies Respiratoires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 32 (3), pp.315. </w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.rmr.2015.02.030⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05051746v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un neutraligand de la chimiokine CXCL12 inhibe la fibroprolifération dans un modèle de bronchiolite oblitérante après transplantation hétérotopique de trachée chez la souris</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simona Nemska</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Ammouche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Daubeuf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcel Hibert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue des Maladies Respiratoires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 31 (7), pp.675-676. </w:t></w:r><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.rmr.2014.04.073⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05015140v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Structure–Activity Relationship Studies toward the Discovery of Selective Apelin Receptor Agonists</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Margathe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Iturrioz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rodrigo Alvear-Perez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Marsol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Riché</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Medicinal Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 57 (7), pp.2908-2919. </w:t></w:r><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/jm401789v⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02153719v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Red Fluorescent Turn‐On Ligands for Imaging and Quantifying G Protein‐Coupled Receptors in Living Cells</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Iuliia Karpenko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémy Kreder</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christel Valencia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Villa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christiane Mendre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ChemBioChem</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 15 (3), pp.359-363. </w:t></w:r><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/cbic.201300738⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05015052v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diastereoselective Synthesis of Novel Aza-diketopiperazines via a Domino Cyclohydrocarbonylation/Addition Process</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Regenass</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Francois Margathe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andre Mann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Suffert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcel Hibert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chemical Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 2014 (50), pp.9657-9660. </w:t></w:r><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/C4CC03660C⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04679522v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An Antedrug of the CXCL12 Neutraligand Blocks Experimental Allergic Asthma without Systemic Effect in Mice</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Daubeuf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Muriel Hachet-Haas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Gizzi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Gasparik</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Biological Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 288 (17), pp.11865-11876. </w:t></w:r><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1074/jbc.M112.449348⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02194500v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exploration of the Orthosteric/Allosteric Interface in Human M1 Muscarinic Receptors by Bitopic Fluorescent Ligands</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine B Daval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Esther Kellenberger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Utard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Galzi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Molecular Pharmacology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 84 (1), pp.71-85. </w:t></w:r><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1124/mol.113.085670⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02193988v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fluorescent Derivatives of AC-42 To Probe Bitopic Orthosteric/Allosteric Binding Mechanisms on Muscarinic M1 Receptors</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine B Daval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Valant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Esther Kellenberger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcel Hibert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Medicinal Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 55 (5), pp.2125-2143. </w:t></w:r><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/jm201348t⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02193850v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Selective Fluorescent Nonpeptidic Antagonists For Vasopressin V 2 GPCR: Application To Ligand Screening and Oligomerization Assays</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Loison</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Cottet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Orcel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Adihou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rita Rahmeh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Medicinal Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 55 (20), pp.8588-8602. </w:t></w:r><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/jm3006146⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04584099v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Involvement of the TGFβ pathway in the regulation of α5 β1 integrins by caveolin-1 in human glioblastoma.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erika C Cosset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Godet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Natacha Entz-Werlé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Guérin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Guenot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Cancer</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 131 (3), pp.601-611. </w:t></w:r><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/ijc.26415⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00746869v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les neutraligands à l'assaut des chimiokines</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Muriel Hachet-Haas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Daubeuf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcel Hibert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Haiech</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biofutur</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 319, pp.52-55</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02196019v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prodrugs of a CXC Chemokine-12 (CXCL12) Neutraligand Prevent Inflammatory Reactions in an Asthma Model in Vivo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Gasparik</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Daubeuf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Muriel Hachet-Haas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Rohmer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Gizzi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ACS Medicinal Chemistry Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 3 (1), pp.10-14. </w:t></w:r><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/ml200017d⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04748151v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Neutralizing endogenous chemokines with small molecules : principles and potential therapeutic applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Galzi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Muriel Hachet-Haas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Daubeuf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Lecat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pharmacology &amp; Therapeutics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 126 (1), </w:t></w:r><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.pharmthera.2009.12.003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02196582v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Identification and pharmacological properties of E339–3D6, the first nonpeptidic apelin receptor agonist</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Itturioz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rodrigo Alvear-Perez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadia de Mota</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christel Franchet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Guillier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">FASEB Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, </w:t></w:r><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1096/fj.09-140715⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02196074v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Homodimerization of the death-associated protein kinase catalytic domain: development of a new small molecule fluorescent reporter</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Zimmermann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Atmanene</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Qingyan Xu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laetitia Fouillen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain van Dorsselaer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PLoS ONE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 5 (11), </w:t></w:r><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1371/journal.pone.0014120⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04593556v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Biased agonist pharmacochaperones of the AVP V2 receptor may treat congenital nephrogenic diabetes insipidus.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Jean-Alphonse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sanja Perkovska</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Céline Frantz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Durroux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Méjean</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of the American Society of Nephrology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 20 (10), pp.2190-203. </w:t></w:r><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1681/ASN.2008121289⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inserm-00421838v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Small Neutralizing Molecules to Inhibit Actions of the Chemokine CXCL12.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Muriel Hachet-Haas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karl Balabanian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Rohmer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Françoise Pons</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christel Franchet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Biological Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 283 (34), pp.23189-23199. </w:t></w:r><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1074/jbc.M803947200⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">pasteur-00315588v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Rapid and Versatile Method to Label Receptor Ligands Using “Click” Chemistry: Validation with the Muscarinic M1 Antagonist Pirenzepine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brigitte Ilien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Galzi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Riché</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Antheaune</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bioconjugate Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 17 (6), pp.1618-1623. </w:t></w:r><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/bc060140j⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02938550v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effect of Glycoamphiphiles on the Solubilization and Dendritic Cell Uptake of a Lipopeptide: A Preliminary Study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gerhild Angyalosi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandra Demory</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Santraine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Boulet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Molecular Pharmaceutics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 2 (5), pp.420-427. </w:t></w:r><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/mp050039g⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02196957v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Efficient preparation of carbohydrate- and related polyol-amphiphiles by hydrazone ligation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyrille Grandjean</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Santraine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Fardel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ange Polidori</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Pucci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Tetrahedron Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 45 (17), pp.3451-3454. </w:t></w:r><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.tetlet.2004.03.011⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02197015v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Solid-Phase Functionalization of Peptides by an α-Hydrazinoacetyl Group</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyrille Grandjean</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Rousselot-Pailley</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Joly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Line Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Organic Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 68 (18), pp.7033-7040. </w:t></w:r><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/jo0343432⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02196953v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The tetrapeptide acserasplyspro &lpar;seraspenide&rpar;, a hematopoietic inhibitor, may reduce the in vitro toxicity of 3'-deoxythymidine to human hematopoietic progenitors</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Grillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean‐Yves Mary</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maryse Lenfant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Albert Najman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">STEM CELLS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1993, 11 (5), pp.455-464. </w:t></w:r><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/stem.5530110513⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02114633v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La reconstitution d'une forêt de protection : vers une nouvelle image des forêts des Alpes sèches</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Bonnet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue forestière française</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1984, 36 (6), pp.459-467. </w:t></w:r><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4267/2042/21758⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03423749v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Single-Cell Analysis of Perturbations in the Bacterial Cell Envelope Enabled by Monitoring Generalized Polarization of a Nile Red-Based Solvatochromic Peptide UNR-1</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucille Weiss</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dmytro Dziuba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Karpenko</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04798576v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fluorescent Antimicrobial Peptides Based on Nile Red: Effect of Conjugation Site and Chemistry on Wash-free Staining of Bacteria</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucille Weiss</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Mirloup</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léa Blondé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hanna Manko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Peluso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04798473v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Time-resolved FRET based assays to characterize hetero-oligomer pharmacology</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joyce Heuninck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Candide Hounsou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Dupuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Trinquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Mouillac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Mario Tiberi. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">G Protein-Coupled Receptor Signaling: Methods and Protocols</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1947, Springer New York, pp.151-168, 2019, Methods in Molecular Biology, 978-1-4939-9120-4. </w:t></w:r><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-1-4939-9121-1_8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03563498v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chemoselective Acylation of Hydrazinopeptides to Access Fluorescent Probes for Time-Resolved FRET Assays on GPCRs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sridevi M. Ramanoudjame</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucie Esteoulle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Riché</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Margathe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Durroux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">G Protein-Coupled Receptor Signaling</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.137-147, 2019, </w:t></w:r><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-1-4939-9121-1_7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02366300v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings/Recueil des communications (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">CXCL12 neutraligand chalcone 4 inhibits migration of intraganglionic DC in an OVA-sensitized mouse model for allergic airway inflammation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S Heck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F Daubeuf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ddd Le</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M Sester</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congress of the European-Academy-of-Allergy-and-Clinical-Immunology (EAACI)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2018, Munich, Germany. 73, WILEY, pp.516-516, 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02368587v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fluorocarbon-peptide conjugates (FPC): new concept to increase the metabolic stability of peptides for therapeutic applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Bonnet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">35th European Peptide Symposium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2018, Dublin, Ireland. </w:t></w:r><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.17952/35EPS⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02366339v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Deciphering of the mechanism of the anti-asthmatic action of the CXCL12 neutraligand, chalcone 4</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Daubeuf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId341" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virgile Beckaert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ali Ouadi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Marchand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Respiratory Society, 22nd Annual Congress, Munich, Germany 6-10 September 2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2014, Munich, Germany. pp.3415</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05016448v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId343" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Involvement of TGFβ pathway in the regulation of α5β1 integrins by caveolin-1 in human glioblastoma</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erika Cosset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Godet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Natacha Entz-Werlé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Guérin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Guenot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2ème Colloque Inter-régional Grand-Est de Recherche Translationnelle en Oncologie, ONCOTRANS 2011</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2011, Nancy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId343" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00747894v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Brevet (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pyrimidinone derivatives and uses thereof to neutralize the biological activity of chemokines</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nelly Frossard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Galzi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId346" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Guignabert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcel Hibert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">France, Patent n° : PCT/EP2017/067775. 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05018206v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId347" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fluorescent dyes and dye precursors</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId348" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Célia Lelant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Galzi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">France, Patent n° : EP3050886A1. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId347" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05018205v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId349" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pharmacological blockade of CXCL12/CXCR4 signaling prevents the development of hyperalgesia in mice.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId350" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Glenn-Marie Le Coz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Galzi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId351" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Simonin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4ème réunion scientifique publique du Labex Medalis : Nouvelles approches thérapeutiques dans les domaines de la douleur et du cancer, Strasbourg, France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2015, Strasbourg, France. 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId349" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04754578v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId352" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evidence for a bitopic (orthosteric/allosteric) nature of fluorescent ligands at muscarinic M1 receptors</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brigitte Ilien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId353" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S Daval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Esther Kellenberger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Utard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2nd Meeting GDR-3545</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2013, Illkirch, France. 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId352" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05347614v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId354" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Combining fluorescence techniques to unravel ligand binding mechanisms at G protein-coupled receptors. The cholinergic muscarinic M1 receptor as an example</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brigitte Ilien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId353" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S Daval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId355" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Didier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcel Hibert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12th Conference on methods and applications of fluorescence,</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2011, Strasbourg, France. 2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId354" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05035738v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les mégacristaux de feldspaths alcalins dans les formations porphyroïdes des massifs cristallins externes de Belledonne et des Grandes Rousses ( Alpes françaises). Recherche de leurs origines à partir de leurs microstrucutres et de leur composition.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Bonnet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Minéralogie. Universite Scientifique et Medicale de Grenoble, 1982. Français. </w:t></w:r><w:hyperlink r:id="rId357" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : ⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-00563221v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId358"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Dominique Bonnet </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (64)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Metabolically Resistant Apelin-17 Analogue LIT01-196 Reduces Cardiac Dysfunction and Remodelling in Heart Failure After Myocardial Infarction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Emmanuel Girault-Sotias</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robin Deloux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadia de Mota</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Riché</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Daubeuf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Canadian Journal of Cardiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 41 (5), pp.911-924. </w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.cjca.2024.11.034⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05217715v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Double‐Click Strategy Combining CuAAC and (Thia‐) Diels‐Alder Reactions; Application towards Peptide Labeling</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Timothé Maujean</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille van Wesemael</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurine Tual</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentine Le Berruyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blanca Rodriguez-Noguer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chemistry - A European Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 31 (41), pp.e202501732. </w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/chem.202501732⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05137766v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Click‐Functionalized Cyanine Fluorogenic Dimers for Improved Detection of GPCRs: Application to Imaging of ApelinR in Living Cells</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Océane Florès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Berthomé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucille Weiss</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Griesbaum‐dubourg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Riché</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chemistry - A European Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, </w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/chem.202500379⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05078797v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fluorescent Antimicrobial Peptides Based on Nile Red: Effect of Conjugation Site and Chemistry on Wash-Free Staining of Bacteria</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucille Weiss</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Mirloup</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léa Blondé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hanna Manko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Peluso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bioconjugate Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 35 (11), pp.1779-1787. </w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/acs.bioconjchem.4c00331⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04791604v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Acute, chronic and conditioned effects of intranasal oxytocin in the mu-opioid receptor knockout mouse model of autism: Social context matters</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fani Pantouli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille N Pujol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Derieux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Fonteneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucie P. Pellissier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Neuropsychopharmacology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 49 (12), pp.1934-1946. </w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41386-024-01915-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04735048v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The IMS Library: from IN‐Stock to Virtual</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Teodora Djikic‐stojsic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Bret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaëlle Blond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Girard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clothilde Le Guen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ChemMedChem</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 19 (20), pp.e202400381. </w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/cmdc.202400381⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04727478v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Biased activation of the vasopressin V2 receptor probed by NMR, paramagnetic ligands, and molecular dynamics simulations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurelien Fouillen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Couvineau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérald Gaibelet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Riché</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Orcel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Computational and Structural Biotechnology Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 23, pp.3784-3799. </w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.csbj.2024.10.039⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03756232v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alared: Solvatochromic and Fluorogenic Red Amino Acid for Ratiometric Live‐cell Imaging of Bioactive Peptides</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Mirloup</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Berthome</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Riché</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Wagner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Hanser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chemistry - A European Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 30 (35), </w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/chem.202401296⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04568177v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fluorinated apelin-13 mediates neuroprotective effects in multiple sclerosis models</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dafni Birmpili</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Imane Charmarke Askar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Spenle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Riché</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucas Pham-Van</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Neurobiology of Disease</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 198, pp.106552. </w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.nbd.2024.106552⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04701953v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rational Design of Cyanine-Based Fluorogenic Dimers to Reduce Nonspecific Interactions with Albumin and Lipid Bilayers: Application to Highly Sensitive Imaging of GPCRs in Living Cells</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Berthomé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Gerber</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Hanser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Riché</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Humbert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bioconjugate Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 35 (8), pp.1182-1189. </w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/acs.bioconjchem.4c00147⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04738201v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hetero-Diels–Alder and CuAAC Click Reactions for Fluorine-18 Labeling of Peptides: Automation and Comparative Study of the Two Methods</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Timothé Maujean</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sridevi M. Ramanoudjame</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Riché</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clothilde Le Guen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic Boisson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Molecules</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 29 (13), pp.3198. </w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/molecules29133198⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04647002v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catalyst-free thia-Diels-Alder click reaction for the labeling of peptides for imaging applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Timothé Maujean</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Marchand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Wagner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Riché</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boisson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phosphorus, Sulfur, and Silicon and the Related Elements</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 198 (6), pp.532-535. </w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/10426507.2023.2165659⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04195673v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rapid and Highly Selective Fluorescent Labeling of Peptides via a Thia-Diels–Alder Cycloaddition: Application to Apelin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Timothé Maujean</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Wagner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christel Valencia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Riché</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Iturrioz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bioconjugate Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 34 (1), pp.162-168. </w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/acs.bioconjchem.2c00500⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04075152v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Functional Rescue of a Nephrogenic Diabetes Insipidus Causing Mutation in the V2 Vasopressin Receptor by Specific Antagonist and Agonist Pharmacochaperones</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Szalai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">András Sziráki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">László Sándor Erdélyi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kinga Bernadett Kovács</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miklós Tóth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Pharmacology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 13 (79), pp.11151-11154. </w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fphar.2022.811836⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03827827v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hetero-Diels–Alder click reaction of dithioesters for a catalyst-free indirect 18 F-radiolabelling of peptides</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Timothé Maujean</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Marchand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Wagner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Riché</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boisson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chemical Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 58, pp.11151-11154 |. </w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/D2CC04148K⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03780966v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Activating the apelin receptor with LIT01-196, a metabolically stable apelin analog, reverses AVP-induced antidiuresis and hyponatremia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Flahault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Emmanuel Girault-Sotias</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Keck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rodrigo Alvear-Perez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadia de Mota</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nature Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 12 (1), </w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41467-020-20560-y⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03285794v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LIT01-196, a Metabolically Stable Apelin-17 Analog, Normalizes Blood Pressure in Hypertensive DOCA-Salt Rats via a NO Synthase-dependent Mechanism</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Flahault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Keck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Emmanuel Girault-Sotias</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucie Esteoulle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadia de Mota</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Pharmacology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 12, </w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fphar.2021.715095⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03322968v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Selective Neutraligand for CXCL12/SDF-1α With Beneficial Regulatory Functions in MRL/Lpr Lupus Prone Mice</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Schall</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Daubeuf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Marsol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Gizzi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nelly Frossard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Pharmacology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 12, pp.752194. </w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fphar.2021.752194⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03402896v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nile Red-Based GPCR Ligands as Ultrasensitive Probes of the Local Lipid Microenvironment of the Receptor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Hanser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Marsol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christel Valencia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Villa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrey S Klymchenko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ACS Chemical Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 16 (4), pp.651-660. </w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/acschembio.0c00897⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03437257v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The EHA Research Roadmap: Normal Hematopoiesis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Jaffredo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandra Balduini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anna Bigas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rosa Bernardi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">HemaSphere</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 5 (12), pp.e669. </w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1097/hs9.0000000000000669⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03463225v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Three Cheers for Nitrogen: Aza-DKPs, the Aza Analogues of 2,5-Diketopiperazines</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Timothé Maujean</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Girard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Ganesan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mihaela Gulea</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Bonnet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">RSC Advances</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 10 (71), pp.43358-43370. </w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/d0ra09457a⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03441420v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pharmacological tools to mobilize mesenchymal stromal cells into the blood promote bone formation after surgery</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tariq G Fellous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andia N Redpath</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mackenzie M Fleischer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sapan Gandhi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samantha E Hartner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">NPJ Regenerative medicine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 5 (1), </w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/S41536-020-0088-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03012479v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A near-infrared fluorogenic dimer enables background-free imaging of endogenous GPCRs in living mice</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucie Esteoulle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Daubeuf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mayeul Collot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Riché</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Durroux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chemical Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 11 (26), pp.6824-6829. </w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/d0sc01018a⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02922372v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Endocyclic Enamides Derived from Aza‐Diketopiperazines as Olefin Partners in Povarov Reaction: An Access to Tetracyclic N‐Heterocycles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Timothé Maujean</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chataigner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Girard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mihaela Gulea</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Bonnet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Organic Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 2020 (47), pp.7385-7395. </w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/ejoc.202001339⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03441064v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Self‐organization Properties of a GPCR‐Binding Peptide with a Fluorinated Tail Studied by Fluorine NMR Spectroscopy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Capucine Jourdain de Muison</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sridevi M. Ramanoudjame</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucie Esteoulle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Ling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Germain Brou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ChemBioChem</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 22 (4), pp.657-661. </w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/cbic.202000601⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03090942v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Neutralization of CXCL12 attenuates established pulmonary hypertension in rats Short Title: CXCL12 neutraligands in severe PH in the rat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jennifer Bordenave</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Thuillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ly Tu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Phan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Cumont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cardiovascular Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, In press, pp.cvz153. </w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/cvr/cvz153⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02195697v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LIT-001, the First Nonpeptide Oxytocin Receptor Agonist that Improves Social Interaction in a Mouse Model of Autism</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Céline Frantz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucie P. Pellissier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elsa Pflimlin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Loison</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jorge Gandía</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Medicinal Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 61 (19), pp.8670-8692. </w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/acs.jmedchem.8b00697⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02366272v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Versatile synthetic approach for selective diversification of bicyclic aza-diketopiperazines</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Péron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Riché</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brigitte Lesur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcel Hibert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Breton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ACS Omega</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 3 (11), pp.15182-15192. </w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/acsomega.8b01752⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02366261v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Discovery of a Locally and Orally Active CXCL12 Neutraligand (LIT-927) with Anti-inflammatory Effect in a Murine Model of Allergic Airway Hypereosinophilia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Regenass</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dayana Abboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Daubeuf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Lehalle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Gizzi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Medicinal Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 61 (17), pp.7671-7686. </w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/acs.jmedchem.8b00657⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03563473v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Decreased Migration of Dendritic Cells into the Jugular-Nodose Ganglia by the CXCL12 Neutraligand Chalcone 4 in Ovalbumin-Sensitized Asthmatic Mice</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sebastian Heck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Daubeuf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Duc dung Le</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martina Sester</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Neuroimmunomodulation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 24 (6), pp.331-340. </w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1159/000487140⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02366307v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Time-Resolved FRET Cell-Based Binding Assay for the Apelin Receptor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christel Valencia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Dujet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Margathe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Iturrioz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Roux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ChemMedChem</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 12 (12), pp.925-931. </w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/cmdc.201700106⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02153692v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">From the Promiscuous Asenapine to Potent Fluorescent Ligands Acting at a Series of Aminergic G-Protein-Coupled Receptors</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Candide Hounsou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Baehr</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Gasparik</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Doria Alili</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abderazak Belhocine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Medicinal Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 61 (1), pp.174-188. </w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/ACS.JMEDCHEM.7B01220⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02366277v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Two distinct CXCR4 antagonists mobilize progenitor cells in mice by different mechanisms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andia Redpath</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Moïra François</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Suet-Ping Wong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sara Rankin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Blood Advances</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 1 (22), pp.1934-1943. </w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1182/BLOODADVANCES.2017006064⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02366286v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparative Study of the Synthesis and Structural and Physicochemical Properties of Diketopiperazines vs Aza-diketopiperazines</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Regenass</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Bosc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Riché</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Gizzi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcel Hibert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Organic Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 82 (6), pp.3239-3244. </w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/acs.joc.6b02895⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03563479v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Convenient Access to Fluorescent Probes by Chemoselective Acylation of Hydrazinopeptides: Application to the Synthesis of the First Far-Red Ligand for Apelin Receptor Imaging</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Margathe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Iturrioz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Regenass</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Iuliia Karpenko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Humbert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chemistry - A European Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 22 (4), pp.1399-1405. </w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/chem.201503630⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02153700v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A step-economical multicomponent synthesis of 3D-shaped aza-diketopiperazines and their drug-like chemical space analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Regenass</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Riché</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Péron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Rognan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcel Hibert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Organic &amp; Biomolecular Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 14 (37), pp.8859-8863. </w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/C6OB01434H⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04684621v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Push-pull dioxaborine as fluorescent molecular rotor: far-red fluorogenic probe for ligand-receptor interactions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Iuliia Karpenko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yosuke Niko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Viktor P. Yakubovskyi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andriy O. Gerasov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Materials Chemistry C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 4 (14), pp.3002-3009. </w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/C5TC03411F⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03536470v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Development of original metabolically stable apelin‐17 analogs with diuretic and cardiovascular effects</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Gerbier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rodrigo Alvear‐perez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean‐francois Margathe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Flahault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Couvineau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">FASEB Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 31 (2), pp.687-700. </w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1096/fj.201600784R⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03631032v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">New fluorescein precursors for live bacteria detection</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Célia Guilini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Baehr</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Schaeffer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Gizzi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Rufi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Analytical Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, </w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/acs.analchem.5b02100⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02196002v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Time-resolved FRET binding assay to investigate hetero-oligomer binding properties: proof of concept with dopamine D1/D3 heterodimer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Candide Hounsou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Margathe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadia Oueslati</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abderazak Belhocine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Dupuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ACS Chemical Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 10 (2), pp.466--74. </w:t></w:r><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/cb5007568⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01950133v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A strategy to discover decoy chemokine ligands with an anti-inflammatory activity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dayana Abboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Daubeuf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quoc Tuan Do</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Utard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Villa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scientific Reports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 5, pp.14746. </w:t></w:r><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/srep14746⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02193983v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Identification of CCL17 neutraligands targeting atopic diseases</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dayana Abboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Daubeuf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V Utard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcel Hibert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue des Maladies Respiratoires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 32 (3), pp.315. </w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.rmr.2015.02.030⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05051746v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Structure–Activity Relationship Studies toward the Discovery of Selective Apelin Receptor Agonists</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Margathe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Iturrioz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rodrigo Alvear-Perez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Marsol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Riché</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Medicinal Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 57 (7), pp.2908-2919. </w:t></w:r><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/jm401789v⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02153719v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Red Fluorescent Turn‐On Ligands for Imaging and Quantifying G Protein‐Coupled Receptors in Living Cells</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Iuliia Karpenko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémy Kreder</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christel Valencia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Villa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christiane Mendre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ChemBioChem</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 15 (3), pp.359-363. </w:t></w:r><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/cbic.201300738⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05015052v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diastereoselective Synthesis of Novel Aza-diketopiperazines via a Domino Cyclohydrocarbonylation/Addition Process</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Regenass</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Francois Margathe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andre Mann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Suffert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcel Hibert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chemical Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 2014 (50), pp.9657-9660. </w:t></w:r><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/C4CC03660C⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04679522v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un neutraligand de la chimiokine CXCL12 inhibe la fibroprolifération dans un modèle de bronchiolite oblitérante après transplantation hétérotopique de trachée chez la souris</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simona Nemska</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Ammouche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Daubeuf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcel Hibert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue des Maladies Respiratoires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 31 (7), pp.675-676. </w:t></w:r><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.rmr.2014.04.073⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05015140v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An Antedrug of the CXCL12 Neutraligand Blocks Experimental Allergic Asthma without Systemic Effect in Mice</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Daubeuf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Muriel Hachet-Haas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Gizzi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Gasparik</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Biological Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 288 (17), pp.11865-11876. </w:t></w:r><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1074/jbc.M112.449348⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02194500v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exploration of the Orthosteric/Allosteric Interface in Human M1 Muscarinic Receptors by Bitopic Fluorescent Ligands</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine B Daval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Esther Kellenberger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Utard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Galzi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Molecular Pharmacology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 84 (1), pp.71-85. </w:t></w:r><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1124/mol.113.085670⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02193988v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Selective Fluorescent Nonpeptidic Antagonists For Vasopressin V 2 GPCR: Application To Ligand Screening and Oligomerization Assays</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Loison</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Cottet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Orcel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Adihou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rita Rahmeh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Medicinal Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 55 (20), pp.8588-8602. </w:t></w:r><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/jm3006146⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04584099v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Involvement of the TGFβ pathway in the regulation of α5 β1 integrins by caveolin-1 in human glioblastoma.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erika C Cosset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Godet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Natacha Entz-Werlé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Guérin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Guenot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Cancer</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 131 (3), pp.601-611. </w:t></w:r><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/ijc.26415⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00746869v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fluorescent Derivatives of AC-42 To Probe Bitopic Orthosteric/Allosteric Binding Mechanisms on Muscarinic M1 Receptors</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine B Daval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Valant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Esther Kellenberger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcel Hibert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Medicinal Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 55 (5), pp.2125-2143. </w:t></w:r><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/jm201348t⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02193850v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les neutraligands à l'assaut des chimiokines</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Muriel Hachet-Haas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Daubeuf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcel Hibert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Haiech</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biofutur</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 319, pp.52-55</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02196019v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prodrugs of a CXC Chemokine-12 (CXCL12) Neutraligand Prevent Inflammatory Reactions in an Asthma Model in Vivo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Gasparik</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Daubeuf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Muriel Hachet-Haas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Rohmer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Gizzi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ACS Medicinal Chemistry Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 3 (1), pp.10-14. </w:t></w:r><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/ml200017d⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04748151v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Identification and pharmacological properties of E339–3D6, the first nonpeptidic apelin receptor agonist</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Itturioz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rodrigo Alvear-Perez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadia de Mota</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christel Franchet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Guillier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">FASEB Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, </w:t></w:r><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1096/fj.09-140715⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02196074v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Homodimerization of the death-associated protein kinase catalytic domain: development of a new small molecule fluorescent reporter</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Zimmermann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Atmanene</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Qingyan Xu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laetitia Fouillen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain van Dorsselaer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PLoS ONE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 5 (11), </w:t></w:r><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1371/journal.pone.0014120⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04593556v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Neutralizing endogenous chemokines with small molecules : principles and potential therapeutic applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Galzi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Muriel Hachet-Haas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Daubeuf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Lecat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pharmacology &amp; Therapeutics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 126 (1), </w:t></w:r><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.pharmthera.2009.12.003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02196582v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Biased agonist pharmacochaperones of the AVP V2 receptor may treat congenital nephrogenic diabetes insipidus.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Jean-Alphonse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sanja Perkovska</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Céline Frantz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Durroux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Méjean</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of the American Society of Nephrology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 20 (10), pp.2190-203. </w:t></w:r><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1681/ASN.2008121289⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inserm-00421838v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Small Neutralizing Molecules to Inhibit Actions of the Chemokine CXCL12.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Muriel Hachet-Haas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karl Balabanian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Rohmer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Françoise Pons</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christel Franchet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Biological Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 283 (34), pp.23189-23199. </w:t></w:r><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1074/jbc.M803947200⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">pasteur-00315588v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Rapid and Versatile Method to Label Receptor Ligands Using “Click” Chemistry: Validation with the Muscarinic M1 Antagonist Pirenzepine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brigitte Ilien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Galzi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Riché</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Antheaune</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bioconjugate Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 17 (6), pp.1618-1623. </w:t></w:r><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/bc060140j⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02938550v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effect of Glycoamphiphiles on the Solubilization and Dendritic Cell Uptake of a Lipopeptide: A Preliminary Study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gerhild Angyalosi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandra Demory</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Santraine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Boulet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Molecular Pharmaceutics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 2 (5), pp.420-427. </w:t></w:r><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/mp050039g⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02196957v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Efficient preparation of carbohydrate- and related polyol-amphiphiles by hydrazone ligation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyrille Grandjean</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Santraine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Fardel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ange Polidori</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Pucci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Tetrahedron Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 45 (17), pp.3451-3454. </w:t></w:r><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.tetlet.2004.03.011⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02197015v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Solid-Phase Functionalization of Peptides by an α-Hydrazinoacetyl Group</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyrille Grandjean</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Rousselot-Pailley</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Joly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Line Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Organic Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 68 (18), pp.7033-7040. </w:t></w:r><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/jo0343432⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02196953v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The tetrapeptide acserasplyspro &lpar;seraspenide&rpar;, a hematopoietic inhibitor, may reduce the in vitro toxicity of 3'-deoxythymidine to human hematopoietic progenitors</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Grillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean‐Yves Mary</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maryse Lenfant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Albert Najman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">STEM CELLS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1993, 11 (5), pp.455-464. </w:t></w:r><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/stem.5530110513⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02114633v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La reconstitution d'une forêt de protection : vers une nouvelle image des forêts des Alpes sèches</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Bonnet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue forestière française</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1984, 36 (6), pp.459-467. </w:t></w:r><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4267/2042/21758⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03423749v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Single-Cell Analysis of Perturbations in the Bacterial Cell Envelope Enabled by Monitoring Generalized Polarization of a Nile Red-Based Solvatochromic Peptide UNR-1</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucille Weiss</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dmytro Dziuba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Karpenko</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04798576v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fluorescent Antimicrobial Peptides Based on Nile Red: Effect of Conjugation Site and Chemistry on Wash-free Staining of Bacteria</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucille Weiss</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Mirloup</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léa Blondé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hanna Manko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Peluso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04798473v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Time-resolved FRET based assays to characterize hetero-oligomer pharmacology</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joyce Heuninck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Candide Hounsou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Dupuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Trinquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Mouillac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Mario Tiberi. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">G Protein-Coupled Receptor Signaling: Methods and Protocols</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1947, Springer New York, pp.151-168, 2019, Methods in Molecular Biology, 978-1-4939-9120-4. </w:t></w:r><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-1-4939-9121-1_8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03563498v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chemoselective Acylation of Hydrazinopeptides to Access Fluorescent Probes for Time-Resolved FRET Assays on GPCRs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sridevi M. Ramanoudjame</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucie Esteoulle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Riché</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Margathe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Durroux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">G Protein-Coupled Receptor Signaling</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.137-147, 2019, </w:t></w:r><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-1-4939-9121-1_7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02366300v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings/Recueil des communications (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">CXCL12 neutraligand chalcone 4 inhibits migration of intraganglionic DC in an OVA-sensitized mouse model for allergic airway inflammation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S Heck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F Daubeuf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ddd Le</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M Sester</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congress of the European-Academy-of-Allergy-and-Clinical-Immunology (EAACI)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2018, Munich, Germany. 73, WILEY, pp.516-516, 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02368587v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fluorocarbon-peptide conjugates (FPC): new concept to increase the metabolic stability of peptides for therapeutic applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Bonnet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">35th European Peptide Symposium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2018, Dublin, Ireland. </w:t></w:r><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.17952/35EPS⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02366339v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Deciphering of the mechanism of the anti-asthmatic action of the CXCL12 neutraligand, chalcone 4</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Daubeuf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId341" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virgile Beckaert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ali Ouadi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Marchand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Respiratory Society, 22nd Annual Congress, Munich, Germany 6-10 September 2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2014, Munich, Germany. pp.3415</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05016448v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId343" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Involvement of TGFβ pathway in the regulation of α5β1 integrins by caveolin-1 in human glioblastoma</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erika Cosset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Godet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Natacha Entz-Werlé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Guérin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Guenot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2ème Colloque Inter-régional Grand-Est de Recherche Translationnelle en Oncologie, ONCOTRANS 2011</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2011, Nancy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId343" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00747894v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Brevet (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pyrimidinone derivatives and uses thereof to neutralize the biological activity of chemokines</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nelly Frossard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Galzi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId346" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Guignabert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcel Hibert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">France, Patent n° : PCT/EP2017/067775. 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05018206v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId347" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fluorescent dyes and dye precursors</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId348" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Célia Lelant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Galzi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">France, Patent n° : EP3050886A1. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId347" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05018205v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId349" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pharmacological blockade of CXCL12/CXCR4 signaling prevents the development of hyperalgesia in mice.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId350" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Glenn-Marie Le Coz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Galzi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId351" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Simonin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4ème réunion scientifique publique du Labex Medalis : Nouvelles approches thérapeutiques dans les domaines de la douleur et du cancer, Strasbourg, France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2015, Strasbourg, France. 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId349" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04754578v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId352" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evidence for a bitopic (orthosteric/allosteric) nature of fluorescent ligands at muscarinic M1 receptors</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brigitte Ilien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId353" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S Daval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Esther Kellenberger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Utard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2nd Meeting GDR-3545</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2013, Illkirch, France. 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId352" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05347614v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId354" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Combining fluorescence techniques to unravel ligand binding mechanisms at G protein-coupled receptors. The cholinergic muscarinic M1 receptor as an example</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brigitte Ilien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId353" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S Daval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId355" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Didier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcel Hibert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12th Conference on methods and applications of fluorescence,</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2011, Strasbourg, France. 2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId354" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05035738v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les mégacristaux de feldspaths alcalins dans les formations porphyroïdes des massifs cristallins externes de Belledonne et des Grandes Rousses ( Alpes françaises). Recherche de leurs origines à partir de leurs microstrucutres et de leur composition.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Bonnet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Minéralogie. Universite Scientifique et Medicale de Grenoble, 1982. Français. </w:t></w:r><w:hyperlink r:id="rId357" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : ⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-00563221v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId358"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -185,51 +185,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05217715v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Emmanuel Girault-Sotias" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Deloux" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia de Mota" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Rich&#233;" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Daubeuf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cjca.2024.11.034" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05137766v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timoth&#233; Maujean" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille van Wesemael" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurine Tual" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentine Le Berruyer" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blanca Rodriguez-Noguer" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.202501732" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05078797v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oc&#233;ane Flor&#232;s" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Berthom&#233;" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucille Weiss" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Griesbaum&#8208;dubourg" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.202500379" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04647002v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sridevi M. Ramanoudjame" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clothilde Le Guen" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Boisson" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/molecules29133198" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04738201v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Gerber" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Hanser" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Humbert" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.bioconjchem.4c00147" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04791604v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Mirloup" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Blond&#233;" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hanna Manko" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Peluso" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.bioconjchem.4c00331" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04735048v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fani Pantouli" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille N Pujol" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Derieux" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Fonteneau" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie P. Pellissier" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41386-024-01915-1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04727478v2" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Teodora Djikic&#8208;stojsic" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Bret" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Blond" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Girard" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cmdc.202400381" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03756232v2" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelien Fouillen" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Couvineau" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rald Gaibelet" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Orcel" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.csbj.2024.10.039" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04568177v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Berthome" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Wagner" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.202401296" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04701953v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dafni Birmpili" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Imane Charmarke Askar" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Spenle" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Pham-Van" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nbd.2024.106552" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04195673v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Marchand" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Boisson" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10426507.2023.2165659" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04075152v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christel Valencia" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Iturrioz" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.bioconjchem.2c00500" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03827827v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Szalai" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#225;s Szir&#225;ki" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#225;szl&#243; S&#225;ndor Erd&#233;lyi" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kinga Bernadett Kov&#225;cs" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mikl&#243;s T&#243;th" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fphar.2022.811836" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03780966v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D2CC04148K" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03285794v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Flahault" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Keck" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodrigo Alvear-Perez" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-020-20560-y" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03322968v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Esteoulle" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fphar.2021.715095" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03402896v2" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Schall" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Daubeuf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Marsol" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Gizzi" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nelly Frossard" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fphar.2021.752194" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03437257v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Villa" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrey S Klymchenko" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acschembio.0c00897" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03463225v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Jaffredo" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandra Balduini" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Bigas" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rosa Bernardi" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Bonnet" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/hs9.0000000000000669" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03441420v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Ganesan" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mihaela Gulea" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d0ra09457a" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03012479v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tariq G Fellous" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andia N Redpath" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mackenzie M Fleischer" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sapan Gandhi" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samantha E Hartner" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/S41536-020-0088-1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03441064v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Chataigner" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejoc.202001339" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02922372v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mayeul Collot" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Durroux" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d0sc01018a" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03090942v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Capucine Jourdain de Muison" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Ling" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Germain Brou" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cbic.202000601" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02195697v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer Bordenave" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Thuillet" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ly Tu" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Phan" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Cumont" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/cvr/cvz153" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02366307v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastian Heck" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Duc&#160;dung Le" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martina Sester" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1159/000487140" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02366261v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent P&#233;ron" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Lesur" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcel Hibert" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Breton" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsomega.8b01752" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02366272v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-C&#233;line Frantz" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Pflimlin" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Loison" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jorge Gand&#237;a" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jmedchem.8b00697" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03563473v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Regenass" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dayana Abboud" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Lehalle" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jmedchem.8b00657" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02153692v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Dujet" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Margathe" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Roux" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cmdc.201700106" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02366277v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Candide Hounsou" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Baehr" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Gasparik" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Doria Alili" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abderazak Belhocine" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ACS.JMEDCHEM.7B01220" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03563479v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Bosc" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.joc.6b02895" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02366286v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andia Redpath" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mo&#239;ra Fran&#231;ois" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suet-Ping Wong" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Rankin" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1182/BLOODADVANCES.2017006064" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03536470v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iuliia Karpenko" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yosuke Niko" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viktor P. Yakubovskyi" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andriy O. Gerasov" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C5TC03411F" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03631032v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Gerbier" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodrigo Alvear&#8208;perez" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;francois Margathe" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1096/fj.201600784R" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02153700v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.201503630" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-XKGHG6S5-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04684621v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Rognan" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C6OB01434H" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02196002v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;lia Guilini" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Schaeffer" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Rufi" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.analchem.5b02100" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01950133v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Oueslati" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Dupuis" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/cb5007568" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02193983v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quoc Tuan Do" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Utard" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep14746" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05051746v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V Utard" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rmr.2015.02.030" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05015140v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simona Nemska" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Ammouche" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rmr.2014.04.073" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02153719v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jm401789v" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05015052v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Kreder" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christiane Mendre" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cbic.201300738" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-ZNDZ47HC-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04679522v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Francois Margathe" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andre Mann" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Suffert" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C4CC03660C" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02194500v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Hachet-Haas" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/jbc.M112.449348" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02193988v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine B Daval" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Esther Kellenberger" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Galzi" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1124/mol.113.085670" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02193850v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Valant" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jm201348t" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04584099v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Cottet" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Adihou" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rita Rahmeh" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jm3006146" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00746869v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erika C Cosset" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Godet" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natacha Entz-Werl&#233;" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Gu&#233;rin" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Guenot" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ijc.26415" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-FZRTFG3Z-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02196019v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Haiech" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04748151v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Rohmer" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ml200017d" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02196582v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Lecat" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pharmthera.2009.12.003" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02196074v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Itturioz" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christel Franchet" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Guillier" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1096/fj.09-140715" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04593556v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Zimmermann" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Atmanene" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qingyan Xu" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Fouillen" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain van Dorsselaer" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0014120" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00421838v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Jean-Alphonse" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sanja Perkovska" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine M&#233;jean" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1681/ASN.2008121289" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-00315588v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karl Balabanian" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Pons" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/jbc.M803947200" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02938550v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Ilien" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Antheaune" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/bc060140j" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-KQSRC7KN-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02196957v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerhild Angyalosi" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Demory" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Santraine" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Boulet" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/mp050039g" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02197015v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille Grandjean" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Fardel" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ange Polidori" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Pucci" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tetlet.2004.03.011" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-NQG1QVMN-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02196953v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Rousselot-Pailley" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Joly" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Line Bonnet" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jo0343432" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-96T1CB1W-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02114633v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Grillon" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;Yves Mary" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryse Lenfant" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Albert Najman" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/stem.5530110513" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03423749v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4267/2042/21758" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04798576v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dmytro Dziuba" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Karpenko" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04798473v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03563498v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joyce Heuninck" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Trinquet" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Mouillac" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-4939-9121-1_8" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02366300v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-4939-9121-1_7" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02368587v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Heck" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Daubeuf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ddd Le" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Sester" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02366339v1" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17952/35EPS" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05016448v1" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virgile Beckaert" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Ouadi" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00747894v1" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erika Cosset" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05018206v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Guignabert" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05018205v1" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;lia Lelant" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04754578v1" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Glenn-Marie Le Coz" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Simonin" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05347614v1" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Daval" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05035738v1" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Didier" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00563221v1" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05217715v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Emmanuel Girault-Sotias" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Deloux" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia de Mota" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Rich&#233;" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Daubeuf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cjca.2024.11.034" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05137766v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timoth&#233; Maujean" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille van Wesemael" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurine Tual" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentine Le Berruyer" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blanca Rodriguez-Noguer" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.202501732" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05078797v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oc&#233;ane Flor&#232;s" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Berthom&#233;" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucille Weiss" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Griesbaum&#8208;dubourg" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.202500379" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04791604v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Mirloup" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Blond&#233;" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hanna Manko" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Peluso" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.bioconjchem.4c00331" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04735048v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fani Pantouli" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille N Pujol" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Derieux" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Fonteneau" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie P. Pellissier" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41386-024-01915-1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04727478v2" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Teodora Djikic&#8208;stojsic" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Bret" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Blond" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Girard" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clothilde Le Guen" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cmdc.202400381" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03756232v2" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelien Fouillen" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Couvineau" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rald Gaibelet" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Orcel" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.csbj.2024.10.039" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04568177v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Berthome" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Wagner" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Hanser" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.202401296" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04701953v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dafni Birmpili" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Imane Charmarke Askar" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Spenle" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Pham-Van" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nbd.2024.106552" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04738201v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Gerber" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Humbert" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.bioconjchem.4c00147" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04647002v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sridevi M. Ramanoudjame" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Boisson" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/molecules29133198" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04195673v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Marchand" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Boisson" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10426507.2023.2165659" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04075152v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christel Valencia" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Iturrioz" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.bioconjchem.2c00500" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03827827v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Szalai" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#225;s Szir&#225;ki" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#225;szl&#243; S&#225;ndor Erd&#233;lyi" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kinga Bernadett Kov&#225;cs" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mikl&#243;s T&#243;th" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fphar.2022.811836" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03780966v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D2CC04148K" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03285794v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Flahault" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Keck" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodrigo Alvear-Perez" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-020-20560-y" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03322968v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Esteoulle" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fphar.2021.715095" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03402896v2" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Schall" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Daubeuf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Marsol" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Gizzi" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nelly Frossard" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fphar.2021.752194" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03437257v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Villa" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrey S Klymchenko" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acschembio.0c00897" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03463225v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Jaffredo" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandra Balduini" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Bigas" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rosa Bernardi" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Bonnet" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/hs9.0000000000000669" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03441420v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Ganesan" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mihaela Gulea" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d0ra09457a" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03012479v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tariq G Fellous" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andia N Redpath" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mackenzie M Fleischer" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sapan Gandhi" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samantha E Hartner" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/S41536-020-0088-1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02922372v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mayeul Collot" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Durroux" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d0sc01018a" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03441064v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Chataigner" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejoc.202001339" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03090942v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Capucine Jourdain de Muison" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Ling" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Germain Brou" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cbic.202000601" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02195697v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer Bordenave" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Thuillet" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ly Tu" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Phan" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Cumont" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/cvr/cvz153" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02366272v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-C&#233;line Frantz" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Pflimlin" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Loison" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jorge Gand&#237;a" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jmedchem.8b00697" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02366261v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent P&#233;ron" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Lesur" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcel Hibert" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Breton" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsomega.8b01752" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03563473v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Regenass" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dayana Abboud" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Lehalle" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jmedchem.8b00657" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02366307v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastian Heck" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Duc&#160;dung Le" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martina Sester" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1159/000487140" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02153692v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Dujet" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Margathe" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Roux" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cmdc.201700106" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02366277v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Candide Hounsou" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Baehr" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Gasparik" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Doria Alili" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abderazak Belhocine" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ACS.JMEDCHEM.7B01220" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02366286v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andia Redpath" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mo&#239;ra Fran&#231;ois" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suet-Ping Wong" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Rankin" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1182/BLOODADVANCES.2017006064" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03563479v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Bosc" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.joc.6b02895" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02153700v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iuliia Karpenko" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.201503630" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-XKGHG6S5-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04684621v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Rognan" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C6OB01434H" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03536470v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yosuke Niko" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viktor P. Yakubovskyi" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andriy O. Gerasov" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C5TC03411F" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03631032v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Gerbier" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodrigo Alvear&#8208;perez" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;francois Margathe" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1096/fj.201600784R" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02196002v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;lia Guilini" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Schaeffer" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Rufi" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.analchem.5b02100" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01950133v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Oueslati" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Dupuis" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/cb5007568" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02193983v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quoc Tuan Do" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Utard" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep14746" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05051746v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V Utard" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rmr.2015.02.030" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02153719v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jm401789v" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05015052v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Kreder" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christiane Mendre" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cbic.201300738" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-ZNDZ47HC-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04679522v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Francois Margathe" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andre Mann" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Suffert" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C4CC03660C" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05015140v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simona Nemska" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Ammouche" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rmr.2014.04.073" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02194500v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Hachet-Haas" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/jbc.M112.449348" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02193988v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine B Daval" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Esther Kellenberger" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Galzi" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1124/mol.113.085670" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04584099v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Cottet" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Adihou" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rita Rahmeh" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jm3006146" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00746869v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erika C Cosset" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Godet" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natacha Entz-Werl&#233;" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Gu&#233;rin" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Guenot" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ijc.26415" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-FZRTFG3Z-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02193850v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Valant" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jm201348t" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02196019v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Haiech" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04748151v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Rohmer" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ml200017d" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02196074v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Itturioz" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christel Franchet" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Guillier" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1096/fj.09-140715" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04593556v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Zimmermann" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Atmanene" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qingyan Xu" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Fouillen" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain van Dorsselaer" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0014120" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02196582v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Lecat" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pharmthera.2009.12.003" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00421838v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Jean-Alphonse" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sanja Perkovska" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine M&#233;jean" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1681/ASN.2008121289" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-00315588v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karl Balabanian" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Pons" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/jbc.M803947200" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02938550v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Ilien" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Antheaune" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/bc060140j" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-KQSRC7KN-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02196957v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerhild Angyalosi" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Demory" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Santraine" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Boulet" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/mp050039g" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02197015v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille Grandjean" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Fardel" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ange Polidori" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Pucci" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tetlet.2004.03.011" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-NQG1QVMN-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02196953v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Rousselot-Pailley" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Joly" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Line Bonnet" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jo0343432" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-96T1CB1W-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02114633v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Grillon" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;Yves Mary" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryse Lenfant" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Albert Najman" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/stem.5530110513" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03423749v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4267/2042/21758" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04798576v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dmytro Dziuba" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Karpenko" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04798473v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03563498v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joyce Heuninck" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Trinquet" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Mouillac" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-4939-9121-1_8" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02366300v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-4939-9121-1_7" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02368587v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Heck" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Daubeuf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ddd Le" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Sester" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02366339v1" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17952/35EPS" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05016448v1" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virgile Beckaert" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Ouadi" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00747894v1" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erika Cosset" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05018206v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Guignabert" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05018205v1" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;lia Lelant" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04754578v1" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Glenn-Marie Le Coz" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Simonin" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05347614v1" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Daval" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05035738v1" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Didier" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00563221v1" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>