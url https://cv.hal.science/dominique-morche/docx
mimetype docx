--- v0 (2026-03-07)
+++ v1 (2026-03-31)
@@ -234,364 +234,364 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05215818v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Design and Implementation of an Inductor-Less Passive N-Path Balun</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Bandwidth and efficiency improvement in sequential load modulated balanced amplifiers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Florence Podevin</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Mohammad Moussa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ayssar Serhan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Reynier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Morche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Giry</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">APMC 2024 - Asia-Pacific Microwave Conference</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">EuMC 2024 - 54th European Microwave Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2024, Paris, France. pp.35-38, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.23919/EuMC61614.2024.10732338⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04906812v1</w:t>
+                <w:t xml:space="preserve">cea-04828972v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bandwidth and efficiency improvement in sequential load modulated balanced amplifiers</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Design and Implementation of an Inductor-Less Passive N-Path Balun</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Imadeddine Bendjeddou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Podevin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mamadou Diallo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jordan Corsi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loïc Vincent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EuMC 2024 - 54th European Microwave Conference</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">APMC 2024 - Asia-Pacific Microwave Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2024, Bali, Indonesia</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">cea-04828972v1</w:t>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04906812v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analysis and design of wideband sequential load modulated balanced amplifier for 5G applications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohammad Moussa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ayssar Serhan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mohammad Moussa</w:t>
+                <w:t xml:space="preserve">Pascal Reynier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ayssar Serhan</w:t>
+                <w:t xml:space="preserve">Dominique Morche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Giry</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">MWSCAS 2023 - 66th IEEE International Midwest Symposium on Circuits and Systems</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2023, Phoenix, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -668,51 +668,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Artem Litvinenko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yannis Le Guennec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Podevin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">NEWCAS 2021 - 19th IEEE International New Circuits and Systems Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2021, Toulon, France</w:t>
@@ -793,51 +793,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Artem Litvinenko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yannis Le Guennec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Podevin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">NEWCAS 2021 - 19th IEEE International New Circuits and Systems Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2021, Toulon, France. pp.1-4, </w:t>
@@ -927,51 +927,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andreas Burg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Dehollain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Morche</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">NEWCAS 2021 - 19th IEEE International New Circuits and Systems Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2021, Toulon, France. pp.1-4, </w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1156,51 +1156,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luis Cubero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Peizerat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Morche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Sicard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1241,455 +1241,455 @@
                 </w:rPr>
                 <w:t xml:space="preserve">cea-04555864v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">New Design Opportunities exploiting FDSOI technology for RF Power Amplifier and LNA design</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Benefits of Joint Optimization of Tunable Wake-up Radio Architecture and Protocols</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mickael Maman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Morche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frederic Hameau</w:t>
+                <w:t xml:space="preserve">Baudouin Martineau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jennifer Zaini</w:t>
+                <w:t xml:space="preserve">Clement Jany</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thierry Taris</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Baudouin Martineau</w:t>
+                <w:t xml:space="preserve">Ivan Miro-Panades</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2019 17th IEEE International New Circuits and Systems Conference (NEWCAS)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/NEWCAS44328.2019.8961252⟩</w:t>
+              <w:t xml:space="preserve">ICECS 2018 - 25th IEEE International Conference on Electronics, Circuits and Systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2018, Bordeaux, France. pp.789-792, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ICECS.2018.8618053⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">cea-04309853v1</w:t>
+                <w:t xml:space="preserve">cea-04798780v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Smart imagers modeling and optimization framework for embedded AI applications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luis Cubero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Peizerat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Morche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Sicard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PRIME 2019 - 15th Conference on Ph.D Research in Microelectronics and Electronics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2019, Lausanne, Switzerland. pp.245-248, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/PRIME.2019.8787750⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">cea-04548812v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Benefits of Joint Optimization of Tunable Wake-up Radio Architecture and Protocols</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId20" w:history="1">
+                <w:t xml:space="preserve">New Design Opportunities exploiting FDSOI technology for RF Power Amplifier and LNA design</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederic Hameau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jennifer Zaini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Taris</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Morche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baudouin Martineau</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Ivan Miro-Panades</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ICECS 2018 - 25th IEEE International Conference on Electronics, Circuits and Systems</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2018, Bordeaux, France. pp.789-792, </w:t>
+              <w:t xml:space="preserve">2019 17th IEEE International New Circuits and Systems Conference (NEWCAS)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2019, Munich, Germany. pp.1-4, </w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/ICECS.2018.8618053⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/NEWCAS44328.2019.8961252⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">cea-04798780v1</w:t>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">cea-04309853v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">BLE Parameter Optimization for IoT Applications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andreina Liendo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Morche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roberto Guizzetti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1753,51 +1753,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Efficient Bluetooth Low Energy Operation for Low Duty Cycle Applications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andreina Liendo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Morche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roberto Guizzetti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1874,51 +1874,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">William Guicquero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Verdant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Morche</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">MWSCAS 2018 - IEEE 61st International Midwest Symposium on Circuits and Systems</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2018, Windsor, Canada. pp.344-347, </w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1946,261 +1946,261 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04798909v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Power reconfigurable receiver model for energy-aware applications</w:t>
+                <w:t xml:space="preserve">HarvWSNet: A co-simulation framework for energy harvesting wireless sensor networks</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amine Didioui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carolynn Bernier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Morche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Sentieys</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE 56th International Midwest Symposium on Circuits and Systems (MWSCAS)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2013, Colombus, United States. pp.800-803, </w:t>
+              <w:t xml:space="preserve">International Conference on Computing, Networking and Communications (ICNC)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2013, San Diego, United States. pp.808-812, </w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/MWSCAS.2013.6674770⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/ICCNC.2013.6504192⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00931775v1</w:t>
+                <w:t xml:space="preserve">hal-00931772v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">HarvWSNet: A co-simulation framework for energy harvesting wireless sensor networks</w:t>
+                <w:t xml:space="preserve">Power reconfigurable receiver model for energy-aware applications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amine Didioui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carolynn Bernier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Morche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Sentieys</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Conference on Computing, Networking and Communications (ICNC)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2013, San Diego, United States. pp.808-812, </w:t>
+              <w:t xml:space="preserve">IEEE 56th International Midwest Symposium on Circuits and Systems (MWSCAS)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2013, Colombus, United States. pp.800-803, </w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/ICCNC.2013.6504192⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/MWSCAS.2013.6674770⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00931772v1</w:t>
+                <w:t xml:space="preserve">hal-00931775v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Power Optimized Transconductance Amplifier and its Application to a LowPass 6th order GmC Filter</w:t>
               </w:r>
@@ -2212,51 +2212,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francis Chan Wai Po</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. de Foucauld</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Morche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Vincent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2305,269 +2305,269 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00585399v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Fast and Accurate Automatic Matching Network Designed for Ultra Low Power Medical Applications</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">The Design of RF Bandpass Sigma-Delta Modulators with Bulk Acoustic Wave Resonators</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">F. Hameau</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId20" w:history="1">
+                <w:t xml:space="preserve">Farakh Javid</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hassan Aboushady</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Beilleau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Morche</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2009 IEEE Int. Symposium on Circuits and Systems (ISCAS)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">ISCAS IEEE International Symposium on Circuits and Systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2009, Taipei, Taiwan. pp.3138-3141, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ISCAS.2009.5118468⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00401346v1</w:t>
+                <w:t xml:space="preserve">hal-01295132v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Design of RF Bandpass Sigma-Delta Modulators with Bulk Acoustic Wave Resonators</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId20" w:history="1">
+                <w:t xml:space="preserve">A Fast and Accurate Automatic Matching Network Designed for Ultra Low Power Medical Applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francis Chan Wai Po</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. de Foucauld</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Vincent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Hameau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Morche</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ISCAS IEEE International Symposium on Circuits and Systems</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">2009 IEEE Int. Symposium on Circuits and Systems (ISCAS)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2009, Paipei, Taiwan. pp</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01295132v1</w:t>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00401346v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Brevet (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -2585,77 +2585,77 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">NPF radiofrequency device</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Morche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Bourdel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Podevin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Imadeddine Bendjeddou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2712,278 +2712,278 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analytical Modeling of Short-Channel MOSFET Differential Pair Non-Linearity</w:t>
+                <w:t xml:space="preserve">A High Dynamic Range Envelop Detector for Heterodyne Receiver Architecture</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Naci Pekcokguler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Dehollain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andreas Burg</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Morche</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Transactions on Circuits and Systems I: Regular Papers</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/TCSI.2024.3399001⟩</w:t>
+              <w:t xml:space="preserve">TCAS II</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 71 (Issue: 4), pp.1929-1933. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/TCSII.2023.3329038⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">cea-04769598v1</w:t>
+                <w:t xml:space="preserve">cea-04543470v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A High Dynamic Range Envelop Detector for Heterodyne Receiver Architecture</w:t>
+                <w:t xml:space="preserve">Analytical Modeling of Short-Channel MOSFET Differential Pair Non-Linearity</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Naci Pekcokguler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hung-Chi Han</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Morche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Dehollain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andreas Burg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">TCAS II</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 71 (Issue: 4), pp.1929-1933. </w:t>
+              <w:t xml:space="preserve">IEEE Transactions on Circuits and Systems I: Regular Papers</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 71 (10), pp.4411-4419. </w:t>
             </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/TCSII.2023.3329038⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/TCSI.2024.3399001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId88" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">cea-04543470v1</w:t>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">cea-04769598v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Electrical modeling of spin-torque diodes used as radio frequency detectors: a step-by-step methodology for parameter extraction</w:t>
               </w:r>
@@ -3116,51 +3116,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Continuous-time digital filtering analogue-to-digital converter</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alin Ratiu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Morche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Allard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3380,51 +3380,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yield Improvement by the Redundancy Method for Component Calibration</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Farida Enikeeva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Morche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alp Oguz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3497,51 +3497,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francis Chan Wai Po</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. de Foucauld</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Morche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Pierre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3814,51 +3814,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Venkatesh Ramakrishnan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guido Masera</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Morche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Sergio Benedetto (Editor), Marco Luise (Editor), Luis Correia (Editor). </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The Newcom++ Vision Book: Perspectives of Research on Wireless Communications in Europe</w:t>
@@ -4210,51 +4210,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05215818v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Imadeddine Bendjeddou" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fadel Mohsen" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mamadou Diallo" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordan Corsi" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Vincent" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/NewCAS64648.2025.11107069" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04906812v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Podevin" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04828972v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammad Moussa" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ayssar Serhan" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Reynier" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Morche" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Giry" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/EuMC61614.2024.10732338" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04260821v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04906764v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Sidi El Valli" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Artem Litvinenko" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannis Le Guennec" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03558582v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/NEWCAS50681.2021.9462731" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04827533v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Naci Pekcokguler" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mickael Maman" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas Burg" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Dehollain" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/NEWCAS50681.2021.9462768" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03173055v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Bourdel" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Pistono" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04555864v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Cubero" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Peizerat" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Sicard" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2352/ISSN.2470-1173.2020.7.ISS-145" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04309853v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Hameau" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer Zaini" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Taris" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baudouin Martineau" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/NEWCAS44328.2019.8961252" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04548812v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/PRIME.2019.8787750" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04798780v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clement Jany" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan Miro-Panades" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICECS.2018.8618053" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01775056v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreina Liendo" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberto Guizzetti" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Rousseau" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01775064v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04798909v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Guicquero" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Verdant" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MWSCAS.2018.8623872" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00931775v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amine Didioui" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carolynn Bernier" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Sentieys" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MWSCAS.2013.6674770" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00931772v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICCNC.2013.6504192" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00585399v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Chan Wai Po" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. de Foucauld" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Vincent" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Dal Molin" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00401346v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Hameau" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01295132v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farakh Javid" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hassan Aboushady" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Beilleau" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISCAS.2009.5118468" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05165938v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04769598v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hung-Chi Han" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TCSI.2024.3399001" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04543470v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TCSII.2023.3329038" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04061716v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mafalda Jotta Garcia" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Cros" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TMTT.2023.3259528" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01646301v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alin Ratiu" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Allard" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xuefang Lin-Shi" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Verdier" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1049/el.2015.3204" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01423144v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Berthier" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edith Beign&#233;" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Heitzmann" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Debicki" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fr&#233;d&#233;ric Christmann" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sse.2016.09.003" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00932560v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farida Enikeeva" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alp Oguz" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1049/el.2012.4170" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00585374v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Pierre" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Kerherv&#233;" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TCSI.2011.2112830" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04821258v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giovanni Mangraviti" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Dehos" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Puyal" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Richard" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghita Yaakoubi Khbiza" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00658267v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Noguet" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Belleville" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Venkatesh Ramakrishnan" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guido Masera" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00658239v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordi Perez-Romero" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergio Palazzo" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Galluccio" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giacomo Morabito" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandro Leonardi" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-88-470-1983-6_3" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HCB-G0T2JLJ4-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05215818v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Imadeddine Bendjeddou" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fadel Mohsen" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mamadou Diallo" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordan Corsi" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Vincent" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/NewCAS64648.2025.11107069" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04828972v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammad Moussa" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ayssar Serhan" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Reynier" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Morche" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Giry" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/EuMC61614.2024.10732338" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04906812v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Podevin" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04260821v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04906764v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Sidi El Valli" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Artem Litvinenko" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannis Le Guennec" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03558582v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/NEWCAS50681.2021.9462731" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04827533v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Naci Pekcokguler" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mickael Maman" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas Burg" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Dehollain" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/NEWCAS50681.2021.9462768" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03173055v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Bourdel" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Pistono" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04555864v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Cubero" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Peizerat" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Sicard" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2352/ISSN.2470-1173.2020.7.ISS-145" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04798780v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baudouin Martineau" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clement Jany" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan Miro-Panades" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICECS.2018.8618053" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04548812v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/PRIME.2019.8787750" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04309853v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Hameau" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer Zaini" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Taris" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/NEWCAS44328.2019.8961252" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01775056v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreina Liendo" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberto Guizzetti" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Rousseau" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01775064v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04798909v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Guicquero" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Verdant" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MWSCAS.2018.8623872" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00931772v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amine Didioui" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carolynn Bernier" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Sentieys" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICCNC.2013.6504192" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00931775v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MWSCAS.2013.6674770" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00585399v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Chan Wai Po" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. de Foucauld" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Vincent" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Dal Molin" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01295132v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farakh Javid" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hassan Aboushady" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Beilleau" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISCAS.2009.5118468" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00401346v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Hameau" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05165938v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04543470v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TCSII.2023.3329038" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04769598v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hung-Chi Han" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TCSI.2024.3399001" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04061716v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mafalda Jotta Garcia" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Cros" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TMTT.2023.3259528" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01646301v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alin Ratiu" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Allard" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xuefang Lin-Shi" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Verdier" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1049/el.2015.3204" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01423144v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Berthier" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edith Beign&#233;" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Heitzmann" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Debicki" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fr&#233;d&#233;ric Christmann" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sse.2016.09.003" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00932560v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farida Enikeeva" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alp Oguz" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1049/el.2012.4170" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00585374v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Pierre" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Kerherv&#233;" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TCSI.2011.2112830" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04821258v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giovanni Mangraviti" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Dehos" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Puyal" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Richard" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghita Yaakoubi Khbiza" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00658267v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Noguet" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Belleville" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Venkatesh Ramakrishnan" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guido Masera" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00658239v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordi Perez-Romero" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergio Palazzo" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Galluccio" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giacomo Morabito" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandro Leonardi" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-88-470-1983-6_3" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HCB-G0T2JLJ4-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>