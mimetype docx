--- v0 (2026-03-09)
+++ v1 (2026-03-30)
@@ -66,3955 +66,3981 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (54)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (55)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Measuring the semantic priming effect across many languages</w:t>
+                <w:t xml:space="preserve">To Believe or Not to Believe in Conspiracy Claims? That Is a Question for Signal Detection Theory</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Erin Buchanan</w:t>
+                <w:t xml:space="preserve">Maude Tagand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kelly Cuccolo</w:t>
+                <w:t xml:space="preserve">Dominique Muller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tom Heyman</w:t>
+                <w:t xml:space="preserve">Cécile Nurra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Niels van Berkel</w:t>
+                <w:t xml:space="preserve">Olivier Klein</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicholas Coles</w:t>
+                <w:t xml:space="preserve">Benjamin Aubert-Teillaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Human Behaviour</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, </w:t>
+              <w:t xml:space="preserve">Psychological Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, </w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/s41562-025-02254-x⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1177/09567976261417245⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05375826v1</w:t>
+                <w:t xml:space="preserve">hal-05558428v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Improving physical activity using a single personalized consequence-based approach-avoidance training: Effects on self-reported behaviors, attitudes, and choices</w:t>
+                <w:t xml:space="preserve">Measuring the semantic priming effect across many languages</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Silvio Maltagliati</w:t>
+                <w:t xml:space="preserve">Erin Buchanan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Philippe Sarrazin</w:t>
+                <w:t xml:space="preserve">Kelly Cuccolo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dominique Muller</w:t>
+                <w:t xml:space="preserve">Tom Heyman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Layan Fessler</w:t>
+                <w:t xml:space="preserve">Niels van Berkel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thibaud Ferry</w:t>
+                <w:t xml:space="preserve">Nicholas Coles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Psychology of Sport and Exercise</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 70, pp.102565. </w:t>
+              <w:t xml:space="preserve">Nature Human Behaviour</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, </w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.psychsport.2023.102565⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/s41562-025-02254-x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04806601v1</w:t>
+                <w:t xml:space="preserve">hal-05375826v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Measuring Collective Action Intention Toward Gender Equality Across Cultures</w:t>
+                <w:t xml:space="preserve">Improving physical activity using a single personalized consequence-based approach-avoidance training: Effects on self-reported behaviors, attitudes, and choices</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tomasz Besta</w:t>
+                <w:t xml:space="preserve">Silvio Maltagliati</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Paweł Jurek</w:t>
+                <w:t xml:space="preserve">Philippe Sarrazin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Muller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Michał Olech</w:t>
+                <w:t xml:space="preserve">Layan Fessler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anna Włodarczyk</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Natasza Kosakowska-Berezecka</w:t>
+                <w:t xml:space="preserve">Thibaud Ferry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Psychological Assessment</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1027/1015-5759/a000857⟩</w:t>
+              <w:t xml:space="preserve">Psychology of Sport and Exercise</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 70, pp.102565. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.psychsport.2023.102565⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (data paper)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04806521v1</w:t>
+                <w:t xml:space="preserve">hal-04806601v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">“I Know That I Don’t Know Everything”: Validation of the General Intellectual Humility Scale in French</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Measuring Collective Action Intention Toward Gender Equality Across Cultures</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tomasz Besta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ivane Nuel</w:t>
+                <w:t xml:space="preserve">Paweł Jurek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cécile Nurra</w:t>
+                <w:t xml:space="preserve">Michał Olech</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Olivier Dujols</w:t>
+                <w:t xml:space="preserve">Anna Włodarczyk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maude Tagand</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Gregory Webster</w:t>
+                <w:t xml:space="preserve">Natasza Kosakowska-Berezecka</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Collabra: Psychology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1525/collabra.125126⟩</w:t>
+              <w:t xml:space="preserve">European Journal of Psychological Assessment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1027/1015-5759/a000857⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04783238v1</w:t>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04806521v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Association Between Smokers’ Approach Bias and Heaviness of Use: A Focus on Light Smokers</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">“I Know That I Don’t Know Everything”: Validation of the General Intellectual Humility Scale in French</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ivane Nuel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Nurra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marine Rougier</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Dominique Muller</w:t>
+                <w:t xml:space="preserve">Olivier Dujols</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maude Tagand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Annique Smeding</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Gregory Webster</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Collabra: Psychology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2023, 9 (1), </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1525/collabra.88926⟩</w:t>
+              <w:t xml:space="preserve">, 2024, 10 (1), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1525/collabra.125126⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">hal-04254284v1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04783238v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Paradigm constraints on moral decision‐making dynamics</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The Association Between Smokers’ Approach Bias and Heaviness of Use: A Focus on Light Smokers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marine Rougier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Muller</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annique Smeding</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Flora Gautheron</w:t>
+                <w:t xml:space="preserve">Reinout Wiers</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean‐charles Quinton</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Annique Smeding</w:t>
+                <w:t xml:space="preserve">Lison Neyroud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Behavioral Decision Making</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 36 (4), pp.e2324. </w:t>
+              <w:t xml:space="preserve">Collabra: Psychology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 9 (1), </w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/bdm.2324⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1525/collabra.88926⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-          </w:p>
-[...8 lines deleted...]
-                <w:t xml:space="preserve">hal-04046328v1</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (data paper)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04254284v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Social comparison in the classroom: Priming approach/avoidance changes the impact of social comparison on self‐evaluation and performance</w:t>
+                <w:t xml:space="preserve">Paradigm constraints on moral decision‐making dynamics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Natacha Boissicat</w:t>
+                <w:t xml:space="preserve">Flora Gautheron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie‐pierre Fayant</w:t>
-[...19 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Jean‐charles Quinton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Muller</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annique Smeding</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">British Journal of Educational Psychology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 92 (2), pp.594-609. </w:t>
+              <w:t xml:space="preserve">Journal of Behavioral Decision Making</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 36 (4), pp.e2324. </w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/bjep.12466⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/bdm.2324⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03863248v1</w:t>
+                <w:t xml:space="preserve">hal-04046328v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gendered Self-Views Across 62 Countries : A Test of Competing Models</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Social comparison in the classroom: Priming approach/avoidance changes the impact of social comparison on self‐evaluation and performance</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jennifer Bosson</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Natacha Boissicat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie‐pierre Fayant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Nurra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Muller</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Social Psychological and Personality Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1177/19485506221129687⟩</w:t>
+              <w:t xml:space="preserve">British Journal of Educational Psychology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 92 (2), pp.594-609. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/bjep.12466⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03846884v1</w:t>
+                <w:t xml:space="preserve">hal-03863248v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Psychometric Properties and Correlates of Precarious Manhood Beliefs in 62 Nations</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId50" w:history="1">
+                <w:t xml:space="preserve">Gendered Self-Views Across 62 Countries : A Test of Competing Models</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Natasza Kosakowska-Berezecka</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jennifer Bosson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paweł Jurek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tomasz Besta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michał Olech</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Cross-Cultural Psychology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1177/0022022121997997⟩</w:t>
+              <w:t xml:space="preserve">Social Psychological and Personality Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1177/19485506221129687⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03508458v1</w:t>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03846884v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Math approach training changes implicit identification with math: A close preregistered replication</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Batailler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Muller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Nurra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marine Rougier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Trouilloud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Experimental Social Psychology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 92, pp.104059. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.jesp.2020.104059⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03037488v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Country‐level and individual‐level predictors of men's support for gender equality in 42 countries</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId50" w:history="1">
+                <w:t xml:space="preserve">Psychometric Properties and Correlates of Precarious Manhood Beliefs in 62 Nations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jennifer Bosson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paweł Jurek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Joesph Vandello</w:t>
+                <w:t xml:space="preserve">Joseph Vandello</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Natasza Kosakowska-Berezecka</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michał Olech</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Social Psychology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 50 (6), pp.1276-1291. </w:t>
+              <w:t xml:space="preserve">Journal of Cross-Cultural Psychology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 52 (3), pp.231-258. </w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/ejsp.2696⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1177/0022022121997997⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03277694v1</w:t>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03508458v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Toward the use of approach/avoidance tendencies as attitude measures: Individual‐ and group‐level variability of the ingroup bias</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Country‐level and individual‐level predictors of men's support for gender equality in 42 countries</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rémi Courset</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Annique Smeding</w:t>
+                <w:t xml:space="preserve">Natasza Kosakowska‐berezecka</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tomasz Besta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jennifer Bosson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paweł Jurek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thierry Devos</w:t>
+                <w:t xml:space="preserve">Joesph Vandello</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Journal of Social Psychology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2020, 50 (4), pp.857-875. </w:t>
+              <w:t xml:space="preserve">, 2020, 50 (6), pp.1276-1291. </w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/ejsp.2653⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/ejsp.2696⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03277693v1</w:t>
+                <w:t xml:space="preserve">hal-03277694v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The online-VAAST: A short and online tool to measure spontaneous approach and avoidance tendencies</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Toward the use of approach/avoidance tendencies as attitude measures: Individual‐ and group‐level variability of the ingroup bias</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marine Rougier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Muller</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Benoite Aubé</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Dominique Muller</w:t>
+                <w:t xml:space="preserve">Rémi Courset</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annique Smeding</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">François Ric</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Thierry Devos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Acta Psychologica</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.actpsy.2019.102942⟩</w:t>
+              <w:t xml:space="preserve">European Journal of Social Psychology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 50 (4), pp.857-875. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/ejsp.2653⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03277695v1</w:t>
+                <w:t xml:space="preserve">hal-03277693v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stigmatized beliefs: Conspiracy theories, anticipated negative evaluation of the self, and fear of social exclusion</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The online-VAAST: A short and online tool to measure spontaneous approach and avoidance tendencies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoite Aubé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marine Rougier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Muller</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anthony Lantian</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Cécile Nurra</w:t>
+                <w:t xml:space="preserve">François Ric</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Olivier Klein</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Vincent Yzerbyt</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Social Psychology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/ejsp.2498⟩</w:t>
+              <w:t xml:space="preserve">Acta Psychologica</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 201, pp.102942. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.actpsy.2019.102942⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId72" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-01912397v1</w:t>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03277695v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Interpersonal accuracy in a political context is moderated by the extremity of one's political attitudes</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">A new look at sensorimotor aspects in approach/avoidance tendencies: The role of visual whole-body movement information</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marine Rougier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Muller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Ric</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Theodore Alexopoulos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Batailler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Experimental Social Psychology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2018, 79, pp.95 - 106. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jesp.2018.07.001⟩</w:t>
+              <w:t xml:space="preserve">, 2018, 76, pp.42 - 53. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jesp.2017.12.004⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01884786v1</w:t>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01884783v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Caucasian and North African French Faces (CaNAFF): A Face Database</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">The sociolinguistic repetition task: A new paradigm for exploring the cognitive coherence of language varieties.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Buson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Nardy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Muller</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Pierre Chevrot</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue Internationale de Psychologie Sociale = International review of social psychology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.5334/irsp.179⟩</w:t>
+              <w:t xml:space="preserve">Topics in cognitive science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 10 (4), pp.803-817. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/tops.12380⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01884787v1</w:t>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01674578v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">New Recommendations for Testing Indirect Effects in Mediational Models: The Need to Report and Test Component Paths</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Stigmatized beliefs: Conspiracy theories, anticipated negative evaluation of the self, and fear of social exclusion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Lantian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Muller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Nurra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Klein</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Berjot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Personality and Social Psychology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1037/pspa0000132⟩</w:t>
+              <w:t xml:space="preserve">European Journal of Social Psychology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 48 (7), pp.939-954. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/ejsp.2498⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId86" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01989994v1</w:t>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01912397v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A new look at sensorimotor aspects in approach/avoidance tendencies: The role of visual whole-body movement information</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Interpersonal accuracy in a political context is moderated by the extremity of one's political attitudes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Igor Ivanov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Muller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Theodore Alexopoulos</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Florian Delmas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michaela Wänke</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Experimental Social Psychology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2018, 76, pp.42 - 53. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jesp.2017.12.004⟩</w:t>
+              <w:t xml:space="preserve">, 2018, 79, pp.95 - 106. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jesp.2018.07.001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId89" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01884783v1</w:t>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01884786v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The sociolinguistic repetition task: A new paradigm for exploring the cognitive coherence of language varieties.</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Laurence Buson</w:t>
+                <w:t xml:space="preserve">The Caucasian and North African French Faces (CaNAFF): A Face Database</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Courset</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marine Rougier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aurélie Nardy</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Dominique Muller</w:t>
+                <w:t xml:space="preserve">Richard Palluel-Germain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annique Smeding</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Pierre Chevrot</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Juliette Manto Jonte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Topics in cognitive science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 10 (4), pp.803-817. </w:t>
+              <w:t xml:space="preserve">Revue Internationale de Psychologie Sociale = International review of social psychology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 31 (1), </w:t>
             </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/tops.12380⟩</w:t>
+                <w:t xml:space="preserve">⟨10.5334/irsp.179⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId92" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01674578v1</w:t>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01884787v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">“I Know Things They Don’t Know!”</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">New Recommendations for Testing Indirect Effects in Mediational Models: The Need to Report and Test Component Paths</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Yzerbyt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Muller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Cécile Nurra</w:t>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Batailler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Karen M Douglas</w:t>
+                <w:t xml:space="preserve">Charles M Judd</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Social Psychology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 48 (3), pp.160-173. </w:t>
+              <w:t xml:space="preserve">Journal of Personality and Social Psychology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 115 (6), pp.929-943. </w:t>
             </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1027/1864-9335/a000306⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1037/pspa0000132⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01564511v1</w:t>
+                <w:t xml:space="preserve">hal-01989994v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les manifestations Charlie Hebdo étaient-elles anti-musulmans ?</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Of guns and snakes: testing a modern threat superiority effect</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Subra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Muller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Oulmann Zerhouni</w:t>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lisa Fourgassie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alan Chauvin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Theodore Alexopoulos</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Conversation France</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Cognition and Emotion</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 32 (1), pp.81 - 91. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/02699931.2017.1284044⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02904559v1</w:t>
+                <w:t xml:space="preserve">hal-01884781v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Of guns and snakes: testing a modern threat superiority effect</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">“I Know Things They Don’t Know!”</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Lantian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Muller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId104" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Theodore Alexopoulos</w:t>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Nurra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karen M Douglas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cognition and Emotion</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/02699931.2017.1284044⟩</w:t>
+              <w:t xml:space="preserve"> Social Psychology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 48 (3), pp.160-173. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1027/1864-9335/a000306⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId102" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01884781v1</w:t>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01564511v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Multilab Preregistered Replication of the Ego-Depletion Effect</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">M. Hagger</w:t>
+                <w:t xml:space="preserve">Les manifestations Charlie Hebdo étaient-elles anti-musulmans ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Muller</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marine Rougier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">N. Chatzisarantis</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Oulmann Zerhouni</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Perspectives on Psychological Science</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">The Conversation France</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId107" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02005472v1</w:t>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02904559v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">“Who (Really) is Charlie?” French Cities with Lower Implicit Prejudice toward Arabs Demonstrated Larger Participation Rates in Charlie Hebdo Rallies [“Qui est (Vraiment) Charlie ?” Les Villes Françaises à plus Faible niveau de Préjugés Implicites envers les Maghrébins ont davantage Participé aux rassemblements de Charlie Hebdo]</w:t>
-[...39 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">A Multilab Preregistered Replication of the Ego-Depletion Effect</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Hagger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Chatzisarantis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Alberts</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Anggono</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Batailler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue Internationale de Psychologie Sociale = International review of social psychology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.5334/irsp.50⟩</w:t>
+              <w:t xml:space="preserve">Perspectives on Psychological Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 11 (4), pp.546-573. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1177/1745691616652873⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId114" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01884031v1</w:t>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02005472v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Measuring Belief in Conspiracy Theories: Validation of a French and English Single-Item Scale</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">“Who (Really) is Charlie?” French Cities with Lower Implicit Prejudice toward Arabs Demonstrated Larger Participation Rates in Charlie Hebdo Rallies [“Qui est (Vraiment) Charlie ?” Les Villes Françaises à plus Faible niveau de Préjugés Implicites envers les Maghrébins ont davantage Participé aux rassemblements de Charlie Hebdo]</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Oulmann Zerhouni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marine Rougier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Muller</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Karen Douglas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue Internationale de Psychologie Sociale = International review of social psychology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2016, 29 (1), pp.1-14. </w:t>
+              <w:t xml:space="preserve">, 2016, 29 (1), </w:t>
             </w:r>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.5334/irsp.8⟩</w:t>
+                <w:t xml:space="preserve">⟨10.5334/irsp.50⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId116" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01884028v1</w:t>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01884031v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A mindset of competition versus cooperation moderates the impact of social comparison on self-evaluation</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Measuring Belief in Conspiracy Theories: Validation of a French and English Single-Item Scale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Lantian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Muller</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Nurra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lucie Colpaert</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Fabrizio Butera</w:t>
+                <w:t xml:space="preserve">Karen Douglas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Psychology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fpsyg.2015.01337⟩</w:t>
+              <w:t xml:space="preserve">Revue Internationale de Psychologie Sociale = International review of social psychology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 29 (1), pp.1-14. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5334/irsp.8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01884770v1</w:t>
+                <w:t xml:space="preserve">hal-01884028v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">“The mask who wasn’t there”: Visual masking effect with the perceptual absence of the mask.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amandine Eve Rey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Riou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Muller</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Amandine Eve Rey</w:t>
+                <w:t xml:space="preserve">Stéphanie Dabic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId126" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémy Versace</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Experimental Psychology: Learning, Memory, and Cognition</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 41 (2), pp.567 - 573. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1037/xlm0000051⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01884774v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Is Ostracism by a Despised Outgroup Really Hurtful? A Replication and Extension of Gonsalkorale and Williams (2007)</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId121" w:history="1">
+                <w:t xml:space="preserve">A mindset of competition versus cooperation moderates the impact of social comparison on self-evaluation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucie Colpaert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Muller</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Pierre Fayant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chris Hubertus Joseph Hartgerink</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Anthony Lantian</w:t>
+                <w:t xml:space="preserve">Fabrizio Butera</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Social psychology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, 45 (6), pp.489 - 494. </w:t>
+              <w:t xml:space="preserve">Frontiers in Psychology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 6, </w:t>
             </w:r>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1027/1864-9335/a000209⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3389/fpsyg.2015.01337⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId130" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01884771v1</w:t>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01884770v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Methods and statistics in social psychology-refinements and new developments</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Is Ostracism by a Despised Outgroup Really Hurtful? A Replication and Extension of Gonsalkorale and Williams (2007)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Pierre Fayant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Muller</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kai Sassenberg</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Karl Christoph Klauer</w:t>
+                <w:t xml:space="preserve">Chris Hubertus Joseph Hartgerink</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Lantian</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Social Psychology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Social psychology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 45 (6), pp.489 - 494. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1027/1864-9335/a000209⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01975448v1</w:t>
+                <w:t xml:space="preserve">hal-01884771v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emotional norms for 524 French personality trait words</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Methods and statistics in social psychology-refinements and new developments</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kai Sassenberg</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Muller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId137" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Benoite Aube</w:t>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karl Christoph Klauer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Behavior Research Methods</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">European Journal of Social Psychology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 44 (7), pp.671-672</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01884769v1</w:t>
+                <w:t xml:space="preserve">hal-01975448v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">I, me, mine: Automatic attentional capture by self-related stimuli.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Emotional norms for 524 French personality trait words</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Ric</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Theodore Alexopoulos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Muller</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">T. Alexopoulos</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Christian Marendaz</w:t>
+                <w:t xml:space="preserve">Benoite Aube</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Social Psychology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Behavior Research Methods</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 45 (2), pp.414 - 421. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3758/s13428-012-0276-z⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00965261v1</w:t>
+                <w:t xml:space="preserve">hal-01884769v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">I, me, mine: Automatic attentional capture by self-related stimuli</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Muller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Ric</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Marendaz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Theodore Alexopolous</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4037,1708 +4063,1713 @@
                 <w:t xml:space="preserve">⟨10.1002/ejsp.1882⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01884021v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Unconscious addition: When we unconsciously initiate and follow arithmetic rules.</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">I, me, mine: Automatic attentional capture by self-related stimuli.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Alexopoulos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Muller</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Ric</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Marendaz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Experimental Psychology: General</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">European Journal of Social Psychology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 42 (6), pp.770-79</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01884022v1</w:t>
+                <w:t xml:space="preserve">hal-00965261v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Are People More Aggressive When They Are Worse Off or Better Off Than Others?</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Unconscious addition: When we unconsciously initiate and follow arithmetic rules.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Ric</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Muller</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Emmanuelle Ceaux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Social Psychological and Personality Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1177/1948550612436984⟩</w:t>
+              <w:t xml:space="preserve">Journal of Experimental Psychology: General</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 141 (2), pp.222 - 226. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1037/a0024608⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId149" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01884030v1</w:t>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01884022v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The “Fair Trade” Effect</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Are People More Aggressive When They Are Worse Off or Better Off Than Others?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Muller</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brad Bushman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Subra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jonathon Schuldt</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Norbert Schwarz</w:t>
+                <w:t xml:space="preserve">Emmanuelle Ceaux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Social Psychological and Personality Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2011, 3 (5), pp.581 - 589. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1177/1948550611431643⟩</w:t>
+              <w:t xml:space="preserve">, 2012, 3 (6), pp.754 - 759. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1177/1948550612436984⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId153" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01883456v1</w:t>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01884030v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Close to Me? The Influence of Affective Closeness on Space Perception</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The “Fair Trade” Effect</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonathon Schuldt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Muller</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Morgado</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Richard Palluel-Germain</w:t>
+                <w:t xml:space="preserve">Norbert Schwarz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Perception</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1068/p6830⟩</w:t>
+              <w:t xml:space="preserve">Social Psychological and Personality Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 3 (5), pp.581 - 589. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1177/1948550611431643⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId157" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01884027v1</w:t>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01883456v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On Being Exposed to Superior Others: Consequences of Self-Threatening Upward Social Comparisons</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Close to Me? The Influence of Affective Closeness on Space Perception</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Morgado</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Muller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId121" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Marie-Pierre Fayant</w:t>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edouard Gentaz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Richard Palluel-Germain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Social and Personality Psychology Compass</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/j.1751-9004.2010.00279.x⟩</w:t>
+              <w:t xml:space="preserve">Perception</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 40 (7), pp.877 - 879. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1068/p6830⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId163" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-01884024v1</w:t>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01884027v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Automatic Effects of Alcohol and Aggressive Cues on Aggressive Thoughts and Behaviors</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">On Being Exposed to Superior Others: Consequences of Self-Threatening Upward Social Comparisons</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Muller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId165" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Florian Delmas</w:t>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Pierre Fayant</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Personality and Social Psychology Bulletin</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Social and Personality Psychology Compass</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 4 (8), pp.621 - 634. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/j.1751-9004.2010.00279.x⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1177/0146167210374725⟩</w:t>
-[...8 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01883465v1</w:t>
+                <w:t xml:space="preserve">hal-01884024v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Moving forward is not only a metaphor: Approach and Avoidance Lead to Self-Evaluative Assimilation and Contrast</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Automatic Effects of Alcohol and Aggressive Cues on Aggressive Thoughts and Behaviors</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Subra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Muller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Cécile Nurra</w:t>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Bègue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brad Bushman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Theodore Alexopoulos</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Richard Palluel-Germain</w:t>
+                <w:t xml:space="preserve">Florian Delmas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Experimental Social Psychology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jesp.2010.07.013⟩</w:t>
+              <w:t xml:space="preserve">Personality and Social Psychology Bulletin</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 36 (8), pp.1052 - 1057. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1177/0146167210374725⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId169" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00918805v1</w:t>
+                <w:t xml:space="preserve">hal-01883465v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A message in a bottle: Extrapharmacological effects of alcohol on aggression</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Moving forward is not only a metaphor: Approach and Avoidance Lead to Self-Evaluative Assimilation and Contrast</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Pierre Fayant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Muller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId172" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Nurra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Theodore Alexopoulos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Richard Palluel-Germain</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Experimental Social Psychology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2009, 45 (1), pp.137-142. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jesp.2008.07.018⟩</w:t>
+              <w:t xml:space="preserve">, 2010, 47 (1), pp.241. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jesp.2010.07.013⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01975433v1</w:t>
+                <w:t xml:space="preserve">hal-00918805v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Message in a Bottle: Extrapharmacological Effects of Alcohol on Aggression</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId165" w:history="1">
+                <w:t xml:space="preserve">A message in a bottle: Extrapharmacological effects of alcohol on aggression</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Bègue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baptiste Subra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Arvers</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Muller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Bricout</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Experimental Social Psychology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2008, 45 (1), pp.137. </w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2009, 45 (1), pp.137-142. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jesp.2008.07.018⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jesp.2008.07.018⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-00645180v1</w:t>
+                <w:t xml:space="preserve">hal-01975433v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adjusting for a Mediator in Models With Two Crossed Treatment Variables</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Muller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Yzerbyt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId176" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles M. Judd</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Organizational Research Methods</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, 11 (2), pp.224-240</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01883507v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sneaking in through the back door: How category-based stereotype suppression leads to rebound in feature-based effects</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">A Message in a Bottle: Extrapharmacological Effects of Alcohol on Aggression</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Bègue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Subra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Arvers</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Muller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId179" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Bricout</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Experimental Social Psychology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2008, 44 (3), pp.833 - 839. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jesp.2007.07.011⟩</w:t>
+              <w:t xml:space="preserve">, 2008, 45 (1), pp.137. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jesp.2008.07.018⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId177" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01884765v1</w:t>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00645180v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The focusing effect of self-evaluation threat in coaction and social comparison.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Sneaking in through the back door: How category-based stereotype suppression leads to rebound in feature-based effects</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sei Jin Ko</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Muller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId122" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Fabrizio Butera</w:t>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles Judd</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Diederik Stapel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Personality and Social Psychology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1037/0022-3514.93.2.194⟩</w:t>
+              <w:t xml:space="preserve">Journal of Experimental Social Psychology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 44 (3), pp.833 - 839. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jesp.2007.07.011⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId182" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01883444v1</w:t>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01884765v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The focusing effect of self-evaluation threat in coaction and social comparison.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Muller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrizio Butera</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Personality and Social Psychology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, 93 (2), pp.194-211. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1037/0022-3514.93.2.194⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00941392v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Belief in a just world as moderator of hostile attributional bias</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">The focusing effect of self-evaluation threat in coaction and social comparison.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Muller</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrizio Butera</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">British Journal of Social Psychology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2006, 45 (1), pp.117 - 126. </w:t>
+              <w:t xml:space="preserve">Journal of Personality and Social Psychology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 93 (2), pp.194 - 211. </w:t>
             </w:r>
             <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1348/014466605X37314⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1037/0022-3514.93.2.194⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">istex</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">hal-01883447v1</w:t>
+                <w:t xml:space="preserve">hal-01883444v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mastery and performance goals predict epistemic and relational conflict regulation.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Darnon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Muller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sheree Schrager</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nelly Pannuzzo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrizio Butera</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Educational Psychology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2006, 98 (4), pp.766 - 776. </w:t>
             </w:r>
             <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
@@ -5766,806 +5797,909 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01883441v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Attributions of intergroup bias and outgroup homogeneity to ingroup and outgroup others</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Belief in a just world as moderator of hostile attributional bias</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Bègue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Muller</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Social Psychology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/ejsp.281⟩</w:t>
+              <w:t xml:space="preserve">British Journal of Social Psychology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 45 (1), pp.117 - 126. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1348/014466605X37314⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId197" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01883459v1</w:t>
+                <w:t xml:space="preserve">hal-01883447v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId198" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">When moderation is mediated and mediation is moderated.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Attributions of intergroup bias and outgroup homogeneity to ingroup and outgroup others</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles Judd</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernadette Park</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Yzerbyt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ernestine Gordijn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Muller</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Vincent Yzerbyt</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Personality and Social Psychology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2005, 89 (6), pp.852 - 863. </w:t>
+              <w:t xml:space="preserve">European Journal of Social Psychology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 35 (6), pp.677 - 704. </w:t>
             </w:r>
             <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1037/0022-3514.89.6.852⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/ejsp.281⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId198" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01883429v1</w:t>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01883459v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Autrui ne serait-il pas plus biaisé que moi? Le cas des relations franco-américaines</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">When moderation is mediated and mediation is moderated.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Muller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles Judd</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Yzerbyt</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Ernestine H. Gordijn</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les cahiers Internationaux de Psychologie Sociale</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Personality and Social Psychology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 89 (6), pp.852 - 863. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1037/0022-3514.89.6.852⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId200" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01884780v1</w:t>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01883429v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">We Can Do It: The Interplay of Construal Orientation and Social Comparisons Under Threat.</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Autrui ne serait-il pas plus biaisé que moi? Le cas des relations franco-américaines</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Muller</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Yzerbyt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles M. Judd</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernadette Park</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ernestine H. Gordijn</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Personality and Social Psychology</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Les cahiers Internationaux de Psychologie Sociale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 3, pp.7-21</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId202" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01883435v1</w:t>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01884780v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adjusting researchers’ approach to adjustment: On the use of covariates when testing interactions</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">We Can Do It: The Interplay of Construal Orientation and Social Comparisons Under Threat.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Marx</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Diederik Stapel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Muller</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Charles Judd</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Experimental Social Psychology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jesp.2003.10.001⟩</w:t>
+              <w:t xml:space="preserve">Journal of Personality and Social Psychology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 88 (3), pp.432 - 446. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1037/0022-3514.88.3.432⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId207" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01883436v1</w:t>
+                <w:t xml:space="preserve">hal-01883435v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Coaction and upward social comparison reduce the illusory conjunction effect: Support for distraction–conflict theory</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Adjusting researchers’ approach to adjustment: On the use of covariates when testing interactions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Yzerbyt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Muller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId209" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Fabrizio Butera</w:t>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles Judd</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Experimental Social Psychology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2004, 40 (5), pp.659 - 665. </w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2004, 40 (3), pp.424 - 431. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jesp.2003.10.001⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jesp.2003.12.003⟩</w:t>
-[...17 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01883453v1</w:t>
+                <w:t xml:space="preserve">hal-01883436v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId212" w:history="1">
+            <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Coaction and upward social comparison reduce the illusory conjunction effect: Support for distraction–conflict theory</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Muller</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Atzeni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrizio Butera</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Experimental Social Psychology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2004, 40 (5), pp.659 - 665. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jesp.2003.12.003⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01883453v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">On being concerned about bragging</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Muller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrizio Butera</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cahiers de Psychologie Cognitive - Current Psychology of Cognition</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2004, 22, pp.159-180</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId212" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01884764v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -6575,2580 +6709,2580 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId213" w:history="1">
+            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Qu’est-ce qu’une interaction, vraiment ? Problèmes conceptuels et d’utilisation d’une notion souvent incontournable en psychologie sociale.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Qu’est-ce que ne pas croire dans les théories du complot ? Application de la théorie de la détection du signal au cas de personnes peu conspirationnistes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maude Tagand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Muller</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Nurra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Klein</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Aubert‐teillaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">15ème Congrès International de Psychologie Sociale en Langue Française (ADRIPS)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2024, Bruxelles, France</w:t>
+              <w:t xml:space="preserve">, ADRIPS, Jul 2024, Bruxelles, Belgique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId213" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04965694v1</w:t>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04790184v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId214" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Qu’est-ce que ne pas croire dans les théories du complot ? Application de la théorie de la détection du signal au cas de personnes peu complotistes</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Qu’est-ce qu’une interaction, vraiment ? Problèmes conceptuels et d’utilisation d’une notion souvent incontournable en psychologie sociale.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Muller</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">5ème édition des Rencontres Jeunes Chercheurs</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2024, Grenoble, France</w:t>
+              <w:t xml:space="preserve">15ème Congrès International de Psychologie Sociale en Langue Française (ADRIPS)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, Bruxelles, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId214" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04836432v1</w:t>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04965694v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId216" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Réplicabilité et reproductibilité en psychologie expérimentale</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Qu’est-ce que ne pas croire dans les théories du complot ? Application de la théorie de la détection du signal au cas de personnes peu complotistes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maude Tagand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Muller</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Nurra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Klein</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Aubert‐teillaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées du Réseau National de la Recherche Reproductible</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, Grenoble, France</w:t>
+              <w:t xml:space="preserve">5ème édition des Rencontres Jeunes Chercheurs</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2024, Grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId216" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04965715v1</w:t>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04836432v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId217" w:history="1">
+            <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mesure de la réactivation des tendances à l'approche-évitement par une tâche de perception visuelle</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Réplicabilité et reproductibilité en psychologie expérimentale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Muller</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">15ème Congrès International de Psychologie Sociale en Langue Française (ADRIPS)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, Bruxelles, Belgique</w:t>
+              <w:t xml:space="preserve">Journées du Réseau National de la Recherche Reproductible</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, Grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId217" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04965689v1</w:t>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04965715v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId219" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Qu’est-ce que ne pas croire dans les théories du complot ? Application de la théorie de la détection du signal au cas de personnes peu conspirationnistes</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Mesure de la réactivation des tendances à l'approche-évitement par une tâche de perception visuelle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yoann Julliard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Batailler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Muller</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">15ème Congrès International de Psychologie Sociale en Langue Française (ADRIPS)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, ADRIPS, Jul 2024, Bruxelles, Belgique</w:t>
+              <w:t xml:space="preserve">, 2024, Bruxelles, Belgique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId219" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04790184v1</w:t>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04965689v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId220" w:history="1">
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Approach-avoidance reactivation measured with a visual perception task</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId218" w:history="1">
+                <w:t xml:space="preserve">A robust Approach-avoidance compatibility effect with a non-evaluative (incidental) task</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Muller</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yoann Julliard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marine Rougier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Ric</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Batailler</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Dominique Muller</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">General Meeting of European Association of Social Psychology</w:t>
+              <w:t xml:space="preserve">General Meeting de l’European Association of Social Psychology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, Cracovie, Poland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId220" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04965643v1</w:t>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04965648v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId221" w:history="1">
+            <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A robust Approach-avoidance compatibility effect with a non-evaluative (incidental) task</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Approach-avoidance reactivation measured with a visual perception task</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yoann Julliard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Batailler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Muller</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Cédric Batailler</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">General Meeting de l’European Association of Social Psychology</w:t>
+              <w:t xml:space="preserve">General Meeting of European Association of Social Psychology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, Cracovie, Poland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId221" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04965648v1</w:t>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04965643v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId222" w:history="1">
+            <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quelques apports de la théorie de la détection du signal à l’étude de la mentalité complotiste</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maude Tagand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Muller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Nurra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Klein</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Aubert‐teillaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Rencontres InterLaboratoires (RILS)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2023, Genève, Suisse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId222" w:history="1">
+            <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04836345v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId223" w:history="1">
+            <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Can we measure approach/avoidance toward stimuli that are not instrumental?</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId218" w:history="1">
+                <w:t xml:space="preserve">Peut-on observer un effet de compatibilité d’approche/évitement dans une procédure non-évaluative ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yoann Julliard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Batailler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marine Rougier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Muller</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Social Cognition Network Transfer of Knowledge Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, Milan, Italy</w:t>
+              <w:t xml:space="preserve">Symposium - 14ème Congrès International de Psychologie Sociale en Langue Française (ADRIPS)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId223" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04965631v1</w:t>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04965620v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId224" w:history="1">
+            <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Peut-on observer un effet de compatibilité d’approche/évitement dans une procédure non-évaluative ?</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId218" w:history="1">
+                <w:t xml:space="preserve">Can we measure approach/avoidance toward stimuli that are not instrumental?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yoann Julliard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Batailler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marine Rougier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Muller</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Symposium - 14ème Congrès International de Psychologie Sociale en Langue Française (ADRIPS)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, Bordeaux, France</w:t>
+              <w:t xml:space="preserve">European Social Cognition Network Transfer of Knowledge Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, Milan, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId224" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04965620v1</w:t>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04965631v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId225" w:history="1">
+            <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Apports de la cognition incarnée à la mesure des tendances à l’approche/évitement</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Approach/avoidance tendencies of novel trained stimuli</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yoann Julliard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Batailler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marine Rougier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Rousset</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Muller</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...54 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2es Journées de la cognition sociale</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Laboratoire de psychologie sociale de Louvain (Université catholique de Louvain), Oct 2021, Louvain‐la‐Neuve, Belgique</w:t>
+              <w:t xml:space="preserve">European Social Cognition Network Transfer of Knowledge Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, Salzburg, Austria</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId225" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04965615v1</w:t>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04965598v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId227" w:history="1">
+            <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tendances à l’approche/évitement de stimuli nouveaux entrainés.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId218" w:history="1">
+            <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yoann Julliard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Batailler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marine Rougier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId228" w:history="1">
+            <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Rousset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Muller</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque Jeunes Chercheurs de l’ADRIPS</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, Clermont-Ferrand,, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId227" w:history="1">
+            <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04965606v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId229" w:history="1">
+            <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Approach/avoidance tendencies of novel trained stimuli</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Influence of paradigm constraints in decision-making: mouse tracking studies on morality judgments</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Flora Gautheron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Charles Quinton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Muller</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annique Smeding</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Social Cognition Network Transfer of Knowledge Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, Salzburg, Austria</w:t>
+              <w:t xml:space="preserve">ESCON Transfer of Knowledge Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2021, Salzburg, Austria</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId229" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04965598v1</w:t>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03353362v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId230" w:history="1">
+            <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of paradigm constraints in decision-making: mouse tracking studies on morality judgments</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Apports de la cognition incarnée à la mesure des tendances à l’approche/évitement</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Muller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marine Rougier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Ric</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Batailler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Théodore Alexopoulos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ESCON Transfer of Knowledge Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2021, Salzburg, Austria</w:t>
+              <w:t xml:space="preserve">2es Journées de la cognition sociale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Laboratoire de psychologie sociale de Louvain (Université catholique de Louvain), Oct 2021, Louvain‐la‐Neuve, Belgique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId230" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03353362v1</w:t>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04965615v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId232" w:history="1">
+            <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Can the VAAST produce large replicable approach/avoidance compatibility effects when participants do not have to process valence?</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Are we all performing the same task? The moderating factors influencing the multinomial model structure associated with the Stereotype Misperception Task</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Courset</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Muller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marco Perugini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karl Christoph Klauer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Reichardt R</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Social Cognition Network, Transfert of Knowledge Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId232" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04965576v1</w:t>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04965562v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId233" w:history="1">
+            <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The health halo effect: an explanation in terms of affective misattribution</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Can the VAAST produce large replicable approach/avoidance compatibility effects when participants do not have to process valence?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Muller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId155" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Jonathon P Schuldt</w:t>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Batailler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Ric</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marine Rougier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Social Cognition Network, Transfert of Knowledge Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId233" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04965549v1</w:t>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04965576v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId236" w:history="1">
+            <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evaluative response acquisition in approach and avoidance trainings: No evidence for an effect of actual performance over instructions on incidental and instrumental learning</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">The health halo effect: an explanation in terms of affective misattribution</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Bochard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Muller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Cécile Nurra</w:t>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Norbert Schwarz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonathon P Schuldt</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">21th ESCON Transfer of Knowledge Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, ESCON, Sep 2019, Bordeaux, France</w:t>
+              <w:t xml:space="preserve">European Social Cognition Network, Transfert of Knowledge Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId236" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04790316v1</w:t>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04965549v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId237" w:history="1">
+            <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">European Social Cognition Network, Transfert of Knowledge Conference</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId56" w:history="1">
+                <w:t xml:space="preserve">Evaluative response acquisition in approach and avoidance trainings: No evidence for an effect of actual performance over instructions on incidental and instrumental learning</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Batailler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Muller</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Nurra</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bordeaux</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, Bordeaux, France</w:t>
+              <w:t xml:space="preserve">21th ESCON Transfer of Knowledge Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ESCON, Sep 2019, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId237" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04965554v1</w:t>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04790316v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId241" w:history="1">
+            <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Interaction of Valence and Relevance in Automatic Approach-Avoidance Tendencies</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">European Social Cognition Network, Transfert of Knowledge Conference</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId244" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Bret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Batailler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Courset</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Sanrey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Soufian Azouaghe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Social Cognition Network, Transfert of Knowledge Conference</w:t>
+              <w:t xml:space="preserve">Bordeaux</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId241" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04965571v1</w:t>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04965554v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId244" w:history="1">
+            <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Are we all performing the same task? The moderating factors influencing the multinomial model structure associated with the Stereotype Misperception Task</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">The Interaction of Valence and Relevance in Automatic Approach-Avoidance Tendencies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juliane Degner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Muller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId245" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId243" w:history="1">
+            <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Reichardt R</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Ric</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marine Rougier</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Social Cognition Network, Transfert of Knowledge Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId244" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04965562v1</w:t>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04965571v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId246" w:history="1">
+            <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mise à l’épreuve de l’hypothèse des théories du complot comme stigmate social.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Lantian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Muller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Nurra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Klein</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Berjot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">12e Congrès International de Psychologie Sociale en Langue Française (CIPSLF)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2018, Louvain, Belgique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId246" w:history="1">
+            <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04316798v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId247" w:history="1">
+            <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emotions et messages de prévention santé : impact des émotions perçues et ressenties sur l’intention de suivre et de partager la recommandation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId248" w:history="1">
+            <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Claire Maillard Wilhelm</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Nurra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Muller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId249" w:history="1">
+            <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Helme-Guizon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId250" w:history="1">
+            <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurie Balbo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">JIMS : Journée Internationale du Marketing de la Santé</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId247" w:history="1">
+            <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-02070539v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId251" w:history="1">
+            <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etre inférieur aux autres : peur de l’exclusion sociale et centration sur l’écart entre moi et les autres</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Pierre Fayant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Muller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrizio Butera</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId252" w:history="1">
+            <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Piermattéo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">8ème Congrès International de Psychologie Sociale en Langue Française</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, Nice, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId251" w:history="1">
+            <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04579874v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -9158,950 +9292,950 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId253" w:history="1">
+            <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The link between conspiracy mentality and confirmation bias: Using an evaluative counterconditining paradigm</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId32" w:history="1">
+                <w:t xml:space="preserve">Validation of the French General Intellectual Humility Scale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ivane Nuel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId257" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gael Gorgo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Nurra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maude Tagand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...46 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gregory Webster</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">19th General Meeting of the European Association of Social Psychology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Jun 2023, Krakow, Poland</w:t>
+              <w:t xml:space="preserve">, Jun 2023, Krakow, Poland. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId253" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04790155v1</w:t>
+            <w:hyperlink r:id="rId256" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04790437v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId255" w:history="1">
+            <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Validation of the French General Intellectual Humility Scale</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId30" w:history="1">
+                <w:t xml:space="preserve">The link between conspiracy mentality and confirmation bias: Using an evaluative counterconditining paradigm</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maude Tagand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Nurra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId259" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Corneille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Lantian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Muller</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">19th General Meeting of the European Association of Social Psychology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Jun 2023, Krakow, Poland. </w:t>
+              <w:t xml:space="preserve">, Jun 2023, Krakow, Poland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId255" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04790437v1</w:t>
+            <w:hyperlink r:id="rId258" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04790155v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId257" w:history="1">
+            <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">What drives people’s tendency to approach or to avoid?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId218" w:history="1">
+            <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yoann Julliard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Batailler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marine Rougier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId228" w:history="1">
+            <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Rousset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Muller</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Annual Convention of the Society for Personality and Social Psychology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, San Francisco, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId257" w:history="1">
+            <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04965623v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId258" w:history="1">
+            <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Instructions are enough. Investigating functional differences between experience-based and instructions-based approach and avoidance effect</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Batailler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Muller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Nurra</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Social Cognition preconference at the Society for Personality and Social Psychology 21th annual convention</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Feb 2020, New Orlean, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId258" w:history="1">
+            <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04790281v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId259" w:history="1">
+            <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Incidentally measuring approach and avoidance tendencies toward stimuli</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">A Better Understanding of the SMT Effect: Properties of the Exemplars vs. Properties of the Category</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Courset</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Muller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Mae Braud</w:t>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marco Perugini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">21th Annual Meeting de la Society for Personality and Social Psychology.</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Feb 2020, New Orleans, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId259" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04965592v1</w:t>
+            <w:hyperlink r:id="rId262" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04965595v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId261" w:history="1">
+            <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Better Understanding of the SMT Effect: Properties of the Exemplars vs. Properties of the Category</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Incidentally measuring approach and avoidance tendencies toward stimuli</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Batailler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Muller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId245" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Marco Perugini</w:t>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marine Rougier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Ric</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId264" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mae Braud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">21th Annual Meeting de la Society for Personality and Social Psychology.</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Feb 2020, New Orleans, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId261" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04965595v1</w:t>
+            <w:hyperlink r:id="rId263" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04965592v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId262" w:history="1">
+            <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">New Recommendations for Testing Indirect Effects in Mediational Models: The Need to Report and Test Component Paths.</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">The threat perception of North African and Black outgroup individuals in France: A Stereotype Misperception Task study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Courset</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Muller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId176" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Charles M. Judd</w:t>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marco Perugini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juliane Degner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karl Christoph Klauer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">l’International Convention of Psychological Science.</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, Paris, Saudi Arabia</w:t>
+              <w:t xml:space="preserve">l’International Convention of Psychological Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId262" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04965527v1</w:t>
+            <w:hyperlink r:id="rId265" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04965541v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId263" w:history="1">
+            <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The threat perception of North African and Black outgroup individuals in France: A Stereotype Misperception Task study</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">New Recommendations for Testing Indirect Effects in Mediational Models: The Need to Report and Test Component Paths.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Batailler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Yzerbyt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Muller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId245" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Karl Christoph Klauer</w:t>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles M. Judd</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">l’International Convention of Psychological Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, Paris, France</w:t>
+              <w:t xml:space="preserve">l’International Convention of Psychological Science.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, Paris, Saudi Arabia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId263" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04965541v1</w:t>
+            <w:hyperlink r:id="rId266" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04965527v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId264"/>
+      <w:footerReference w:type="default" r:id="rId267"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -10248,51 +10382,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05375826v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erin Buchanan" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kelly Cuccolo" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tom Heyman" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Niels van Berkel" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicholas Coles" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41562-025-02254-x" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04806601v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvio Maltagliati" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Sarrazin" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Muller" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Layan Fessler" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaud Ferry" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psychsport.2023.102565" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04806521v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tomasz Besta" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pawe&#322; Jurek" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#322; Olech" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna W&#322;odarczyk" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natasza Kosakowska-Berezecka" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1027/1015-5759/a000857" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04783238v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivane Nuel" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Nurra" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Dujols" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maude Tagand" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory Webster" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1525/collabra.125126" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04254284v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Rougier" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annique Smeding" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Reinout Wiers" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lison Neyroud" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1525/collabra.88926" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04046328v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flora Gautheron" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;charles Quinton" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/bdm.2324" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03863248v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natacha Boissicat" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie&#8208;pierre Fayant" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/bjep.12466" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03846884v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer Bosson" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/19485506221129687" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03508458v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Vandello" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0022022121997997" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03037488v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Batailler" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Trouilloud" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jesp.2020.104059" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-03277694v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natasza Kosakowska&#8208;berezecka" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joesph Vandello" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejsp.2696" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-03277693v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Courset" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Devos" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejsp.2653" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-03277695v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoite Aub&#233;" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Ric" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Yzerbyt" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actpsy.2019.102942" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01912397v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Lantian" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Klein" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Berjot" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejsp.2498" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01884786v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Igor Ivanov" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Delmas" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michaela W&#228;nke" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jesp.2018.07.001" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01884787v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Palluel-Germain" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Manto Jonte" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5334/irsp.179" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01989994v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles M Judd" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1037/pspa0000132" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01884783v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Theodore Alexopoulos" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jesp.2017.12.004" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01674578v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Buson" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Nardy" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Chevrot" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/tops.12380" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01564511v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karen M Douglas" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1027/1864-9335/a000306" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-02904559v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oulmann Zerhouni" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01884781v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Subra" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Fourgassie" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alan Chauvin" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02699931.2017.1284044" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02005472v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Hagger" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Chatzisarantis" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Alberts" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Anggono" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Batailler" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/1745691616652873" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01884031v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5334/irsp.50" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01884028v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karen Douglas" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5334/irsp.8" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01884770v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Colpaert" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Pierre Fayant" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrizio Butera" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyg.2015.01337" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01884774v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Eve Rey" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Riou" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Dabic" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Versace" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1037/xlm0000051" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01884771v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chris Hubertus Joseph Hartgerink" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1027/1864-9335/a000209" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01975448v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kai Sassenberg" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karl Christoph Klauer" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01884769v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoite Aube" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3758/s13428-012-0276-z" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00965261v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Alexopoulos" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Ric" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Marendaz" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01884021v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Theodore Alexopolous" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejsp.1882" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-BS4W3DV8-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01884022v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1037/a0024608" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01884030v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brad Bushman" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Ceaux" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/1948550612436984" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01883456v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathon Schuldt" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Norbert Schwarz" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/1948550611431643" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01884027v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Morgado" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edouard Gentaz" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1068/p6830" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01884024v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1751-9004.2010.00279.x" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-JHRHNTDS-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01883465v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent B&#232;gue" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0146167210374725" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00918805v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jesp.2010.07.013" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-6FK1SXCB-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01975433v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Arvers" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Bricout" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jesp.2008.07.018" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00645180v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01883507v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles M. Judd" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01884765v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sei Jin Ko" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Judd" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diederik Stapel" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jesp.2007.07.011" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01883444v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1037/0022-3514.93.2.194" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00941392v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01883447v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1348/014466605X37314" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-Q4XN3LV6-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01883441v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Darnon" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sheree Schrager" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nelly Pannuzzo" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1037/0022-0663.98.4.766" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01883459v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernadette Park" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ernestine Gordijn" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejsp.281" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-FBH672W2-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01883429v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1037/0022-3514.89.6.852" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01884780v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ernestine H. Gordijn" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01883435v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Marx" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1037/0022-3514.88.3.432" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01883436v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jesp.2003.10.001" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-3MP214DM-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01883453v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Atzeni" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jesp.2003.12.003" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-085HDSDR-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01884764v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04965694v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04836432v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Aubert&#8208;teillaud" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04965715v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04965689v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoann Julliard" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04790184v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04965643v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04965648v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04836345v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04965631v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04965620v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04965615v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;odore Alexopoulos" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04965606v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Rousset" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04965598v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03353362v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Charles Quinton" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04965576v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04965549v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bochard" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathon P Schuldt" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04790316v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04965554v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Bret" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Sanrey" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soufian Azouaghe" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04965571v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliane Degner" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Reichardt R" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04965562v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Perugini" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04316798v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02070539v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Claire Maillard Wilhelm" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Helme-Guizon" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurie Balbo" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-catholille.hal.science/hal-04579874v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Piermatt&#233;o" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04790155v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Corneille" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04790437v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gael Gorgo" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04965623v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04790281v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04965592v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mae Braud" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04965595v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04965527v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04965541v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-05558428v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maude Tagand" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Muller" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Nurra" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Klein" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Aubert-Teillaud" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/09567976261417245" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05375826v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erin Buchanan" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kelly Cuccolo" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tom Heyman" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Niels van Berkel" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicholas Coles" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41562-025-02254-x" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04806601v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvio Maltagliati" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Sarrazin" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Layan Fessler" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaud Ferry" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psychsport.2023.102565" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04806521v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tomasz Besta" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pawe&#322; Jurek" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#322; Olech" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna W&#322;odarczyk" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natasza Kosakowska-Berezecka" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1027/1015-5759/a000857" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04783238v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivane Nuel" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Dujols" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory Webster" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1525/collabra.125126" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04254284v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Rougier" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annique Smeding" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Reinout Wiers" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lison Neyroud" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1525/collabra.88926" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04046328v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flora Gautheron" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;charles Quinton" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/bdm.2324" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03863248v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natacha Boissicat" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie&#8208;pierre Fayant" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/bjep.12466" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03846884v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer Bosson" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/19485506221129687" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03037488v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Batailler" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Trouilloud" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jesp.2020.104059" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03508458v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Vandello" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0022022121997997" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-03277694v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natasza Kosakowska&#8208;berezecka" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joesph Vandello" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejsp.2696" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-03277693v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Courset" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Devos" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejsp.2653" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-03277695v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoite Aub&#233;" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Ric" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Yzerbyt" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actpsy.2019.102942" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01884783v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Theodore Alexopoulos" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jesp.2017.12.004" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01674578v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Buson" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Nardy" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Chevrot" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/tops.12380" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01912397v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Lantian" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Berjot" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejsp.2498" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01884786v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Igor Ivanov" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Delmas" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michaela W&#228;nke" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jesp.2018.07.001" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01884787v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Palluel-Germain" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Manto Jonte" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5334/irsp.179" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01989994v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles M Judd" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1037/pspa0000132" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01884781v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Subra" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Fourgassie" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alan Chauvin" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02699931.2017.1284044" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01564511v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karen M Douglas" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1027/1864-9335/a000306" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-02904559v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oulmann Zerhouni" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02005472v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Hagger" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Chatzisarantis" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Alberts" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Anggono" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Batailler" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/1745691616652873" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01884031v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5334/irsp.50" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01884028v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karen Douglas" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5334/irsp.8" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01884774v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Eve Rey" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Riou" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Dabic" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Versace" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1037/xlm0000051" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01884770v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Colpaert" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Pierre Fayant" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrizio Butera" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyg.2015.01337" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01884771v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chris Hubertus Joseph Hartgerink" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1027/1864-9335/a000209" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01975448v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kai Sassenberg" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karl Christoph Klauer" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01884769v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoite Aube" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3758/s13428-012-0276-z" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01884021v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Marendaz" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Theodore Alexopolous" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejsp.1882" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-BS4W3DV8-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00965261v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Alexopoulos" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Ric" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01884022v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1037/a0024608" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01884030v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brad Bushman" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Ceaux" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/1948550612436984" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01883456v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathon Schuldt" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Norbert Schwarz" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/1948550611431643" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01884027v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Morgado" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edouard Gentaz" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1068/p6830" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01884024v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1751-9004.2010.00279.x" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-JHRHNTDS-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01883465v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent B&#232;gue" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0146167210374725" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00918805v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jesp.2010.07.013" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-6FK1SXCB-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01975433v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Arvers" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Bricout" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jesp.2008.07.018" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01883507v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles M. Judd" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00645180v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01884765v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sei Jin Ko" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Judd" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diederik Stapel" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jesp.2007.07.011" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00941392v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1037/0022-3514.93.2.194" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01883444v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01883441v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Darnon" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sheree Schrager" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nelly Pannuzzo" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1037/0022-0663.98.4.766" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01883447v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1348/014466605X37314" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-Q4XN3LV6-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01883459v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernadette Park" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ernestine Gordijn" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejsp.281" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-FBH672W2-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01883429v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1037/0022-3514.89.6.852" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01884780v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ernestine H. Gordijn" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01883435v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Marx" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1037/0022-3514.88.3.432" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01883436v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jesp.2003.10.001" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-3MP214DM-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01883453v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Atzeni" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jesp.2003.12.003" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-085HDSDR-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01884764v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04790184v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Aubert&#8208;teillaud" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04965694v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04836432v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04965715v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04965689v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoann Julliard" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04965648v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04965643v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04836345v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04965620v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04965631v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04965598v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Rousset" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04965606v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03353362v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Charles Quinton" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04965615v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;odore Alexopoulos" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04965562v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Perugini" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Reichardt R" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04965576v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04965549v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bochard" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathon P Schuldt" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04790316v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04965554v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Bret" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Sanrey" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soufian Azouaghe" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04965571v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliane Degner" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04316798v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02070539v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Claire Maillard Wilhelm" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Helme-Guizon" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurie Balbo" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-catholille.hal.science/hal-04579874v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Piermatt&#233;o" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04790437v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gael Gorgo" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04790155v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Corneille" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04965623v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04790281v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04965595v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04965592v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mae Braud" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04965541v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04965527v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>