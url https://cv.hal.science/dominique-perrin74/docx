--- v0 (2026-03-09)
+++ v1 (2026-03-30)
@@ -214,1334 +214,1334 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">N°spécial de revue/special issue (4)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (12)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julien Gracq (1938-2007), une figure singulière de l’écrivain comme intellectuel</w:t>
+                <w:t xml:space="preserve">Devant l'histoire de l'Occident, face à la Terre et par l'écriture. Julien Gracq, un écrivain dans l'espace public de pensée contemporain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Perrin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La Revue des lettres modernes: série Julien Gracq</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, n° 10, 2025</w:t>
-[...6 lines deleted...]
-              <w:t xml:space="preserve">N°spécial de revue/special issue</w:t>
+              <w:t xml:space="preserve">, 2025, n° 10, 50 p</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05349204v1</w:t>
+                <w:t xml:space="preserve">hal-04922631v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La littérature avant la lettre : l'album pour enfants devant la théorie littéraire</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Penser la culture texte-image adressée à l’enfance en s’émancipant des historiographies du livre et de la littérature : perspectives sur l’album et la presse enfantine aux xxe et xxie siècles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Perrin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Acta fabula : Revue des parutions pour les études littéraires</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, dossier n° 80, vol. 25 (n° 9), https://www.fabula.org/revue/sommaire18614.php, 2024</w:t>
-[...6 lines deleted...]
-              <w:t xml:space="preserve">N°spécial de revue/special issue</w:t>
+              <w:t xml:space="preserve">, 2024, 25 (9), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.58282/acta.18617⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (compte-rendu de lecture)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04786290v1</w:t>
+                <w:t xml:space="preserve">hal-04784296v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La littérature avant la lettre : l’album pour enfants devant la théorie littéraire</w:t>
+                <w:t xml:space="preserve">L’album pour enfants comme carrefour imprévu des traditions littéraires occidentales. Un instrument de culture précoce en contexte de dynamique démocratique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Perrin</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Cécile Boulaire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Fabula-LhT : littérature, histoire, théorie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 32, 2024, </w:t>
+              <w:t xml:space="preserve">, 2024, 32, </w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.58282/lht.4319⟩</w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve">N°spécial de revue/special issue</w:t>
+                <w:t xml:space="preserve">⟨10.58282/lht.4325⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04786238v1</w:t>
+                <w:t xml:space="preserve">hal-04784293v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Critiquer l’album sériel</w:t>
+                <w:t xml:space="preserve">Étudier l’album sériel : une contribution collective à une théorie critique de l’album pour enfants</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Perrin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Strenae - Recherches sur les livres et objets culturels de l’enfance</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 22, https://journals.openedition.org/strenae/8684, 2023, </w:t>
+              <w:t xml:space="preserve">, 2023, 22, </w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/strenae.9614⟩</w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve">N°spécial de revue/special issue</w:t>
+                <w:t xml:space="preserve">⟨10.4000/strenae.9949⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04782584v1</w:t>
+                <w:t xml:space="preserve">hal-04626817v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Eloy (dir.), Comment la culture vient aux enfants : repenser les médiations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Perrin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Strenae - Recherches sur les livres et objets culturels de l’enfance</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 20-21, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/strenae.9215⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04626870v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'album de grande diffusion, un corpus populaire entre discrétion et illégitimité (2). Des pratiques de classe à la recherche en didactique de la littérature</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Perrin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Strenae - Recherches sur les livres et objets culturels de l’enfance</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 19, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/strenae.8823⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04626874v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">De l'ordre militaire à l'ordre littéraire. Sur la dissolution d'un lien constitutif dans les Manuscrits de guerre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Perrin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Revue des lettres modernes: série Julien Gracq</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, n° 9, p. 35-56</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04626930v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'album de grande diffusion, un corpus populaire entre discrétion et illégitimité (1). Du contexte savant à l’institution scolaire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Perrin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Strenae - Recherches sur les livres et objets culturels de l’enfance</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 19, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/strenae.8808⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04626868v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Enseigner la littérature : un état des lieux collaboratif &amp; prospectif</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Perrin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Acta fabula : Revue des parutions pour les études littéraires</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 21 (11), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.58282/acta.13290⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04626879v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« &amp;quot;Il y a une divinité en toi.&amp;quot; Figures et manifestations de l’inspiration chez Julien Gracq »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Perrin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Revue des lettres modernes: série Julien Gracq</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, n° 8, p. 141-159</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04626896v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Des influences littéraires à l'« influence de l'Histoire » chez Julien Gracq et Henry Bauchau</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Perrin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Littérature</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, n° 173 (174), p. 3-20. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/litt.173.0003⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01231045v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pour une approche épistémologique de l’écriture littéraire à l’école. Problèmes et enjeux du paradigmede l’intention créatrice</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Perrin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Repères : recherches en didactique du français langue maternelle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 40, pp.9 - 36. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/reperes.323⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04784269v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (12)</w:t>
+        <w:t xml:space="preserve">N°spécial de revue/special issue (4)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Devant l'histoire de l'Occident, face à la Terre et par l'écriture. Julien Gracq, un écrivain dans l'espace public de pensée contemporain</w:t>
+                <w:t xml:space="preserve">Julien Gracq (1938-2007), une figure singulière de l’écrivain comme intellectuel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Perrin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La Revue des lettres modernes: série Julien Gracq</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2025, n° 10, 50 p</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-04922631v1</w:t>
+              <w:t xml:space="preserve">, n° 10, 2025</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">N°spécial de revue/special issue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05349204v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Penser la culture texte-image adressée à l’enfance en s’émancipant des historiographies du livre et de la littérature : perspectives sur l’album et la presse enfantine aux xxe et xxie siècles</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">La littérature avant la lettre : l'album pour enfants devant la théorie littéraire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Boulaire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Perrin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Acta fabula : Revue des parutions pour les études littéraires</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2024, 25 (9), </w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-04784296v1</w:t>
+              <w:t xml:space="preserve">, dossier n° 80, vol. 25 (n° 9), https://www.fabula.org/revue/sommaire18614.php, 2024</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">N°spécial de revue/special issue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04786290v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’album pour enfants comme carrefour imprévu des traditions littéraires occidentales. Un instrument de culture précoce en contexte de dynamique démocratique</w:t>
+                <w:t xml:space="preserve">La littérature avant la lettre : l’album pour enfants devant la théorie littéraire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Perrin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Boulaire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Fabula-LhT : littérature, histoire, théorie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2024, 32, </w:t>
-[...26 lines deleted...]
-                <w:t xml:space="preserve">hal-04784293v1</w:t>
+              <w:t xml:space="preserve">, 32, 2024, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.58282/lht.4319⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">N°spécial de revue/special issue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04786238v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Étudier l’album sériel : une contribution collective à une théorie critique de l’album pour enfants</w:t>
+                <w:t xml:space="preserve">Critiquer l’album sériel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Perrin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Strenae - Recherches sur les livres et objets culturels de l’enfance</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2023, 22, </w:t>
-[...573 lines deleted...]
-            </w:pPr>
+              <w:t xml:space="preserve">, 22, https://journals.openedition.org/strenae/8684, 2023, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/strenae.9614⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">N°spécial de revue/special issue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...58 lines deleted...]
-                <w:t xml:space="preserve">hal-04784269v1</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04782584v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Ouvrages (4)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -1895,51 +1895,51 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Perrin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque international Max, Martine, Maya et Cie - Classiques, chefs-d’œuvre, best-sellers pour la jeunesse : quels patrimoines à partager ?</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, BNF/CNLJ-Sorbonne nouvelle, Nov 2025, Paris, Bibliothèque François Mitterrand, Aubervilliers, Centre des colloques, France</w:t>
+              <w:t xml:space="preserve">, BNF/CNLJ-Sorbonne nouvelle, Nov 2025, Paris BNF, Sorbonne nouvelle, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05349134v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
@@ -2083,51 +2083,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virginia Haviland</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marina Cartier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Boulaire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Perrin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2206,51 +2206,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie Guarrigues</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Perrin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Boulaire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2024, </w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.58282/acta.18658⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
@@ -2711,51 +2711,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inspe.univ-lyon1.fr/recherche/annuaire-des-chercheurs-ses/dominique-perrin" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inspe.univ-lyon1.fr/recherche/axe-interdisciplinaire-litterature-de-jeunesse" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ife.ens-lyon.fr/lea/le-reseau/les-differents-lea/en-scene-pour-comprendre-en-maths-et-francais" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05349204v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Perrin" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04786290v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Boulaire" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04786238v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58282/lht.4319" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04782584v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/strenae.9614" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04922631v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04784296v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58282/acta.18617" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04784293v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58282/lht.4325" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04626817v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/strenae.9949" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04626870v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/strenae.9215" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04626874v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/strenae.8823" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04626930v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04626868v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/strenae.8808" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04626879v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58282/acta.13290" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04626896v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01231045v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/litt.173.0003" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04784269v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/reperes.323" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04786221v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01998656v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Marie Mercier-Faivre" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pub.44410" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01998648v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04875017v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05349134v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05084425v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04786142v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maurice Sendak" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginia Haviland" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Cartier" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58282/lht.4490" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04786188v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lovisa Berg" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Guarrigues" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58282/acta.18658" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04818808v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04818751v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pub.44645" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04818690v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pub.44465" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inspe.univ-lyon1.fr/recherche/annuaire-des-chercheurs-ses/dominique-perrin" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inspe.univ-lyon1.fr/recherche/axe-interdisciplinaire-litterature-de-jeunesse" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ife.ens-lyon.fr/lea/le-reseau/les-differents-lea/en-scene-pour-comprendre-en-maths-et-francais" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04922631v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Perrin" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04784296v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58282/acta.18617" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04784293v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58282/lht.4325" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04626817v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/strenae.9949" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04626870v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/strenae.9215" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04626874v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/strenae.8823" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04626930v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04626868v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/strenae.8808" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04626879v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58282/acta.13290" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04626896v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01231045v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/litt.173.0003" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04784269v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/reperes.323" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05349204v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04786290v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Boulaire" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04786238v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58282/lht.4319" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04782584v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/strenae.9614" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04786221v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01998656v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Marie Mercier-Faivre" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pub.44410" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01998648v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04875017v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05349134v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05084425v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04786142v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maurice Sendak" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginia Haviland" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Cartier" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58282/lht.4490" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04786188v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lovisa Berg" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Guarrigues" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58282/acta.18658" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04818808v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04818751v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pub.44645" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04818690v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pub.44465" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>