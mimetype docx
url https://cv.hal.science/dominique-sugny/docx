--- v0 (2026-03-03)
+++ v1 (2026-03-24)
@@ -298,291 +298,291 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05427567v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Optimal control of a Bose-Einstein condensate in an optical lattice: the non-linear and two-dimensional cases</w:t>
+                <w:t xml:space="preserve">Unitary transformations using robust optimal control on a cold atom qudit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">E. Dionis</w:t>
+                <w:t xml:space="preserve">Eloi Flament</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Nicolas Ombredane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Floriane Arrouas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Ronco</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">B Peaudecerf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...35 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Quantum Science and Technology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/frqst.2025.1540695⟩</w:t>
+              <w:t xml:space="preserve">Physical Review Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 7, pp.033069. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/fvlj-yph6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04929609v1</w:t>
+                <w:t xml:space="preserve">hal-05246548v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Unitary transformations using robust optimal control on a cold atom qudit</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Optimal control of a Bose-Einstein condensate in an optical lattice: the non-linear and two-dimensional cases</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Ombredane</w:t>
+                <w:t xml:space="preserve">E. Dionis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B Peaudecerf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Guérin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Floriane Arrouas</w:t>
+                <w:t xml:space="preserve">David Guéry-Odelin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dominique Ronco</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">D. Sugny</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review Research</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 7, pp.033069. </w:t>
+              <w:t xml:space="preserve">Frontiers in Quantum Science and Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 4, pp.1540695. </w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1103/fvlj-yph6⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3389/frqst.2025.1540695⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05246548v1</w:t>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04929609v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Optimal Floquet Engineering for Large Scale Atom Interferometers</w:t>
               </w:r>
@@ -702,64 +702,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Floquet operator engineering for quantum state stroboscopic stabilization</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Floriane Arrouas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Ombredane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucas Gabardos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -983,64 +983,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Ansel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E Dionis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Floriane Arrouas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B Peaudecerf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Guérin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -1208,77 +1208,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Phase-space distributions of Bose-Einstein condensates in an optical lattice: Optimal shaping and reconstruction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathan Dupont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Floriane Arrouas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucas Gabardos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Ombredane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juliette Billy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -1446,64 +1446,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Time-optimal control of two-level quantum systems by piecewise constant pulses</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Dionis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Sugny</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review A</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 107 (3), pp.032613. </w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2540,265 +2540,265 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03134991v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quantum State Control of a Bose-Einstein Condensate in an Optical Lattice</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Application of the Small Tip-Angle approximation in the Toggling Frame for the design of analytic robust pulses in Quantum Control</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gabriel Chatelain</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Lucas Gabardos</w:t>
+                <w:t xml:space="preserve">L. van Damme</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Sugny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maxime Arnal</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">S.J. Glaser</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PRX Quantum</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 2 (4), </w:t>
+              <w:t xml:space="preserve">Physical Review A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 104, pp.042226. </w:t>
             </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1103/PRXQuantum.2.040303⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevA.104.042226⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03373416v1</w:t>
+                <w:t xml:space="preserve">hal-03437094v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Application of the Small Tip-Angle approximation in the Toggling Frame for the design of analytic robust pulses in Quantum Control</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Quantum State Control of a Bose-Einstein Condensate in an Optical Lattice</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathan Dupont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L. van Damme</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">D. Sugny</w:t>
+                <w:t xml:space="preserve">Gabriel Chatelain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucas Gabardos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S.J. Glaser</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Maxime Arnal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juliette Billy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review A</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 104, pp.042226. </w:t>
+              <w:t xml:space="preserve">PRX Quantum</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 2 (4), </w:t>
             </w:r>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1103/PhysRevA.104.042226⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1103/PRXQuantum.2.040303⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03437094v1</w:t>
+                <w:t xml:space="preserve">hal-03373416v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Introduction to the Pontryagin Maximum Principle for Quantum Optimal Control</w:t>
               </w:r>
@@ -3129,261 +3129,261 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03371380v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comment distinguer une raquette de tennis d’un stylo à bille</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Geometric Origin of the Tennis Racket Effect</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pavao Mardešić</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Khalid Hamraoui</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Pavao Mardešić</w:t>
+                <w:t xml:space="preserve">G. j. Gutierrez Guillen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léo van Damme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Sugny</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Léo van Damme</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Images des mathématiques</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, </w:t>
+              <w:t xml:space="preserve">Physical Review Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 125 (6), </w:t>
             </w:r>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.60868/x39h-dq28⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevLett.125.064301⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05530147v1</w:t>
+                <w:t xml:space="preserve">hal-03033819v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Geometric Origin of the Tennis Racket Effect</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Comment distinguer une raquette de tennis d’un stylo à bille</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Khalid Hamraoui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pavao Mardešić</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId116" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">G. j. Gutierrez Guillen</w:t>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Sugny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léo van Damme</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Dominique Sugny</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review Letters</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 125 (6), </w:t>
+              <w:t xml:space="preserve">Images des mathématiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, </w:t>
             </w:r>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1103/PhysRevLett.125.064301⟩</w:t>
+                <w:t xml:space="preserve">⟨10.60868/x39h-dq28⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03033819v1</w:t>
+                <w:t xml:space="preserve">hal-05530147v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robust control of an ensemble of springs: Application to ion cyclotron resonance and two-level quantum systems</w:t>
               </w:r>
@@ -3395,51 +3395,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vardan Martikyan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Devra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Guéry-Odelin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. J. Glaser</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3642,51 +3642,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comparison between optimal control and shortcut to adiabaticity protocols in a linear control system</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vardan Martikyan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Guéry-Odelin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Sugny</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4027,51 +4027,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Amri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Corgier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Sugny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Rasel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4148,51 +4148,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Optimal periodic control of spin systems: Application to the maximization of the signal-to-noise ratio per unit time</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadia Jbili</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Khalid Hamraoui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Steffen Glaser</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4673,325 +4673,325 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01848643v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Non-Markovianity in the optimal control of an open quantum system described by hierarchical equations of motion</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Dominique Sugny</w:t>
+                <w:t xml:space="preserve">A simplified framework to optimize MRI contrast preparation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric van Reeth van Reeth</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Ratiney</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christoph Meier</w:t>
+                <w:t xml:space="preserve">Kevin Tse-Ve-Koon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Tesch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Osman Atabek</w:t>
+                <w:t xml:space="preserve">Denis Grenier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">New Journal of Physics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 20 (4), pp.043050. </w:t>
+              <w:t xml:space="preserve">Magnetic Resonance in Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, </w:t>
             </w:r>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1088/1367-2630/aab651⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/mrm.27417⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01793017v1</w:t>
+                <w:t xml:space="preserve">hal-01885027v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A simplified framework to optimize MRI contrast preparation</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Hélène Ratiney</w:t>
+                <w:t xml:space="preserve">Non-Markovianity in the optimal control of an open quantum system described by hierarchical equations of motion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Mangaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raiju Puthumpally-Joseph</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Sugny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kevin Tse-Ve-Koon</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Michael Tesch</w:t>
+                <w:t xml:space="preserve">Christoph Meier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Denis Grenier</w:t>
+                <w:t xml:space="preserve">Osman Atabek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Magnetic Resonance in Medicine</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, </w:t>
+              <w:t xml:space="preserve">New Journal of Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 20 (4), pp.043050. </w:t>
             </w:r>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/mrm.27417⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1088/1367-2630/aab651⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01885027v1</w:t>
+                <w:t xml:space="preserve">hal-01793017v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Classical and quantum rotation numbers of asymmetric-top molecules</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Khalid Hamraoui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léo van Damme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5116,51 +5116,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Bertet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Glaser</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Sugny</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review A : Atomic, molecular, and optical physics [1990-2015]</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 98, pp.023425. </w:t>
             </w:r>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
@@ -5322,395 +5322,395 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04871415v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rotation forms and local Hamiltonian monodromy</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">A. Giacobbe</w:t>
+                <w:t xml:space="preserve">The tennis racket effect in a three-dimensional rigid body</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léo van Damme</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léo van Damme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pavao Mardešić</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">D. Sugny</w:t>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Sugny</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Mathematical Physics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1063/1.4975215⟩</w:t>
+              <w:t xml:space="preserve">Physica D: Nonlinear Phenomena</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 338, pp.17 - 25. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.physd.2016.07.010⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01514195v1</w:t>
+                <w:t xml:space="preserve">hal-01447250v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Active Control of the Spatial MRI Phase Distribution with Optimal Control Theory</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pauline Lefebvre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric van Reeth</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Ratiney</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Beuf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId194" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elisabeth Brusseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Magnetic Resonance</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 281, pp.82-93. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId197" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.jmr.2017.05.008⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01528498v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId198" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The tennis racket effect in a three-dimensional rigid body</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Léo van Damme</w:t>
+                <w:t xml:space="preserve">Rotation forms and local Hamiltonian monodromy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K. Efstathiou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Giacobbe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pavao Mardešić</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Dominique Sugny</w:t>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Sugny</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physica D: Nonlinear Phenomena</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 338, pp.17 - 25. </w:t>
+              <w:t xml:space="preserve">Journal of Mathematical Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 58 (2), pp.022902. </w:t>
             </w:r>
             <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.physd.2016.07.010⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1063/1.4975215⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId198" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01447250v1</w:t>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01514195v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Incoherent Fermi-Pasta-Ulam Recurrences and Unconstrained Thermalization Mediated by Strong Phase Correlations</w:t>
               </w:r>
@@ -5735,51 +5735,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Josselin Garnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Rumpf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Sugny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Fatome</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -5964,51 +5964,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Optimal control theory for applications in Magnetic Resonance Imaging</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric van Reeth</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Ratiney</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6224,103 +6224,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Optimal control design of preparation pulses for contrast optimization in MRI</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric van Reeth</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Ratiney</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Tesch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Grenier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Beuf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Magnetic Resonance</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 279, pp.39 - 50. </w:t>
@@ -6500,51 +6500,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Observation of the field-free orientation of a symmetric-top molecule by terahertz laser pulses at high temperature</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Babilotte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Khalid Hamraoui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Billard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6660,51 +6660,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Ndong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Hertz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Sugny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Billard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -7253,51 +7253,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Daems</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Ruschhaupt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Sugny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Guérin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -7338,295 +7338,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04872080v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Field-free molecular alignment for probing collisional relaxation dynamics</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Optical flip-flop memory and data packet switching operation based on polarization bistability in a telecommunication optical fiber</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Yves Bony</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Th. Vieillard</w:t>
+                <w:t xml:space="preserve">Massimiliano Guasoni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elie Assémat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">F. Chaussard</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">O. Faucher</w:t>
+                <w:t xml:space="preserve">Stéphane Pitois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Sugny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review A</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, 87, </w:t>
+              <w:t xml:space="preserve">Journal of the Optical Society of America B</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 30 (8), pp.2318-2325. </w:t>
             </w:r>
             <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1103/PhysRevA.87.023409⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1364/JOSAB.30.002318⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04114092v1</w:t>
+                <w:t xml:space="preserve">hal-00960431v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Optical flip-flop memory and data packet switching operation based on polarization bistability in a telecommunication optical fiber</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Field-free molecular alignment for probing collisional relaxation dynamics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Massimiliano Guasoni</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Elie Assémat</w:t>
+                <w:t xml:space="preserve">Th. Vieillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stéphane Pitois</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Dominique Sugny</w:t>
+                <w:t xml:space="preserve">F. Chaussard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Billard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Sugny</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O. Faucher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of the Optical Society of America B</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, 30 (8), pp.2318-2325. </w:t>
+              <w:t xml:space="preserve">Physical Review A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 87, </w:t>
             </w:r>
             <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1364/JOSAB.30.002318⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevA.87.023409⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00960431v1</w:t>
+                <w:t xml:space="preserve">hal-04114092v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">All-optical regeneration of polarization of a 40 Gbit/s return-to-zero telecommunication signal</w:t>
               </w:r>
@@ -7638,77 +7638,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Fatome</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Sugny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId261" w:history="1">
+            <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Pitois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Morin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId260" w:history="1">
+            <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Massimiliano Guasoni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Photonics research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 1 (3), pp.115-123. </w:t>
@@ -7740,762 +7740,762 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00864516v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Time-optimal monotonic convergent algorithms for the control of spin systems</w:t>
-[...39 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Optimal control of the inversion of two spins in Nuclear Magnetic Resonance</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId268" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Assemat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId269" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Attar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId270" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M.-J. Penouilh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId271" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Picquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId272" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Tabard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review A : Atomic, molecular, and optical physics [1990-2015]</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevA.85.033406⟩</w:t>
+              <w:t xml:space="preserve">Chemical Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 405, pp.71--75. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId273" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.chemphys.2012.06.013⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00654133v1</w:t>
+                <w:t xml:space="preserve">hal-00750037v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId269" w:history="1">
+            <w:hyperlink r:id="rId275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Optimal control of the inversion of two spins in Nuclear Magnetic Resonance</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Time-optimal monotonic convergent algorithms for the control of spin systems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Lapert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Salomon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Sugny</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemical Physics</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Physical Review A : Atomic, molecular, and optical physics [1990-2015]</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 85 (3), pp.033406. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId276" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevA.85.033406⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.chemphys.2012.06.013⟩</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-00750037v1</w:t>
+                <w:t xml:space="preserve">hal-00654133v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hamiltonian tools for the analysis of optical polarization control</w:t>
+                <w:t xml:space="preserve">A Review of Geometric Optimal Control for Quantum Systems in Nuclear Magnetic Resonance</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elie Assemat</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Hans-Rudolf Jauslin</w:t>
+                <w:t xml:space="preserve">Bernard Bonnard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Steffen Glaser</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Sugny</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of the Optical Society of America B</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1364/JOSAB.29.000559⟩</w:t>
+              <w:t xml:space="preserve">Advances in Mathematical Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, -, pp.857493. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId279" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1155/2012/857493⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00699914v1</w:t>
+                <w:t xml:space="preserve">hal-00750040v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId282" w:history="1">
+            <w:hyperlink r:id="rId280" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Review of Geometric Optimal Control for Quantum Systems in Nuclear Magnetic Resonance</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Hamiltonian tools for the analysis of optical polarization control</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId281" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elie Assemat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId282" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonio Picozzi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bernard Bonnard</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Steffen Glaser</w:t>
+                <w:t xml:space="preserve">Hans-Rudolf Jauslin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Sugny</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Advances in Mathematical Physics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012, -, pp.857493. </w:t>
+              <w:t xml:space="preserve">Journal of the Optical Society of America B</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 29 (4), pp.559-571. </w:t>
             </w:r>
             <w:hyperlink r:id="rId284" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1155/2012/857493⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1364/JOSAB.29.000559⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId282" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00750040v1</w:t>
+            <w:hyperlink r:id="rId280" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00699914v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Field-free molecular orientation of (1)Sigma and (2)Pi molecules at high temperature</w:t>
+                <w:t xml:space="preserve">Optimal control of quantum superpositions in a bosonic Josephson junction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ronald Tehini</w:t>
+                <w:t xml:space="preserve">M. Lapert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId287" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Md Ziaul Hoque</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Olivier Faucher</w:t>
+                <w:t xml:space="preserve">G. Ferrini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Sugny</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review A : Atomic, molecular, and optical physics [1990-2015]</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2012, 85, pp.043423. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevA.85.043423⟩</w:t>
+              <w:t xml:space="preserve">, 2012, 85, pp.023611. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId288" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevA.85.023611⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00760256v1</w:t>
+                <w:t xml:space="preserve">hal-00760308v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId290" w:history="1">
+            <w:hyperlink r:id="rId289" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Optimal control of quantum superpositions in a bosonic Josephson junction</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Field-free molecular orientation of (1)Sigma and (2)Pi molecules at high temperature</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId290" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ronald Tehini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId291" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Lapert</w:t>
+                <w:t xml:space="preserve">Md Ziaul Hoque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId292" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">G. Ferrini</w:t>
+                <w:t xml:space="preserve">Olivier Faucher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Sugny</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review A : Atomic, molecular, and optical physics [1990-2015]</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2012, 85, pp.023611. </w:t>
+              <w:t xml:space="preserve">, 2012, 85, pp.043423. </w:t>
             </w:r>
             <w:hyperlink r:id="rId293" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1103/PhysRevA.85.023611⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevA.85.043423⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId290" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00760308v1</w:t>
+            <w:hyperlink r:id="rId289" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00760256v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId294" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A universal optical all-fiber omnipolarizer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Fatome</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId261" w:history="1">
+            <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Pitois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Morin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8572,51 +8572,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId296" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Connection between optimal control theory and adiabatic-passage techniques in quantum systems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId270" w:history="1">
+            <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Assemat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Sugny</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -8663,51 +8663,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId298" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Exploring the Physical Limits of Saturation Contrast in Magnetic Resonance Imaging</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId291" w:history="1">
+            <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Lapert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId299" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y. Zhang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8862,51 +8862,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId303" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Geometric Optimal Control of the Contrast Imaging Problem in Nuclear Magnetic Resonance</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId283" w:history="1">
+            <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Bonnard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId304" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Cots</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9009,51 +9009,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Observation of laser-induced ﬁeld-free permanent planar alignment of molecules</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId307" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Md. Z. Hoque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId291" w:history="1">
+            <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Lapert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Hertz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9130,77 +9130,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId309" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Field-free quantum cogwheel by shaping of rotational wave packets</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId291" w:history="1">
+            <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Lapert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Guérin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Sugny</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review A</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 83 (1), pp.013403. </w:t>
             </w:r>
             <w:hyperlink r:id="rId310" w:history="1">
               <w:r>
                 <w:rPr>
@@ -9234,90 +9234,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId311" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manifestation of Hamiltonian monodromy in nonlinear wave systems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId270" w:history="1">
+            <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Assemat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId312" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Michel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId279" w:history="1">
+            <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antonio Picozzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId280" w:history="1">
+            <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hans-Rudolf Jauslin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Sugny</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -9364,90 +9364,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId314" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Polarization control in spun and telecommunication optical fibers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId270" w:history="1">
+            <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Assemat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId315" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Dargent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId279" w:history="1">
+            <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antonio Picozzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId280" w:history="1">
+            <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hans-Rudolf Jauslin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Sugny</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -9485,77 +9485,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId316" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Instabilities of optical solitons and Hamiltonian singular solutions in a medium of finite extension</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId270" w:history="1">
+            <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Assemat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId279" w:history="1">
+            <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antonio Picozzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId280" w:history="1">
+            <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hans-Rudolf Jauslin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Sugny</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -9732,51 +9732,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simultaneous time-optimal control of the inversion of two spin-1/2 particles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Sugny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId291" w:history="1">
+            <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Lapert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elie Assémat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9853,77 +9853,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId325" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The energy minimization problem for two-level dissipative quantum systems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId283" w:history="1">
+            <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Bonnard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId304" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Cots</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Sugny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId326" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nataliya Shcherbakova</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -9964,265 +9964,265 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04177744v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId328" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Singular tori as attractors of four-wave interaction systems</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Singular Extremals for the Time-Optimal Control of Dissipative Spin 1/2 Particles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Sugny</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId329" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Lagrange</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Hans-Rudolf Jauslin</w:t>
+                <w:t xml:space="preserve">Lapert Marc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId330" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Braun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId323" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yun Zhang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Steffen Glaser</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review E : Statistical, Nonlinear, and Soft Matter Physics [2001-2015]</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Physical Review Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 104, pp.083001. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId331" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevLett.104.083001⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId328" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00449141v1</w:t>
+                <w:t xml:space="preserve">hal-00508352v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId330" w:history="1">
+            <w:hyperlink r:id="rId332" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Singular Extremals for the Time-Optimal Control of Dissipative Spin 1/2 Particles</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Singular tori as attractors of four-wave interaction systems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId333" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Lagrange</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Sugny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId331" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Steffen Glaser</w:t>
+            <w:hyperlink r:id="rId282" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonio Picozzi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId283" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hans-Rudolf Jauslin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review Letters</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Physical Review E : Statistical, Nonlinear, and Soft Matter Physics [2001-2015]</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 81, pp.016202</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId330" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00508352v1</w:t>
+            <w:hyperlink r:id="rId332" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00449141v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId334" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Complete nonlinear polarization control in an optical fiber system</w:t>
               </w:r>
@@ -10234,77 +10234,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Sugny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elie Assémat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId329" w:history="1">
+            <w:hyperlink r:id="rId333" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Lagrange</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId279" w:history="1">
+            <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antonio Picozzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId280" w:history="1">
+            <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hans-Rudolf Jauslin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Optics Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 35, pp.2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -10432,51 +10432,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId339" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The smooth continuation method in optimal control with an application to quantum systems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId283" w:history="1">
+            <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Bonnard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId326" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nataliya Shcherbakova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10653,51 +10653,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId344" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Field-free permanent molecular planar alignment</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId291" w:history="1">
+            <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Lapert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Hertz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10770,51 +10770,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId346" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Monotonically convergent optimal control theory of quantum systems with spectral constraints on the control field</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId291" w:history="1">
+            <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Lapert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Sugny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10900,51 +10900,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Time-Minimal Control of Dissipative Two-Level Quantum Systems: The Generic Case</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Sugny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId283" w:history="1">
+            <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Bonnard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Transactions on Automatic Control</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, 54 (11), pp.2598</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -11103,51 +11103,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">TIME-MINIMAL CONTROL OF DISSIPATIVE TWO-LEVEL QUANTUM SYSTEMS: THE INTEGRABLE CASE</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Sugny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId283" w:history="1">
+            <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Bonnard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SIAM Journal on Control and Optimization</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, 48 (3), pp.1289</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -11185,51 +11185,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Geometric optimal control and two-level dissipative quantum systems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Sugny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId283" w:history="1">
+            <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Bonnard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Control and Cybernetics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, 38 (4A), pp.1053</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -11267,77 +11267,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Role of Singular Tori in the Dynamics of Spatiotemporal NonlinearWave Systems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Sugny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId279" w:history="1">
+            <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antonio Picozzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId329" w:history="1">
+            <w:hyperlink r:id="rId333" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Lagrange</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId280" w:history="1">
+            <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hans-Rudolf Jauslin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, 103 (3), pp.034102. </w:t>
             </w:r>
             <w:hyperlink r:id="rId358" w:history="1">
               <w:r>
                 <w:rPr>
@@ -11365,447 +11365,447 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00428928v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId359" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Optimal control of a three-level quantum system by laser fields plus von Neumann measurements</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Monotonically convergent optimal control theory of quantum systems under a nonlinear interaction with the control field</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId286" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Lapert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId347" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Tehini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId348" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabriel Turinici</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Sugny</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Cyrill Kontz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review A : Atomic, molecular, and optical physics [1990-2015]</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2008, 77, pp.063420. </w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">, 2008, 78 (2), pp.023408</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId359" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00508360v1</w:t>
+                <w:t xml:space="preserve">hal-00359675v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId362" w:history="1">
+            <w:hyperlink r:id="rId360" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Monotonically convergent optimal control theory of quantum systems under a nonlinear interaction with the control field</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Optimal control of a three-level quantum system by laser fields plus von Neumann measurements</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Sugny</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId361" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyrill Kontz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review A : Atomic, molecular, and optical physics [1990-2015]</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2008, 78 (2), pp.023408</w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2008, 77, pp.063420. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId362" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevA.77.063420⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId362" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00359675v1</w:t>
+            <w:hyperlink r:id="rId360" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00508360v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId363" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Field-free molecular orientation by nonresonant and quasiresonant two-color laser pulses</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Fractional Hamiltonian monodromy from a Gauss–Manin monodromy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Sugny</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId364" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pavao Mardesic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId365" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michèle Pelletier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId366" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ahmad Jebrane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId283" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hans-Rudolf Jauslin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review A : Atomic, molecular, and optical physics [1990-2015]</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevA.77.023407⟩</w:t>
+              <w:t xml:space="preserve">Journal of Mathematical Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 49, pp.042701. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId367" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1063/1.2863614⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId363" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00508361v1</w:t>
+                <w:t xml:space="preserve">hal-00508382v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId365" w:history="1">
+            <w:hyperlink r:id="rId368" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fractional Hamiltonian monodromy from a Gauss–Manin monodromy</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Field-free molecular orientation by nonresonant and quasiresonant two-color laser pulses</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId347" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Tehini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Sugny</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Hans-Rudolf Jauslin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Mathematical Physics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2008, 49, pp.042701. </w:t>
+              <w:t xml:space="preserve">Physical Review A : Atomic, molecular, and optical physics [1990-2015]</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 77, pp.023407. </w:t>
             </w:r>
             <w:hyperlink r:id="rId369" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1063/1.2863614⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevA.77.023407⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId365" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00508382v1</w:t>
+            <w:hyperlink r:id="rId368" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00508361v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId370" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Field-free molecular alignment of CO2 mixtures in presence of collisional relaxation</w:t>
               </w:r>
@@ -12185,64 +12185,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Time-optimal control of a two-level dissipative quantum system</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Sugny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId360" w:history="1">
+            <w:hyperlink r:id="rId361" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrill Kontz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId280" w:history="1">
+            <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hans-Rudolf Jauslin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review A : Atomic, molecular, and optical physics [1990-2015]</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, 76, pp.023419. </w:t>
             </w:r>
             <w:hyperlink r:id="rId383" w:history="1">
               <w:r>
                 <w:rPr>
@@ -12289,51 +12289,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laser control in a bifurcating region</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Sugny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId360" w:history="1">
+            <w:hyperlink r:id="rId361" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrill Kontz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Ndong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -12423,64 +12423,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Target states and control of molecular alignment in a dissipative medium</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Sugny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId360" w:history="1">
+            <w:hyperlink r:id="rId361" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrill Kontz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId280" w:history="1">
+            <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hans-Rudolf Jauslin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review A : Atomic, molecular, and optical physics [1990-2015]</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2006, 74 (5), pp.053411. </w:t>
             </w:r>
             <w:hyperlink r:id="rId388" w:history="1">
               <w:r>
                 <w:rPr>
@@ -12630,51 +12630,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Sugny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId393" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arne Keller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Osman Atabek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Daems</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -12764,51 +12764,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Sugny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId393" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arne Keller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Osman Atabek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Daems</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -12872,90 +12872,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId399" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Efficient and Long-Lived Field-Free Orientation of Molecules by a Single Hybrid Short Pulse</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId252" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Daems</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephane Guerin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Sugny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId252" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId280" w:history="1">
+            <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hans-Rudolf Jauslin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2005, 94, pp.153003. </w:t>
             </w:r>
             <w:hyperlink r:id="rId400" w:history="1">
               <w:r>
                 <w:rPr>
@@ -13015,51 +13015,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Sugny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId393" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arne Keller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Osman Atabek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Daems</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -14226,51 +14226,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pauline Lefebvre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Ratiney</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Grenier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Congrès SFRMBM 2019</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2019, Strasbourg, France</w:t>
@@ -14351,51 +14351,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pauline Lefebvre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Ratiney</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId196" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elisabeth Brusseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ISMRM 2019 27th Annual Meeting &amp; Exhibition</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2019, Montréal, Canada</w:t>
@@ -14476,51 +14476,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Garnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Rumpf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Sugny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nonlinear Photonics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, Zurich, France. NpTh2C.5, </w:t>
@@ -14705,77 +14705,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Magnetic resonance elastography without oscillating gradients</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pauline Lefebvre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kevin Tse-Ve-Koon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Ratiney</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Grenier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId444" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon A. Lambert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -14955,77 +14955,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">MRI phase control with Optimal Control Theory</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pauline Lefebvre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kevin Tse-Ve-Koon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Ratiney</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Grenier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId444" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon A. Lambert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -15067,51 +15067,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId452" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Contrôle optimal de la dynamique des spins</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId291" w:history="1">
+            <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Lapert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Sugny</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -15212,191 +15212,191 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00508483v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId454" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Monodromie Hamiltonienne: de la spectroscopie à l'optique non-linéaire</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Geometric optimal control of spin systems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Sugny</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId278" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Bonnard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PAMO- JSM 2010</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2010, Orsay, France</w:t>
+              <w:t xml:space="preserve">MTNS 2010: The 19th International Symposium on Mathematical Theory of Networks and Systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2010, Budapest, Hungary</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId454" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00508639v1</w:t>
+                <w:t xml:space="preserve">hal-00508484v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId455" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Geometric optimal control of spin systems</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Monodromie Hamiltonienne: de la spectroscopie à l'optique non-linéaire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elie Assémat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Sugny</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Bernard Bonnard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">MTNS 2010: The 19th International Symposium on Mathematical Theory of Networks and Systems</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2010, Budapest, Hungary</w:t>
+              <w:t xml:space="preserve">PAMO- JSM 2010</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2010, Orsay, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId455" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00508484v1</w:t>
+                <w:t xml:space="preserve">hal-00508639v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId456" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Monodromie Hamiltonienne: de la spectroscopie à l'optique non-linéaire</w:t>
               </w:r>
@@ -15451,77 +15451,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId457" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Relaxation of counter-propagating waves and singular Hamiltonian tori</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId280" w:history="1">
+            <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hans-Rudolf Jauslin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Sugny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId279" w:history="1">
+            <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antonio Picozzi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Hamiltonian Approaches of ITER Physics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2009, Marseille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -15689,77 +15689,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hamiltonian monodromy from a gauss-manin monodromy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Sugny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId366" w:history="1">
+            <w:hyperlink r:id="rId364" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pavao Mardesic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId367" w:history="1">
+            <w:hyperlink r:id="rId365" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michèle Pelletier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId280" w:history="1">
+            <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hans-Rudolf Jauslin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Singularités des champs de vecteurs du plan, bifurcations et applications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2009, CIRM, Marseille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -15778,260 +15778,260 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00508488v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId462" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Time-optimal control of two-level dissipative quantum systems</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Relaxation of counter-propagating waves and singular Hamiltonian tori</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId283" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hans-Rudolf Jauslin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Sugny</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId282" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonio Picozzi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Concepts and methods in quantum control: theory and experience</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2009, Santa Barbara, United States</w:t>
+              <w:t xml:space="preserve">Hamiltonian Approaches of ITER Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2009, Marseille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId462" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00508489v1</w:t>
+                <w:t xml:space="preserve">hal-00453137v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId463" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Relaxation of counter-propagating waves and singular Hamiltonian tori</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Time-optimal control of two-level dissipative quantum systems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Sugny</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Antonio Picozzi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Hamiltonian Approaches of ITER Physics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2009, Marseille, France</w:t>
+              <w:t xml:space="preserve">Concepts and methods in quantum control: theory and experience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2009, Santa Barbara, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId463" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00453137v1</w:t>
+                <w:t xml:space="preserve">hal-00508489v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId464" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hamiltonian monodromy from a Gauss-Manin monodromy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId366" w:history="1">
+            <w:hyperlink r:id="rId364" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pavao Mardesic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Sugny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId367" w:history="1">
+            <w:hyperlink r:id="rId365" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michèle Pelletier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId280" w:history="1">
+            <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hans-Rudolf Jauslin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Monodromy and geometric phases in classical and quantum mechanics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2009, Leiden, Netherlands</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -16056,51 +16056,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId465" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Monotonically convergent algorithm for the control of molecular dynamics under non-linear interaction with the control field</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId291" w:history="1">
+            <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Lapert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Sugny</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -16201,230 +16201,230 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00508486v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId467" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">High density molecular gases in strong ultrashort laser fields: Alignment and collisional relaxation</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Frédéric Chaussard</w:t>
+                <w:t xml:space="preserve">Optimal control of two-level dissipative quantum systems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId278" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Bonnard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Sugny</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Olivier Faucher</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Conference On Non-linear Optical Spectroscopy</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2008, Igls, Austria</w:t>
+              <w:t xml:space="preserve">Pontryagin conference on optimal control theory</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2008, Moscou, Russia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId467" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00401119v1</w:t>
+                <w:t xml:space="preserve">hal-00508490v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId468" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Optimal control of two-level dissipative quantum systems</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Bernard Bonnard</w:t>
+                <w:t xml:space="preserve">High density molecular gases in strong ultrashort laser fields: Alignment and collisional relaxation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId371" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Vieillard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId372" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Chaussard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Sugny</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId373" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Lavorel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId292" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Faucher</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Pontryagin conference on optimal control theory</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2008, Moscou, Russia</w:t>
+              <w:t xml:space="preserve">European Conference On Non-linear Optical Spectroscopy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2008, Igls, Austria</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId468" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00508490v1</w:t>
+                <w:t xml:space="preserve">hal-00401119v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId469" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Molecular alignment in CO2 mixtures induced by a short nonresonant intense pulse : effect of collisional relaxation</w:t>
               </w:r>
@@ -16462,51 +16462,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Sugny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Lavorel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId288" w:history="1">
+            <w:hyperlink r:id="rId292" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Faucher</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">XXth Colloquium on High Resolution Molecular Spectroscopy</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2007, Dijon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -16646,312 +16646,312 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00508496v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId472" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Efficient orientation of molecules</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Stephane Guerin</w:t>
+                <w:t xml:space="preserve">Field-free molecular alignment in presence of collisional relaxations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId371" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Vieillard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId372" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Chaussard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Sugny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId280" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Hans-Rudolf Jauslin</w:t>
+            <w:hyperlink r:id="rId373" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Lavorel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId292" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Faucher</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ecamp IX, Conference on atoms, molecules and photons</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2007, Crète, Greece</w:t>
+              <w:t xml:space="preserve">European Conference On Non-linear Optical Spectroscopy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2007, Saint-Petersbourg, Russia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId472" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00508499v1</w:t>
+                <w:t xml:space="preserve">hal-00401113v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId473" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Field-free molecular alignment in presence of collisional relaxations</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Frédéric Chaussard</w:t>
+                <w:t xml:space="preserve">Efficient orientation of molecules</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephane Guerin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Sugny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId373" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Olivier Faucher</w:t>
+            <w:hyperlink r:id="rId283" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hans-Rudolf Jauslin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Conference On Non-linear Optical Spectroscopy</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2007, Saint-Petersbourg, Russia</w:t>
+              <w:t xml:space="preserve">Ecamp IX, Conference on atoms, molecules and photons</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2007, Crète, Greece</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId473" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00401113v1</w:t>
+                <w:t xml:space="preserve">hal-00508499v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId474" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Resonances in classical and quantum hamiltonian systems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId329" w:history="1">
+            <w:hyperlink r:id="rId333" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Lagrange</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Sugny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId280" w:history="1">
+            <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hans-Rudolf Jauslin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId279" w:history="1">
+            <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antonio Picozzi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Renormalization in Dynamical Systems</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2007, Vienne, Austria</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -17110,51 +17110,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Controle de l'orientation et de l'alignement moléculaire par un train d'impulsions soudaines</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Sugny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId360" w:history="1">
+            <w:hyperlink r:id="rId361" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrill Kontz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PAMO-JSM 2006</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2006, Dijon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -17218,51 +17218,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michèle Desouter-Lecomte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId377" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y. Justum</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId360" w:history="1">
+            <w:hyperlink r:id="rId361" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrill Kontz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Ndong</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -17339,51 +17339,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michèle Desouter-Lecomte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId377" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y. Justum</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId360" w:history="1">
+            <w:hyperlink r:id="rId361" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrill Kontz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Ndong</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -17516,51 +17516,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stephane Guerin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Sugny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId280" w:history="1">
+            <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hans-Rudolf Jauslin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Workshop contrôle moléculaire</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2005, orsay, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -17624,51 +17624,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Joyeux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId393" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arne Keller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Osman Atabek</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Specmo 2004</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2004, Dunkerque, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -17762,51 +17762,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId483" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">KAM techniques and resonances</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId280" w:history="1">
+            <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hans-Rudolf Jauslin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stephane Guerin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -18166,191 +18166,191 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00508494v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId489" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quantum vibrational chaos : how subtle a concept is it ?</w:t>
+                <w:t xml:space="preserve">Highly excited vibrational dynamics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId342" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Joyeux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Sugny</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CECAM workshop on Spectroscopy and Computational Challenges in Vibrationally Highly Excited Polyatomic Molecules</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2000, Lyon, France</w:t>
+              <w:t xml:space="preserve">Telluride workshop on Spectroscopy and dynamics in the time and frequency domains</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2000, Telluride, Colorado, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId489" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00508493v1</w:t>
+                <w:t xml:space="preserve">hal-00508492v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId490" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Highly excited vibrational dynamics</w:t>
+                <w:t xml:space="preserve">Quantum vibrational chaos : how subtle a concept is it ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId342" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Joyeux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Sugny</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Telluride workshop on Spectroscopy and dynamics in the time and frequency domains</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2000, Telluride, Colorado, United States</w:t>
+              <w:t xml:space="preserve">CECAM workshop on Spectroscopy and Computational Challenges in Vibrationally Highly Excited Polyatomic Molecules</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2000, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId490" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00508492v1</w:t>
+                <w:t xml:space="preserve">hal-00508493v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Poster de conférence (8)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -18545,51 +18545,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pauline Lefebvre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Ratiney</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId196" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elisabeth Brusseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">27th Annual meeting of the ISMRM</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2019, Montreal, Canada</w:t>
@@ -18769,77 +18769,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric van Reeth van Reeth</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Ratiney</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kevin Tse-Ve-Koon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Tesch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Grenier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ISMRM</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2018, Paris, France</w:t>
@@ -18894,77 +18894,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric van Reeth van Reeth</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Ratiney</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kevin Tse-Ve-Koon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Tesch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Grenier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ISMRM</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2018, Paris, France</w:t>
@@ -18993,51 +18993,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId498" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Optimal Control Pulse Design for Contrast in MRI: in vivo applications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric van Reeth</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Ratiney</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -19045,51 +19045,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Gaillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Tesch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Beuf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">25th annual meeting &amp; exhibition ISMRM</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2017, Honolulu, United States. 2017</w:t>
@@ -19157,51 +19157,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kevin Tse Ve Koon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Ratiney</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Grenier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId444" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon A. Lambert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -19892,51 +19892,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Sugny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId444" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon A. Lambert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kevin Tse-Ve-Koon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">France, N° de brevet: FR3056760A1. 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Brevet</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -19946,480 +19946,598 @@
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04168211v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Pré-publication, Document de travail (4)</w:t>
+        <w:t xml:space="preserve">Pré-publication, Document de travail (5)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId514" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characterization of P-divisibility in two-level open quantum systems</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Time-optimal force sensing with ultracold atoms</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Ombredane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eloi Flament</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId515" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">G Théret</w:t>
-[...33 lines deleted...]
-              <w:t xml:space="preserve">2025</w:t>
+                <w:t xml:space="preserve">Charles Babin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Sugny</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Guéry-Odelin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2026</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId514" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04961002v1</w:t>
+                <w:t xml:space="preserve">hal-05540431v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId517" w:history="1">
+            <w:hyperlink r:id="rId516" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Control of an NV center as a two-qubit system</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Characterization of P-divisibility in two-level open quantum systems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId517" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G Théret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId518" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">David Tinoco</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Dominique Sugny</w:t>
+                <w:t xml:space="preserve">C Lombard-Latune</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D Sugny</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
-          </w:p>
-[...8 lines deleted...]
-                <w:t xml:space="preserve">hal-05404999v1</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (preprint/prepublication)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId516" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04961002v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId521" w:history="1">
+            <w:hyperlink r:id="rId519" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Robust digital optimal control on IBM quantum computers</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Frederic Holweck</w:t>
+                <w:t xml:space="preserve">Control of an NV center as a two-qubit system</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId520" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Tinoco</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId515" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles Babin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId521" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ivan Beschastnyi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId506" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Baptiste Caillau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Sugny</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...17 lines deleted...]
-              <w:t xml:space="preserve">2022</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId521" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03837019v1</w:t>
+            <w:hyperlink r:id="rId519" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05404999v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId523" w:history="1">
+            <w:hyperlink r:id="rId522" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Robust digital optimal control on IBM quantum computers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Meri Harutyunyan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId523" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederic Holweck</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Sugny</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephane Guerin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2022</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId522" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03837019v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId524" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Training Schr\&amp;quot;odinger's cat: quantum optimal control</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId525" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stefffen J. Glaser</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ugo Boscain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tommaso Calarco</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId526" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christiane P. Koch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId527" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Walter Köckenberger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2015</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId524" w:history="1">
-              <w:r>
-[...80 lines deleted...]
-            <w:hyperlink r:id="rId523" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01216034v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -20429,114 +20547,114 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId527" w:history="1">
+            <w:hyperlink r:id="rId528" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Théorie des Perturbations Canonique et Dynamique Moléculaire Non-Linéaire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Sugny</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Physique Atomique [physics.atom-ph]. Université Joseph-Fourier - Grenoble I, 2002. Français. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId529" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨NNT : ⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Thèse</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId528" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId527" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-00005074v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId529"/>
+      <w:footerReference w:type="default" r:id="rId530"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -20604,51 +20722,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="225571CA"/>
+    <w:nsid w:val="7A5CEED7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -20835,51 +20953,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/dominique-sugny" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-1963-333X" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/07045096X" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05427567v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meri Harutyunyan" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Peaudecerf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Sugny" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Gu&#233;rin" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/gt51-g34c" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04929609v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Dionis" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Peaudecerf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Gu&#233;ry-Odelin" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Sugny" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/frqst.2025.1540695" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05246548v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eloi Flament" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Ombredane" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Floriane Arrouas" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Ronco" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/fvlj-yph6" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04761378v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tangui Rodzinka" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Dionis" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;o Calmels" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;lyan Beldjoudi" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ashley Beguin" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-024-54539-w" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04304425v2" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Gabardos" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathan Dupont" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5802/crphys.167" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04924719v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Buchwald" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriele Ciaramella" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Salomon" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cpc.2024.109126" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04529150v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Ansel" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Dionis" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Gu&#233;rin" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6455/ad46a5" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04814832v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriela Gutierrez Guillen" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pavao Marde&#353;i&#263;" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0098005" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03824656v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Billy" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1367-2630/acaf9a" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04871190v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Holweck" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.131.200801" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03882496v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.107.032613" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04224779v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raphael Couturier" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Guyeux" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/e25030446" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04311826v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Aldo Arroyo" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1751-8121/acded5" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04871234v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kaipeng Liu" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xi Chen" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/e25050790" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03716708v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Robin" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ugo Boscain" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mario Sigalotti" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1367-2630/acab24" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03658085v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Bellomo" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.105.042618" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03632322v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonas Fischer" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.106.043702" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03893219v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christiane P Koch" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tommaso Calarco" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gunther Dirr" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Filipp" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48550/arXiv.2205.12110" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04017206v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Sugny" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03134991v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steffen Glaser" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1751-8121/abdba1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03373416v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Chatelain" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Arnal" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PRXQuantum.2.040303" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03437094v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. van Damme" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S.J. Glaser" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.104.042226" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02972049v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PRXQuantum.2.030203" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03502504v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.104.063112" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03371380v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vardan Martikyan" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Beluffi" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc-Andr&#233; Delsuc" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/molecules26102860" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05530147v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khalid Hamraoui" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;o van Damme" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.60868/x39h-dq28" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03033819v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G.&#8201;j. Gutierrez Guillen" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.125.064301" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03071384v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Devra" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. J. Glaser" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.102.053104" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02456634v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gianluca Giorgi" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Astghik Saharyan" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Guerin" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.101.012122" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02512407v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.101.013423" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02325647v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Fusaro" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Berti" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Guasoni" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Jauslin" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Picozzi" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.99.043826" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02325567v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/JOSAB.36.002360" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04380150v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Amri" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Corgier" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Rasel" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Gaaloul" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-019-41784-z" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02066372v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Jbili" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.99.053415" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-03116426v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastian Probst" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vishal Ranjan" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Reinier Heeres" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bartolo Albanese" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmr.2019.04.008" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01774860v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raiju Puthumpally-Joseph" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Mangaud" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Chevet" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mich&#232;le Desouter-Lecomte" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.97.033411" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01848643v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric van Reeth van Reeth" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Lefebvre" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Ratiney" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Lambert" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Tesch" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmr.2018.07.013" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-FQ684069-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01793017v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christoph Meier" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Osman Atabek" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1367-2630/aab651" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01885027v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Tse-Ve-Koon" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Grenier" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mrm.27417" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01757863v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.97.032118" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01882187v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Q. Ansel" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Probst" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Bertet" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Glaser" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.98.023425" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04871415v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leo Van-Damme" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Schraft" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Genko Genov" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Halfmann" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.96.022309" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01514195v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Efstathiou" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Giacobbe" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4975215" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01528498v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric van Reeth" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Beuf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Brusseau" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmr.2017.05.008" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01447250v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physd.2016.07.010" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01716980v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josselin Garnier" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Rumpf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Fatome" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevX.7.011025" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04432114v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Hamraoui" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Babilotte" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Billard" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Hertz" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Faucher" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.96.043416" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01620310v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Lapert" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40736-017-0034-3" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01582562v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Leiner" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-017-04174-x" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01520515v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmr.2017.04.012" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-KCVC0N8G-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01281726v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed-Kamel Riahi" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.93.043410" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04877529v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Babilotte" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Billard" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edouard Hertz" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Lavorel" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.94.043403" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04923824v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Karras" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Ndong" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.114.103001" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01186082v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Dridi" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Lapert" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.92.043417" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01285345v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Yves Bony" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Guasoni" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Morin" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Picozzi" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/ncomms5678" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01097437v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mamadou Ndong" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1751-8113/47/26/265302" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01094223v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elie Ass&#233;mat" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Chambrion" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10910-014-0429-7" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04872080v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Daems" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Ruschhaupt" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.111.050404" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04114092v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th. Vieillard" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Chaussard" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.87.023409" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00960431v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Massimiliano Guasoni" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Pitois" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/JOSAB.30.002318" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00864516v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Fatome" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Morin" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/PRJ.1.000115" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00654133v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.85.033406" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00750037v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Assemat" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Attar" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.-J. Penouilh" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Picquet" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Tabard" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemphys.2012.06.013" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-LHBQ19MJ-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00699914v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elie Assemat" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Picozzi" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hans-Rudolf Jauslin" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/JOSAB.29.000559" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00750040v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Bonnard" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1155/2012/857493" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00760256v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronald Tehini" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Md Ziaul Hoque" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Faucher" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.85.043423" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00760308v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Lapert" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Ferrini" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.85.023611" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00780970v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep00938" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00742713v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.86.023406" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00750055v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Zhang" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. A. Janich" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep00589" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00761316v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00750032v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Cots" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TAC.2012.2195859" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00639266v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Md. Z. Hoque" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.84.013409" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04872112v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.83.013403" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00699917v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Michel" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.106.014101" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00699910v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Dargent" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00699913v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.84.013809" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00642391v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yumeng Zhang" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S J Glaser" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0953-4075/44/15/154014" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00508340v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yun Zhang" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.82.013415" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04177744v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nataliya Shcherbakova" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3479390" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00449141v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Lagrange" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00508352v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lapert Marc" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Braun" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.104.083001" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00508461v1" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00508375v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Konstantinos Efstathiou" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1751-8113/43/8/085216" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/0T8-P44TX204-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04773696v1" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/cocv/2010004" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00508348v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Joyeux" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.104.113002" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00451988v1" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.80.051403" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00508359v1" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Tehini" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Turinici" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.79.063411" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00508378v1" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00508355v1" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Bomble" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Ribeyre" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Dulieu" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00508380v1" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00508377v1" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00428928v1" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.103.034102" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00508360v1" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrill Kontz" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.77.063420" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00359675v1" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00508361v1" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.77.023407" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00508382v1" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pavao Mardesic" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mich&#232;le Pelletier" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmad Jebrane" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.2863614" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00400338v1" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Vieillard" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Chaussard" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Lavorel" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/irs.1976" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00187485v1" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Bomble" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Justum" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Desouter-Lecomte" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.76.043424" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00185580v1" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Lauvergnat" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00508364v1" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.76.023419" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00144283v1" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Dive" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.74.043419" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00437184v1" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.74.053411" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00437183v1" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/jp4:2006135091" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/80W-Z3897FDF-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00508365v1" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arne Keller" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. M. Dion" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.72.032704" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00508368v1" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.M. Dion" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.71.063402" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00508369v1" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.94.153003" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00508373v1" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.69.043407" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00122040v1" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Keller" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Atabek" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.69.033402" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00508420v1" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Jost" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Michalski" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Thiemens" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.1792233" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00508424v1" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1139/P02-075" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00508460v1" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maurice Lombardi" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0009-2614(01)01422-1" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-VJHR5T0R-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00508459v1" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0009-2614(01)00206-8" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-B09KX975-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00508458v1" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00508456v1" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. L. Sibert" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00508457v1" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Tyng" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. E. Kellman" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Ishikawa" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.481001" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00961330v1" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remy Jost" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Reinhard Schinke" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.1321031" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02397042v1" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pilar Sango Solanas" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02142513v1" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Van Reeth" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02325545v1" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Xu" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Garnier" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/NP.2018.NpTh2C.5" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02325529v1" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/NP.2018.NpTu4C.5" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02079604v1" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon A. Lambert" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01560247v1" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. van Reeth van Reeth" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Ratiney" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Gaillard" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Beuf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Tesch" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02096090v1" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00508637v1" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00508483v1" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00508639v1" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00508484v1" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00508482v1" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00428927v1" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00589552v1" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paolo Mason" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CDC.2009.5399942" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00508488v1" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00508489v1" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00453137v1" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00508487v1" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00508495v1" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00508486v1" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00401119v1" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00508490v1" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00400877v1" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00508496v1" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Lauvergnat" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00508499v1" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00401113v1" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00453124v1" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00508498v1" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00508501v1" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00508504v1" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00508503v1" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00508507v1" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00508505v1" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00508640v1" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00508491v1" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00508508v1" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Sapin" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00508641v1" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00508643v1" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00508644v1" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00508494v1" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00508493v1" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00508492v1" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02395692v1" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soukaina Kanice" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02130004v1" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pilar Solanas" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02130017v1" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01863554v1" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01863549v1" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01693622v1" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Gaillard" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01560538v1" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Tse Ve Koon" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01466294v1" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01374949v1" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISBI.2016.7493271" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01315512v1" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Caillau" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monique Chyba" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Tr&#233;lat" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03541112v1" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.springerprofessional.de/en/abelian-integrals-from-the-tangential-16th-hilbert-problem-to-th/10601274" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-31323-8_15" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04168211v1" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H Ratiney" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04961002v1" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Th&#233;ret" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Lombard-Latune" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-05404999v1" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Tinoco" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Babin" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan Beschastnyi" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03837019v1" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Holweck" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01216034v1" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefffen J. Glaser" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christiane P. Koch" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Walter K&#246;ckenberger" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00005074v1" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/dominique-sugny" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-1963-333X" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/07045096X" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05427567v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meri Harutyunyan" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Peaudecerf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Sugny" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Gu&#233;rin" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/gt51-g34c" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05246548v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eloi Flament" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Ombredane" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Floriane Arrouas" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Ronco" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Peaudecerf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/fvlj-yph6" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04929609v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Dionis" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Gu&#233;ry-Odelin" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Sugny" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/frqst.2025.1540695" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04761378v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tangui Rodzinka" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Dionis" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;o Calmels" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;lyan Beldjoudi" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ashley Beguin" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-024-54539-w" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04304425v2" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Gabardos" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathan Dupont" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5802/crphys.167" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04924719v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Buchwald" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriele Ciaramella" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Salomon" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cpc.2024.109126" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04529150v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Ansel" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Dionis" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Gu&#233;rin" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6455/ad46a5" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04814832v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriela Gutierrez Guillen" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pavao Marde&#353;i&#263;" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0098005" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03824656v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Billy" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1367-2630/acaf9a" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04871190v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Holweck" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.131.200801" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03882496v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.107.032613" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04224779v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raphael Couturier" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Guyeux" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/e25030446" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04311826v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Aldo Arroyo" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1751-8121/acded5" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04871234v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kaipeng Liu" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xi Chen" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/e25050790" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03716708v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Robin" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ugo Boscain" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mario Sigalotti" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1367-2630/acab24" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03658085v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Bellomo" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.105.042618" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03632322v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonas Fischer" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.106.043702" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03893219v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christiane P Koch" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tommaso Calarco" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gunther Dirr" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Filipp" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48550/arXiv.2205.12110" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04017206v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Sugny" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03134991v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steffen Glaser" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1751-8121/abdba1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03437094v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. van Damme" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S.J. Glaser" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.104.042226" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03373416v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Chatelain" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Arnal" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PRXQuantum.2.040303" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02972049v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PRXQuantum.2.030203" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03502504v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.104.063112" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03371380v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vardan Martikyan" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Beluffi" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc-Andr&#233; Delsuc" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/molecules26102860" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03033819v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G.&#8201;j. Gutierrez Guillen" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;o van Damme" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.125.064301" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05530147v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khalid Hamraoui" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.60868/x39h-dq28" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03071384v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Devra" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. J. Glaser" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.102.053104" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02456634v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gianluca Giorgi" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Astghik Saharyan" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Guerin" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.101.012122" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02512407v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.101.013423" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02325647v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Fusaro" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Berti" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Guasoni" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Jauslin" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Picozzi" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.99.043826" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02325567v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/JOSAB.36.002360" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04380150v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Amri" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Corgier" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Rasel" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Gaaloul" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-019-41784-z" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02066372v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Jbili" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.99.053415" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-03116426v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastian Probst" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vishal Ranjan" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Reinier Heeres" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bartolo Albanese" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmr.2019.04.008" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01774860v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raiju Puthumpally-Joseph" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Mangaud" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Chevet" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mich&#232;le Desouter-Lecomte" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.97.033411" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01848643v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric van Reeth van Reeth" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Lefebvre" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Ratiney" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Lambert" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Tesch" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmr.2018.07.013" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-FQ684069-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01885027v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Tse-Ve-Koon" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Grenier" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mrm.27417" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01793017v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christoph Meier" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Osman Atabek" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1367-2630/aab651" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01757863v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.97.032118" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01882187v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Q. Ansel" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Probst" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Bertet" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Glaser" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.98.023425" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04871415v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leo Van-Damme" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Schraft" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Genko Genov" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Halfmann" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.96.022309" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01447250v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physd.2016.07.010" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01528498v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric van Reeth" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Beuf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Brusseau" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmr.2017.05.008" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01514195v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Efstathiou" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Giacobbe" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4975215" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01716980v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josselin Garnier" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Rumpf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Fatome" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevX.7.011025" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04432114v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Hamraoui" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Babilotte" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Billard" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Hertz" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Faucher" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.96.043416" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01620310v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Lapert" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40736-017-0034-3" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01582562v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Leiner" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-017-04174-x" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01520515v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmr.2017.04.012" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-KCVC0N8G-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01281726v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed-Kamel Riahi" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.93.043410" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04877529v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Babilotte" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Billard" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edouard Hertz" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Lavorel" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.94.043403" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04923824v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Karras" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Ndong" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.114.103001" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01186082v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Dridi" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Lapert" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.92.043417" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01285345v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Yves Bony" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Guasoni" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Morin" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Picozzi" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/ncomms5678" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01097437v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mamadou Ndong" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1751-8113/47/26/265302" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01094223v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elie Ass&#233;mat" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Chambrion" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10910-014-0429-7" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04872080v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Daems" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Ruschhaupt" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.111.050404" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00960431v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Massimiliano Guasoni" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Pitois" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/JOSAB.30.002318" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04114092v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th. Vieillard" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Chaussard" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.87.023409" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00864516v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Fatome" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Morin" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/PRJ.1.000115" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00750037v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Assemat" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Attar" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.-J. Penouilh" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Picquet" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Tabard" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemphys.2012.06.013" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-LHBQ19MJ-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00654133v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.85.033406" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00750040v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Bonnard" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1155/2012/857493" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00699914v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elie Assemat" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Picozzi" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hans-Rudolf Jauslin" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/JOSAB.29.000559" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00760308v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Lapert" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Ferrini" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.85.023611" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00760256v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronald Tehini" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Md Ziaul Hoque" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Faucher" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.85.043423" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00780970v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep00938" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00742713v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.86.023406" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00750055v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Zhang" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. A. Janich" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep00589" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00761316v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00750032v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Cots" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TAC.2012.2195859" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00639266v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Md. Z. Hoque" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.84.013409" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04872112v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.83.013403" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00699917v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Michel" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.106.014101" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00699910v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Dargent" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00699913v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.84.013809" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00642391v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yumeng Zhang" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S J Glaser" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0953-4075/44/15/154014" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00508340v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yun Zhang" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.82.013415" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04177744v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nataliya Shcherbakova" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3479390" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00508352v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lapert Marc" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Braun" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.104.083001" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00449141v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Lagrange" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00508461v1" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00508375v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Konstantinos Efstathiou" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1751-8113/43/8/085216" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/0T8-P44TX204-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04773696v1" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/cocv/2010004" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00508348v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Joyeux" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.104.113002" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00451988v1" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.80.051403" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00508359v1" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Tehini" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Turinici" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.79.063411" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00508378v1" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00508355v1" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Bomble" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Ribeyre" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Dulieu" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00508380v1" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00508377v1" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00428928v1" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.103.034102" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00359675v1" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00508360v1" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrill Kontz" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.77.063420" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00508382v1" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pavao Mardesic" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mich&#232;le Pelletier" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmad Jebrane" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.2863614" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00508361v1" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.77.023407" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00400338v1" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Vieillard" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Chaussard" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Lavorel" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/irs.1976" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00187485v1" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Bomble" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Justum" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Desouter-Lecomte" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.76.043424" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00185580v1" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Lauvergnat" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00508364v1" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.76.023419" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00144283v1" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Dive" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.74.043419" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00437184v1" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.74.053411" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00437183v1" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/jp4:2006135091" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/80W-Z3897FDF-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00508365v1" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arne Keller" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. M. Dion" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.72.032704" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00508368v1" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.M. Dion" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.71.063402" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00508369v1" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.94.153003" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00508373v1" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.69.043407" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00122040v1" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Keller" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Atabek" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.69.033402" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00508420v1" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Jost" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Michalski" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Thiemens" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.1792233" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00508424v1" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1139/P02-075" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00508460v1" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maurice Lombardi" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0009-2614(01)01422-1" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-VJHR5T0R-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00508459v1" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0009-2614(01)00206-8" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-B09KX975-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00508458v1" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00508456v1" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. L. Sibert" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00508457v1" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Tyng" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. E. Kellman" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Ishikawa" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.481001" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00961330v1" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remy Jost" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Reinhard Schinke" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.1321031" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02397042v1" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pilar Sango Solanas" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02142513v1" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Van Reeth" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02325545v1" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Xu" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Garnier" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/NP.2018.NpTh2C.5" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02325529v1" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/NP.2018.NpTu4C.5" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02079604v1" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon A. Lambert" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01560247v1" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. van Reeth van Reeth" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Ratiney" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Gaillard" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Beuf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Tesch" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02096090v1" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00508637v1" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00508483v1" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00508484v1" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00508639v1" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00508482v1" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00428927v1" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00589552v1" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paolo Mason" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CDC.2009.5399942" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00508488v1" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00453137v1" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00508489v1" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00508487v1" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00508495v1" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00508486v1" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00508490v1" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00401119v1" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00400877v1" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00508496v1" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Lauvergnat" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00401113v1" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00508499v1" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00453124v1" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00508498v1" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00508501v1" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00508504v1" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00508503v1" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00508507v1" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00508505v1" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00508640v1" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00508491v1" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00508508v1" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Sapin" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00508641v1" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00508643v1" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00508644v1" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00508494v1" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00508492v1" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00508493v1" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02395692v1" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soukaina Kanice" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02130004v1" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pilar Solanas" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02130017v1" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01863554v1" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01863549v1" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01693622v1" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Gaillard" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01560538v1" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Tse Ve Koon" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01466294v1" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01374949v1" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISBI.2016.7493271" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01315512v1" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Caillau" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monique Chyba" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Tr&#233;lat" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03541112v1" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.springerprofessional.de/en/abelian-integrals-from-the-tangential-16th-hilbert-problem-to-th/10601274" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-31323-8_15" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04168211v1" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H Ratiney" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05540431v1" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Babin" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04961002v1" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Th&#233;ret" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Lombard-Latune" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-05404999v1" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Tinoco" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan Beschastnyi" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03837019v1" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Holweck" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01216034v1" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefffen J. Glaser" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christiane P. Koch" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Walter K&#246;ckenberger" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00005074v1" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>