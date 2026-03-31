--- v0 (2026-03-09)
+++ v1 (2026-03-31)
@@ -628,51 +628,51 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02429563v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A new carbamoylmethylphosphonic acid-based polymer for the selective sorption of rare earth elements</w:t>
+                <w:t xml:space="preserve">Sorption properties of carbamoylmethylphosphonated-based polymer combining both sorption and thermosensitive properties: New valuable hydrosoluble materials for rare earth elements sorption</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Donatien Gomes Rodrigues</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Monge</w:t>
@@ -707,106 +707,106 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Bouyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal Chemical Engineering</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 371, pp.857-867. </w:t>
+              <w:t xml:space="preserve">Chemical Engineering Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 355, pp.871 - 880. </w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.cej.2019.04.026⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.cej.2018.08.190⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02114899v1</w:t>
+                <w:t xml:space="preserve">hal-01891818v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sorption properties of carbamoylmethylphosphonated-based polymer combining both sorption and thermosensitive properties: New valuable hydrosoluble materials for rare earth elements sorption</w:t>
+                <w:t xml:space="preserve">A new carbamoylmethylphosphonic acid-based polymer for the selective sorption of rare earth elements</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Donatien Gomes Rodrigues</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Monge</w:t>
@@ -841,82 +841,82 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Bouyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemical Engineering Journal</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 355, pp.871 - 880. </w:t>
+              <w:t xml:space="preserve">Journal Chemical Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 371, pp.857-867. </w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.cej.2018.08.190⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.cej.2019.04.026⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01891818v1</w:t>
+                <w:t xml:space="preserve">hal-02114899v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Separation and identification of polar polyphenols in oily formulation using high-performance thin-layer chromatography and mass spectroscopy techniques</w:t>
               </w:r>
@@ -2168,51 +2168,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04094024v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Bertin" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Donatien Gomes Rodrigues" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christel Pierlot" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille Albert-Mercier" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Davy" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.colsurfa.2021.127306" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-03327873v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bavand Keshavarz" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Donatien Gomes-Rodrigues" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Champenois" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthew Frith" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Ilavsky" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.2022339118" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03025083v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Monge" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Dacheux" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Pellet-Rostaing" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Faur" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.seppur.2020.117260" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02429563v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Dupuis" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Pellenq" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Poulesquen" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/2515-7639/ab5ce9" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02114899v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Pellet-Rostaing" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Bouyer" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cej.2019.04.026" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01891818v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cej.2018.08.190" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02099918v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oph&#233;lie Fadel" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Girard" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Bauduin" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Rossignol-Castera" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/ocl/2018039" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02113543v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Guilbaud" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annabelle L'Hermitte" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C7GC01769C" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05368152v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Azemar" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Jacques Robin" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c5dt03289j" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01684656v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Bouyer" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c5py00785b" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04695845v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geoffroy Ferru" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Berthon" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Diat" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/anie.201402677" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-CWFJ672J-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02120445v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monge-Darcos S." TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01714072v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01718673v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Faur" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Dacheux" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04094024v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Bertin" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Donatien Gomes Rodrigues" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christel Pierlot" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille Albert-Mercier" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Davy" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.colsurfa.2021.127306" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-03327873v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bavand Keshavarz" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Donatien Gomes-Rodrigues" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Champenois" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthew Frith" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Ilavsky" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.2022339118" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03025083v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Monge" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Dacheux" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Pellet-Rostaing" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Faur" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.seppur.2020.117260" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02429563v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Dupuis" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Pellenq" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Poulesquen" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/2515-7639/ab5ce9" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01891818v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Pellet-Rostaing" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Bouyer" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cej.2018.08.190" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02114899v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cej.2019.04.026" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02099918v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oph&#233;lie Fadel" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Girard" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Bauduin" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Rossignol-Castera" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/ocl/2018039" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02113543v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Guilbaud" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annabelle L'Hermitte" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C7GC01769C" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05368152v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Azemar" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Jacques Robin" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c5dt03289j" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01684656v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Bouyer" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c5py00785b" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04695845v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geoffroy Ferru" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Berthon" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Diat" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/anie.201402677" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-CWFJ672J-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02120445v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monge-Darcos S." TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01714072v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01718673v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Faur" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Dacheux" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>