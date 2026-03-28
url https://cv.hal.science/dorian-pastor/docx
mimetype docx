--- v0 (2026-03-05)
+++ v1 (2026-03-28)
@@ -1144,96 +1144,109 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">« Barbarismes » verbaux : La marche inéluctable des analogies</w:t>
+                <w:t xml:space="preserve">Backformation in Turkic: The Role of Coverbs in Word Derivation. Workshop “‘Coverb’ as a cross-linguistically valid category”</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dorian Pastor</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Murad Suleymanov</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Parlers populaires. « Dans la guerre du langage », de Vidocq à Rocé.</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Anne Gensane, Mar 2025, Arras, France</w:t>
+              <w:t xml:space="preserve">10th Syntax of the World's Languages conference (SWL10)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2025, Potsdam, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04997925v1</w:t>
+                <w:t xml:space="preserve">hal-05262122v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Turkish Turn Out verbs and remarks from a general perspective</w:t>
               </w:r>
@@ -1282,109 +1295,96 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05228783v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Backformation in Turkic: The Role of Coverbs in Word Derivation. Workshop “‘Coverb’ as a cross-linguistically valid category”</w:t>
+                <w:t xml:space="preserve">« Barbarismes » verbaux : La marche inéluctable des analogies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dorian Pastor</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Murad Suleymanov</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">10th Syntax of the World's Languages conference (SWL10)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2025, Potsdam, Germany</w:t>
+              <w:t xml:space="preserve">Parlers populaires. « Dans la guerre du langage », de Vidocq à Rocé.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Anne Gensane, Mar 2025, Arras, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05262122v1</w:t>
+                <w:t xml:space="preserve">hal-04997925v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A “narrative” pseudo-definite article in Hazaragi Persian?</w:t>
               </w:r>
@@ -1528,372 +1528,372 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04518332v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Some Specificities of Written Tehrani Colloquial Persian</w:t>
+                <w:t xml:space="preserve">The Plural Referential Marker in Colloquial Persian: A first description</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dorian Pastor</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cultures orales à l'écrit : regards sur l'aire iranienne</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Agnes KORN; Jaroslava OBRTELOVA, Nov 2023, Paris, France</w:t>
+              <w:t xml:space="preserve">Tenth European Conference of Iranian Studies (ECIS 10)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2023, Leiden, Netherlands</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04292855v1</w:t>
+                <w:t xml:space="preserve">hal-04188628v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Plural Referential Marker in Colloquial Persian: A first description</w:t>
+                <w:t xml:space="preserve">Some Specificities of Written Tehrani Colloquial Persian</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dorian Pastor</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Tenth European Conference of Iranian Studies (ECIS 10)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2023, Leiden, Netherlands</w:t>
+              <w:t xml:space="preserve">Cultures orales à l'écrit : regards sur l'aire iranienne</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Agnes KORN; Jaroslava OBRTELOVA, Nov 2023, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04188628v1</w:t>
+                <w:t xml:space="preserve">hal-04292855v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La désinence verbale -at en persan vernaculaire : Cas d'une analogie trans-paradigmatique</w:t>
+                <w:t xml:space="preserve">Revisiting Old Turkic noun-verb pairs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dorian Pastor</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée Doctorale 2022, ED n°540,École doctorale Lettres, Arts, Sciences humaines et sociales École Normale Supérieure</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2022, Paris, France</w:t>
+              <w:t xml:space="preserve">34. Deutscher Orientalistentag, September 12–17 2022 Freie Universität Berlin, 100 Jahre DOT</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2022, Berlin, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03642321v1</w:t>
+                <w:t xml:space="preserve">hal-03777651v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Revisiting Old Turkic noun-verb pairs</w:t>
+                <w:t xml:space="preserve">L’émergence de nouveaux suffixes en persan et en azéri</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dorian Pastor</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">34. Deutscher Orientalistentag, September 12–17 2022 Freie Universität Berlin, 100 Jahre DOT</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2022, Berlin, Germany</w:t>
+              <w:t xml:space="preserve">JE doctorant.e.s et jeunes docteur.e.s du CELISO</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2021, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03777651v1</w:t>
+                <w:t xml:space="preserve">hal-03445446v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’émergence de nouveaux suffixes en persan et en azéri</w:t>
+                <w:t xml:space="preserve">La désinence verbale -at en persan vernaculaire : Cas d'une analogie trans-paradigmatique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dorian Pastor</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">JE doctorant.e.s et jeunes docteur.e.s du CELISO</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Feb 2021, Paris, France</w:t>
+              <w:t xml:space="preserve">Journée Doctorale 2022, ED n°540,École doctorale Lettres, Arts, Sciences humaines et sociales École Normale Supérieure</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2022, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03445446v1</w:t>
+                <w:t xml:space="preserve">hal-03642321v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Persian of Tehran, towards a new rise of simple verbs?</w:t>
               </w:r>
@@ -2648,51 +2648,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="E6C6C842"/>
+    <w:nsid w:val="20DF19D6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2879,51 +2879,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/dorian-pastor" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-2240-1334" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03905232v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dorian Pastor" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Murad Suleymanov" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://reichert-verlag.de/en/keywords/festschrift_keyword/9783752006940_tous_les_chemins_menent_a_paris-detail" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.29091/9783752002454" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05426038v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13173/spr.57.1.166" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04128873v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agnes Korn" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Rammer" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1467-968X.12270" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04101640v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13173/TL.27.1.010" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03878718v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2143/BSL.117.1.3291565" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03878716v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03168955v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2143/JA.308.2.3288906" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05498367v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03905233v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04997925v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05228783v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05262122v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04722710v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518332v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04292855v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04188628v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03642321v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03777651v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03445446v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03445443v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05457619v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/15h3q" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04118068v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/abstractairanica.55991" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05048372v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/13td8" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03578065v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/abstractairanica.53002" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03475608v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/abstractairanica.47710" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-05531941v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dumas.ccsd.cnrs.fr/dumas-03840170v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/dorian-pastor" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-2240-1334" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03905232v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dorian Pastor" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Murad Suleymanov" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://reichert-verlag.de/en/keywords/festschrift_keyword/9783752006940_tous_les_chemins_menent_a_paris-detail" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.29091/9783752002454" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05426038v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13173/spr.57.1.166" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04128873v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agnes Korn" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Rammer" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1467-968X.12270" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04101640v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13173/TL.27.1.010" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03878718v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2143/BSL.117.1.3291565" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03878716v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03168955v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2143/JA.308.2.3288906" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05498367v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03905233v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05262122v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05228783v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04997925v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04722710v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518332v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04188628v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04292855v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03777651v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03445446v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03642321v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03445443v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05457619v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/15h3q" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04118068v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/abstractairanica.55991" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05048372v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/13td8" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03578065v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/abstractairanica.53002" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03475608v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/abstractairanica.47710" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-05531941v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dumas.ccsd.cnrs.fr/dumas-03840170v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>