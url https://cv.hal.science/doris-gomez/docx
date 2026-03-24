--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -520,412 +520,412 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04906189v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evolution of female colors in birds: the role of female cost of reproduction and paternal care</w:t>
+                <w:t xml:space="preserve">Volatile organic compounds influence prey composition in Sarracenia carnivorous plants</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Amélie Fargevieille</w:t>
+                <w:t xml:space="preserve">Corentin Dupont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Arnaud Grégoire</w:t>
+                <w:t xml:space="preserve">Bruno Buatois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Doris Gomez</w:t>
+                <w:t xml:space="preserve">Jean-Marie Bessiere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Claire Doutrelant</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Claire Villemant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tom Hattermann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Evolutionary Biology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/jeb.14150⟩</w:t>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 18 (4), pp.e0277603. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0277603⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03960532v1</w:t>
+                <w:t xml:space="preserve">hal-04075816v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Age Differences in Comorbidities, Presenting Symptoms, and Outcomes of Influenza Illness Requiring Hospitalization: A Worldwide Perspective From the Global Influenza Hospital Surveillance Network</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Evolution of female colors in birds: the role of female cost of reproduction and paternal care</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lisa Staadegaard</w:t>
+                <w:t xml:space="preserve">Amélie Fargevieille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">John Paget</w:t>
+                <w:t xml:space="preserve">Arnaud Grégoire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sandra Chaves</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Doris Gomez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Doutrelant</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Open Forum Infectious Diseases</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/ofid/ofad244⟩</w:t>
+              <w:t xml:space="preserve">Journal of Evolutionary Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 36 (3), pp.579-588. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/jeb.14150⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04906009v1</w:t>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03960532v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Volatile organic compounds influence prey composition in Sarracenia carnivorous plants</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Corentin Dupont</w:t>
+                <w:t xml:space="preserve">Age Differences in Comorbidities, Presenting Symptoms, and Outcomes of Influenza Illness Requiring Hospitalization: A Worldwide Perspective From the Global Influenza Hospital Surveillance Network</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Melissa Andrew</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bruno Buatois</w:t>
+                <w:t xml:space="preserve">Henrique Pott</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Marie Bessiere</w:t>
+                <w:t xml:space="preserve">Lisa Staadegaard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Claire Villemant</w:t>
+                <w:t xml:space="preserve">John Paget</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tom Hattermann</w:t>
+                <w:t xml:space="preserve">Sandra Chaves</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 18 (4), pp.e0277603. </w:t>
+              <w:t xml:space="preserve">Open Forum Infectious Diseases</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 10 (6), pp.ofad244. </w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0277603⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1093/ofid/ofad244⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04075816v1</w:t>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04906009v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evolution of vocal performance and song complexity in island birds</w:t>
               </w:r>
@@ -950,64 +950,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Lengagne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martim Melo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Doris Gomez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Doutrelant</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Avian Biology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 2022 (1), </w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1035,563 +1035,563 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03434809v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Wing transparency in butterflies and moths: structural diversity, optical properties, and ecological relevance</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Distribution of iridescent colours in hummingbird communities results from the interplay between selection for camouflage and communication</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jonathan Pairraire</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Mónica Arias</w:t>
+                <w:t xml:space="preserve">Hugo Gruson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jérôme Barbut</w:t>
+                <w:t xml:space="preserve">Marianne Elias</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juan L. Parra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Andraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serge Berthier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ecological monographs</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/ecm.1475⟩</w:t>
+              <w:t xml:space="preserve">Peer Community Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 1, pp.e64. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.24072/pcjournal.7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03373086v1</w:t>
+                <w:t xml:space="preserve">hal-02372238v3</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Distribution of iridescent colours in hummingbird communities results from the interplay between selection for camouflage and communication</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Juan L. Parra</w:t>
+                <w:t xml:space="preserve">Wing transparency in butterflies and moths: structural diversity, optical properties, and ecological relevance</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Doris Gomez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charline Pinna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christine Andraud</w:t>
+                <w:t xml:space="preserve">Jonathan Pairraire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mónica Arias</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Serge Berthier</w:t>
+                <w:t xml:space="preserve">Jérôme Barbut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Peer Community Journal</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 1, pp.e64. </w:t>
+              <w:t xml:space="preserve">Ecological monographs</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, INSP-E4, 91 (4), pp.e01475. </w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.24072/pcjournal.7⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/ecm.1475⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02372238v3</w:t>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03373086v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Patterns of bird song evolution on islands support the character release hypothesis in tropical but not in temperate latitudes</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Mimicry can drive convergence in structural and light transmission features of transparent wings in Lepidoptera</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sacha Julien</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Doris Gomez</w:t>
+                <w:t xml:space="preserve">Charline Sophie Pinna</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maëlle Vilbert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephan Borensztajn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Willy Daney de Marcillac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Piron-Prunier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Evolutionary Biology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/jeb.13928⟩</w:t>
+              <w:t xml:space="preserve">eLife</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 10, pp.e69080. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.7554/eLife.69080⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03434772v1</w:t>
+                <w:t xml:space="preserve">hal-03510150v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mimicry can drive convergence in structural and light transmission features of transparent wings in Lepidoptera</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Willy Daney de Marcillac</w:t>
+                <w:t xml:space="preserve">Patterns of bird song evolution on islands support the character release hypothesis in tropical but not in temperate latitudes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aloïs Robert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martim Melo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Lengagne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Florence Piron-Prunier</w:t>
+                <w:t xml:space="preserve">Sacha Julien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Doris Gomez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">eLife</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 10, pp.e69080. </w:t>
+              <w:t xml:space="preserve">Journal of Evolutionary Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 34 (10), pp.1580 - 1591. </w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.7554/eLife.69080⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/jeb.13928⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId66" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03510150v1</w:t>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03434772v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Partial wing transparency works better when disrupting wing edges: evidence from a field experiment</w:t>
               </w:r>
@@ -1858,90 +1858,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Transparency improves concealment in cryptically coloured moths</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mónica Arias</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marianne Elias</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Andraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serge Berthier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Doris Gomez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Evolutionary Biology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 33 (2), pp.247-252. </w:t>
             </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1975,103 +1975,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quantitative characterization of iridescent colours in biological studies: a novel method using optical theory</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hugo Gruson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Andraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Willy Daney de Marcillac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hugo Gruson</w:t>
-[...37 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Serge Berthier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marianne Elias</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Interface Focus</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, Living light: optics, ecology and design principles of natural photonic structures, 9 (1), pp.20180049. </w:t>
@@ -2295,51 +2295,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martim Melo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanessa Gardette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sacha Julien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Biogeography</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 46 (9), pp.1901-1911. </w:t>
@@ -2524,51 +2524,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kittiwake eggs viewed by conspecifics and predators: implications for colour signal evolution</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Jeanne Holveck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Grégoire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Guerreiro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2671,64 +2671,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géraud de Premorel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Giurfa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Andraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Doris Gomez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Proceedings of the Royal Society B: Biological Sciences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 284 (1865), pp.20171097. </w:t>
             </w:r>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2788,51 +2788,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Lengagne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Voituron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Doris Gomez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Behavioral Ecology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 28 (1), pp.108-116. </w:t>
             </w:r>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2879,51 +2879,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Long Recording Sequences: How to Track the Intra-Individual Variability of Acoustic Signals</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Lengagne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Doris Gomez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémy Josserand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2977,320 +2977,320 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01323196v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Colouration in Atlantic puffins and blacklegged kittiwakes: monochromatism and links to body condition in both sexes.</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId31" w:history="1">
+                <w:t xml:space="preserve">Monkey and dung beetle activities influence soil seed bank structure</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Feer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Ponge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Jouard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Doris Gomez</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Avian Biology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/j.1600-048X.2013.00098.x⟩</w:t>
+              <w:t xml:space="preserve">Ecological Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 28 (10), pp.93-102. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s11284-012-1006-9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId122" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00872029v1</w:t>
+                <w:t xml:space="preserve">hal-00781281v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Monkey and dung beetle activities influence soil seed bank structure</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">François Feer</w:t>
+                <w:t xml:space="preserve">Colouration in Atlantic puffins and blacklegged kittiwakes: monochromatism and links to body condition in both sexes.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Doutrelant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Grégoire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Doris Gomez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Staszewski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-François Ponge</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Emilie Arnoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ecological Research</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Avian Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 44 (5), pp.451-460. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/j.1600-048X.2013.00098.x⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s11284-012-1006-9⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-00781281v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00872029v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mutual mate choice in a female-dominant and sexually monomorphic primate</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Doris Gomez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elise Huchard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3521,51 +3521,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Age Affects Photoentrainment in a Nocturnal Primate</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Doris Gomez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandra Barbosa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3645,1046 +3645,1046 @@
                 </w:rPr>
                 <w:t xml:space="preserve">mnhn-02291941v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multimodal signals in male European treefrog (Hyla arborea) and the influence of population isolation on signal expression</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId31" w:history="1">
+                <w:t xml:space="preserve">Costly help of audiovisual bimodality for female mate choice in a nocturnal anuran (Hyla arborea)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Doris Gomez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christina Richardson</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Marc Théry</w:t>
+                <w:t xml:space="preserve">Marc Thery</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Laure Gauthier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Lengagne</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biological Journal of the Linnean Society</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011, 103 (3), pp.633-647. </w:t>
+              <w:t xml:space="preserve">Behavioral Ecology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 22 (4), pp.889-898. </w:t>
             </w:r>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/j.1095-8312.2011.01662.x⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1093/beheco/arr039⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halsde-00604330v1</w:t>
+                <w:t xml:space="preserve">halsde-00606197v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Costly help of audiovisual bimodality for female mate choice in a nocturnal anuran (Hyla arborea)</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId31" w:history="1">
+                <w:t xml:space="preserve">Multimodal signals in male European treefrog (Hyla arborea) and the influence of population isolation on signal expression</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Doris Gomez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marc Thery</w:t>
+                <w:t xml:space="preserve">Christina Richardson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Théry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Lengagne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anne-Laure Gauthier</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Jean-Paul Léna</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Behavioral Ecology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011, 22 (4), pp.889-898. </w:t>
+              <w:t xml:space="preserve">Biological Journal of the Linnean Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 103 (3), pp.633-647. </w:t>
             </w:r>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1093/beheco/arr039⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/j.1095-8312.2011.01662.x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halsde-00606197v1</w:t>
+                <w:t xml:space="preserve">halsde-00604330v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hearing is not necessarily believing in nocturnal anurans</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId31" w:history="1">
+                <w:t xml:space="preserve">Increased Late Night Response to Light Controls the Circadian Pacemaker in a Nocturnal Primate</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martine Perret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Doris Gomez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId156" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Romain Durieux</w:t>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandra Barbosa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabienne Aujard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Théry</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biology Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1098/rsbl.2010.0038⟩</w:t>
+              <w:t xml:space="preserve">Journal of Biological Rhythms</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 25 (3), pp.186-196. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1177/0748730410368244⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halsde-00521277v1</w:t>
+                <w:t xml:space="preserve">mnhn-02292111v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Can eggs in a cavity be a female secondary sexual signal? Male nest visits and modelling of egg visual discrimination in blue tits.</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Romain Guerreiro</w:t>
+                <w:t xml:space="preserve">Condition dependence of iridescent wing flash-marks in two species of dabbling ducks.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Legagneux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Théry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Guillemain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Doris Gomez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Philippe Perret</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Vincent Bretagnolle</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biology Letters</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2010, 6 (4), pp.453-457. </w:t>
+              <w:t xml:space="preserve">Behavioural Processes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, epub ahead of print. </w:t>
             </w:r>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1098/rsbl.2009.1044⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.beproc.2010.01.017⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId159" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00505349v1</w:t>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00454729v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Support for a role of colour vision in mate choice in Hyla arborea</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Doris Gomez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christina Richardson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Lengagne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Derex</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Plénet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Behaviour</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 147, pp.1753-1768. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1163/000579510X534227⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halsde-00538709v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Condition dependence of iridescent wing flash-marks in two species of dabbling ducks.</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Pierre Legagneux</w:t>
+                <w:t xml:space="preserve">Hearing is not necessarily believing in nocturnal anurans</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christina Richardson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Doris Gomez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Durieux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Théry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId169" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vincent Bretagnolle</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Pierre Joly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Behavioural Processes</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2010, epub ahead of print. </w:t>
+              <w:t xml:space="preserve">Biology Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 23, pp.633-635. </w:t>
             </w:r>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.beproc.2010.01.017⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1098/rsbl.2010.0038⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId172" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-00454729v1</w:t>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halsde-00521277v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Increased Late Night Response to Light Controls the Circadian Pacemaker in a Nocturnal Primate</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId31" w:history="1">
+                <w:t xml:space="preserve">Can eggs in a cavity be a female secondary sexual signal? Male nest visits and modelling of egg visual discrimination in blue tits.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Jeanne Holveck</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Doutrelant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Guerreiro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Perret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Doris Gomez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...35 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Biological Rhythms</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2010, 25 (3), pp.186-196. </w:t>
+              <w:t xml:space="preserve">Biology Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 6 (4), pp.453-457. </w:t>
             </w:r>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1177/0748730410368244⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1098/rsbl.2009.1044⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId173" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">mnhn-02292111v1</w:t>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00505349v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The role of nocturnal vision in mate choice : females prefer conspicuous males in the European tree frog (Hyla arborea)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Doris Gomez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nina Richardson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Lengagne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Plénet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Joly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Proceedings of the Royal Society B: Biological Sciences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, 276, pp.2351-2358. </w:t>
@@ -4716,350 +4716,350 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halsde-00401815v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Female coloration indicates female reproductive capacity in blue tits</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Female canary mate preferences: differential use of information from two types of male-male interaction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nathalie Grnac</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId31" w:history="1">
+                <w:t xml:space="preserve">Mathieu Amy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Monbureau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clémentine Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Doris Gomez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId180" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Marcel M. Lambrechts</w:t>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Théry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Evolutionary Biology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/j.1420-9101.2007.01451.x⟩</w:t>
+              <w:t xml:space="preserve">Animal Behaviour</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 76, pp.971-982. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.anbehav.2008.03.023⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04261817v1</w:t>
+                <w:t xml:space="preserve">hal-00325423v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Female canary mate preferences: differential use of information from two types of male-male interaction</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Marie Monbureau</w:t>
+                <w:t xml:space="preserve">Female coloration indicates female reproductive capacity in blue tits</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Doutrelant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Grégoire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Clémentine Durand</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId31" w:history="1">
+                <w:t xml:space="preserve">Nathalie Grnac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Doris Gomez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId144" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Marc Théry</w:t>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marcel M. Lambrechts</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Animal Behaviour</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.anbehav.2008.03.023⟩</w:t>
+              <w:t xml:space="preserve">Journal of Evolutionary Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 21 (1), pp.226-233. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/j.1420-9101.2007.01451.x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId187" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-00325423v1</w:t>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04261817v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Iridescent structurally based coloration of eyespots correlates with mating success in the peacock.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adeline Loyau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Doris Gomez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Moureau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5136,51 +5136,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simultaneous Crypsis and Conspicuousness in Color Patterns: Comparative Analysis of a Neotropical Rainforest Bird Community</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Doris Gomez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Théry</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5218,90 +5218,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">INTERACTING EFFECTS OF SIGNALLING BEHAVIOUR, AMBIENT LIGHT AND PLUMAGE COLOUR IN A TEMPERATE BIRD, THE BLUE TIT PARUS CAERULEUS</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Thery</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Moyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Doris Gomez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Doutrelant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Pierson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5397,64 +5397,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Gaume</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Jeanne Holveck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corentin Dupont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Villemant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Rome</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -5541,90 +5541,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Why Are Morpho Blue ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Debat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serge Berthier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Blandin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Chazot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marianne Elias</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Philippe Grandcolas; Marie-Christine Maurel. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Biodiversity and Evolution</w:t>
@@ -5698,51 +5698,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Conflicting optical and mechanical needs drive the evolution of wing membrane thickness in Ithomiini clearwing butterflies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Doris Gomez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charline Pinna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5750,51 +5750,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Violaine Ossola</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Oscar Affholder</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Andraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2026</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
@@ -5816,51 +5816,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Transparency, the ultimate camouflage? Background dependency and influence of ambient light intensity</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Doris Gomez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mónica Arias</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5868,51 +5868,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marina Dhennin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas G Aubier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Andraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
@@ -6052,64 +6052,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Variation in colour signals among Sarracenia pitcher plants and the potential role of areoles in the attraction of flying Hymenoptera</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corentin Dupont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Villemant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tom Hatterman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6170,64 +6170,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hydrophobicity in clearwing butterflies and moths: impact of scale micro and nanostructure, and trade-off with optical transparency</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Doris Gomez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Pairraire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charline Pinna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6282,263 +6282,263 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03388792v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Convergence in light transmission properties of transparent wing areas in clearwing mimetic butterflies</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Florence Piron-Prunier</w:t>
+                <w:t xml:space="preserve">Ambient light and mimicry as drivers of wing transparency in Lepidoptera</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mónica Arias</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Barbut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rodolphe Rougerie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manon Dutry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mireia Kohler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03012864v1</w:t>
+                <w:t xml:space="preserve">hal-04767099v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId217" w:history="1">
+            <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ambient light and mimicry as drivers of wing transparency in Lepidoptera</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Convergence in light transmission properties of transparent wing areas in clearwing mimetic butterflies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charline Pinna</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maëlle Vilbert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephan Borensztajn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Willy Daney de Marcillac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Piron-Prunier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2020</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mireia Kohler</w:t>
-[...29 lines deleted...]
-                <w:t xml:space="preserve">hal-04767099v1</w:t>
+                <w:t xml:space="preserve">hal-03012864v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:footerReference w:type="default" r:id="rId221"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
@@ -6693,51 +6693,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04785814v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#243;nica Arias" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lis Behrendt" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lyn Dressler" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adelina Raka" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Perrier" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jeb/voae146" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05361044v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Violaine Ossola" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Pottier" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charline Pinna" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katia Bougiouri" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Tourni&#233;" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1365-2435.70110" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04906189v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lily Cohen" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chelsea Hansen" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melissa Andrew" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shelly Mcneil" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Vanhems" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/infdis/jiad303" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03960532v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Fargevieille" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Gr&#233;goire" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Doris Gomez" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Doutrelant" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jeb.14150" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04906009v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henrique Pott" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Staadegaard" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Paget" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Chaves" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/ofid/ofad244" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04075816v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Dupont" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Buatois" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Bessiere" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Villemant" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tom Hattermann" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0277603" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03434809v2" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alo&#239;s Robert" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Lengagne" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martim Melo" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jav.02726" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03373086v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Pairraire" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Barbut" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ecm.1475" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02372238v3" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Gruson" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Elias" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan L. Parra" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Andraud" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Berthier" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24072/pcjournal.7" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03434772v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sacha Julien" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jeb.13928" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03510150v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charline Sophie Pinna" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;lle Vilbert" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephan Borensztajn" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Willy Daney de Marcillac" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Piron-Prunier" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7554/eLife.69080" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03373157v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Leroy" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Madec" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louane Matos" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cynthia Tedore" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jeb.13943" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03012452v2" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aaron Pomerantz" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Radwanul Siddique" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elizabeth Cash" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuriko Kishi" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1242/jeb.237917" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02346924v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jeb.13560" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01961448v2" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rsfs.2018.0049" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02168624v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johanna Mappes" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Desbois" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Swanne Gordon" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melanie Mcclure" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1365-2435.13315" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02317418v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Gardette" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jbi.13611" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02135513v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Clerc" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aimilia Meichanetzoglou" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Cau" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rspb.2018.2769" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02265948v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Jeanne Holveck" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Guerreiro" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Staszewski" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Boulinier" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/biolinnean/blx065" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05524046v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raud de Premorel" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Giurfa" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rspb.2017.1097" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04269844v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Voituron" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/beheco/arw120" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sde.hal.science/hal-01323196v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Josserand" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0123828" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00872029v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Arnoux" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1600-048X.2013.00098.x" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-VDR505WZ-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00781281v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Feer" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Ponge" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Jouard" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11284-012-1006-9" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03879187v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Huchard" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Yves Henry" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Perret" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ajpa.21653" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-D9L33CMJ-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00650159v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Languille" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Blanc" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Blin" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. I. Canale" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Dal-Pan" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.arr.2011.07.001" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-71FWCMZ3-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-02291941v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Barbosa" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Th&#233;ry" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Aujard" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0748730411435223" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00604330v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christina Richardson" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul L&#233;na" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1095-8312.2011.01662.x" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00606197v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Thery" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Gauthier" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/beheco/arr039" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00521277v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Durieux" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Joly" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rsbl.2010.0038" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00505349v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Perret" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rsbl.2009.1044" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00538709v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Derex" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Pl&#233;net" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1163/000579510X534227" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/JKT-RRQB7HCW-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00454729v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Legagneux" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Guillemain" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Bretagnolle" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.beproc.2010.01.017" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-ZXGHFR0R-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-02292111v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0748730410368244" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00401815v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nina Richardson" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rspb.2009.0168" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04261817v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Grnac" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcel M. Lambrechts" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1420-9101.2007.01451.x" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00325423v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Amy" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Monbureau" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mentine Durand" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anbehav.2008.03.023" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-7Z64WHSN-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00221900v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Loyau" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Moureau" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathan S. Hart" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/beheco/arm088" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00136405v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00124787v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Moyen" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Pierson" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03258265v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Gaume" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Rome" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03854943v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Debat" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Blandin" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Chazot" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-1-78548-277-9.50009-7" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04785898v2" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oscar Affholder" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04786213v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Dhennin" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas G Aubier" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04257566v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03904034v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tom Hatterman" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremie Pratviel" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03388792v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Houssin" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03012864v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04767099v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodolphe Rougerie" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Dutry" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireia Kohler" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04785814v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#243;nica Arias" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lis Behrendt" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lyn Dressler" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adelina Raka" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Perrier" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jeb/voae146" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05361044v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Violaine Ossola" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Pottier" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charline Pinna" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katia Bougiouri" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Tourni&#233;" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1365-2435.70110" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04906189v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lily Cohen" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chelsea Hansen" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melissa Andrew" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shelly Mcneil" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Vanhems" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/infdis/jiad303" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04075816v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Dupont" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Buatois" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Bessiere" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Villemant" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tom Hattermann" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0277603" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03960532v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Fargevieille" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Gr&#233;goire" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Doris Gomez" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Doutrelant" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jeb.14150" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04906009v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henrique Pott" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Staadegaard" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Paget" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Chaves" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/ofid/ofad244" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03434809v2" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alo&#239;s Robert" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Lengagne" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martim Melo" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jav.02726" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02372238v3" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Gruson" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Elias" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan L. Parra" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Andraud" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Berthier" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24072/pcjournal.7" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03373086v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Pairraire" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Barbut" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ecm.1475" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03510150v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charline Sophie Pinna" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;lle Vilbert" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephan Borensztajn" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Willy Daney de Marcillac" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Piron-Prunier" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7554/eLife.69080" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03434772v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sacha Julien" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jeb.13928" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03373157v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Leroy" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Madec" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louane Matos" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cynthia Tedore" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jeb.13943" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03012452v2" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aaron Pomerantz" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Radwanul Siddique" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elizabeth Cash" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuriko Kishi" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1242/jeb.237917" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02346924v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jeb.13560" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01961448v2" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rsfs.2018.0049" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02168624v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johanna Mappes" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Desbois" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Swanne Gordon" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melanie Mcclure" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1365-2435.13315" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02317418v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Gardette" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jbi.13611" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02135513v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Clerc" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aimilia Meichanetzoglou" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Cau" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rspb.2018.2769" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02265948v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Jeanne Holveck" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Guerreiro" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Staszewski" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Boulinier" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/biolinnean/blx065" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05524046v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raud de Premorel" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Giurfa" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rspb.2017.1097" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04269844v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Voituron" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/beheco/arw120" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sde.hal.science/hal-01323196v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Josserand" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0123828" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00781281v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Feer" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Ponge" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Jouard" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11284-012-1006-9" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00872029v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Arnoux" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1600-048X.2013.00098.x" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-VDR505WZ-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03879187v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Huchard" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Yves Henry" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Perret" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ajpa.21653" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-D9L33CMJ-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00650159v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Languille" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Blanc" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Blin" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. I. Canale" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Dal-Pan" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.arr.2011.07.001" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-71FWCMZ3-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-02291941v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Barbosa" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Th&#233;ry" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Aujard" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0748730411435223" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00606197v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Thery" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Gauthier" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/beheco/arr039" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00604330v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christina Richardson" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul L&#233;na" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1095-8312.2011.01662.x" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-02292111v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0748730410368244" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00454729v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Legagneux" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Guillemain" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Bretagnolle" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.beproc.2010.01.017" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-ZXGHFR0R-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00538709v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Derex" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Pl&#233;net" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1163/000579510X534227" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/JKT-RRQB7HCW-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00521277v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Durieux" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Joly" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rsbl.2010.0038" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00505349v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Perret" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rsbl.2009.1044" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00401815v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nina Richardson" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rspb.2009.0168" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00325423v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Amy" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Monbureau" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mentine Durand" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anbehav.2008.03.023" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-7Z64WHSN-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04261817v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Grnac" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcel M. Lambrechts" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1420-9101.2007.01451.x" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00221900v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Loyau" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Moureau" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathan S. Hart" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/beheco/arm088" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00136405v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00124787v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Moyen" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Pierson" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03258265v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Gaume" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Rome" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03854943v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Debat" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Blandin" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Chazot" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-1-78548-277-9.50009-7" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04785898v2" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oscar Affholder" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04786213v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Dhennin" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas G Aubier" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04257566v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03904034v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tom Hatterman" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremie Pratviel" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03388792v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Houssin" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04767099v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodolphe Rougerie" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Dutry" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireia Kohler" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03012864v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>