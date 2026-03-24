--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -100,602 +100,602 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modélisation de la bathymétrie par Pléiades Neo en baie de Saint-Malo: transfert radiatif et réseaux de neurones</w:t>
+                <w:t xml:space="preserve">On the Synergy of the UAV Spatial Modelling and Citizen Science for Tidal Coasts: The Case of Canopy-Forming Macroalgae and Gastropods on the Emerald Coast, Brittany, France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Agathe Bouet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Antoine Collin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dorothée James</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sophie Loyer</w:t>
+                <w:t xml:space="preserve">Cam Ly Rintz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pirta Palola</w:t>
+                <w:t xml:space="preserve">Pauline Dusseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue Française de Photogrammétrie et de Télédétection</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 226 (1), pp.11-19. </w:t>
+              <w:t xml:space="preserve">Journal of Coastal Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 113 (sp1), </w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.52638/rfpt.2024.683⟩</w:t>
+                <w:t xml:space="preserve">⟨10.2112/JCR-SI113-031.1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04684998v1</w:t>
+                <w:t xml:space="preserve">hal-04923198v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ultra-High Resolution Temperature Mapping of the Muddy, Sandy, and Rocky Coasts using UAV-scaled SuperDove Imagery</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Erosion vs. accretion of sandy beaches: their impacts on nursery areas of coral reef fish</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Manuel Lesacher</w:t>
+                <w:t xml:space="preserve">David Lecchini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eric Feunteun</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Julien Tessonneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maguy Dulormne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emma Gairin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Natacha Roux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Coastal Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.2112/JCR-SI113-104.1⟩</w:t>
+              <w:t xml:space="preserve">Environmental Biology of Fishes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 107 (5), pp.593-598. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10641-024-01547-w⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04923194v1</w:t>
+                <w:t xml:space="preserve">hal-04611805v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Erosion vs. accretion of sandy beaches: their impacts on nursery areas of coral reef fish</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Maguy Dulormne</w:t>
+                <w:t xml:space="preserve">Ultra-High Resolution Temperature Mapping of the Muddy, Sandy, and Rocky Coasts using UAV-scaled SuperDove Imagery</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Collin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dorothée James</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emma Gairin</w:t>
+                <w:t xml:space="preserve">Manuel Lesacher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Natacha Roux</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Eric Feunteun</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Environmental Biology of Fishes</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 107 (5), pp.593-598. </w:t>
+              <w:t xml:space="preserve">Journal of Coastal Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 113 (sp1), </w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s10641-024-01547-w⟩</w:t>
+                <w:t xml:space="preserve">⟨10.2112/JCR-SI113-104.1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04611805v1</w:t>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04923194v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On the Synergy of the UAV Spatial Modelling and Citizen Science for Tidal Coasts: The Case of Canopy-Forming Macroalgae and Gastropods on the Emerald Coast, Brittany, France</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Modélisation de la bathymétrie par Pléiades Neo en baie de Saint-Malo: transfert radiatif et réseaux de neurones</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Collin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dorothée James</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Agathe Bouet</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Dorothée James</w:t>
+                <w:t xml:space="preserve">Coralie Monpert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cam Ly Rintz</w:t>
+                <w:t xml:space="preserve">Sophie Loyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pauline Dusseau</w:t>
+                <w:t xml:space="preserve">Pirta Palola</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Coastal Research</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 113 (sp1), </w:t>
+              <w:t xml:space="preserve">Revue Française de Photogrammétrie et de Télédétection</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 226 (1), pp.11-19. </w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.2112/JCR-SI113-031.1⟩</w:t>
+                <w:t xml:space="preserve">⟨10.52638/rfpt.2024.683⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04923198v1</w:t>
+                <w:t xml:space="preserve">hal-04684998v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Multi-Temporal Drone Mapping of Coastal Ecosystems in Restoration: Seagrass, Salt Marsh, and Dune</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dorothée James</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dorothée James</w:t>
+                <w:t xml:space="preserve">Antoine Collin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agathe Bouet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Morgane Perette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -759,77 +759,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Spatial Network of the Largest Honeycomb Reef in the World as Revealed by an Ultra-High Resolution Lidar Drone</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Collin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dorothée James</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emma Gairin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marine Aubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -893,77 +893,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">SUPERDOVE-MODELLED BATHYMETRY USING NEURAL NETWORKS ALONG A TURBIDITY GRADIENT: BREHAT, SAINT-BARTHELEMY AND TETIAROA ISLANDS</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Collin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Palola</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dorothée James</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y. Pastol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1053,77 +1053,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eléa Giraud-Renard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Dolique</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Collin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dorothée James</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emma Gairin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Coastal Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 38 (5), pp.976-987. </w:t>
@@ -1161,64 +1161,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Satellite-derived topography and morphometry for VHR coastal habitat mapping: the Pleiades-1 tri-stereo enhancement</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dorothée James</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Collin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Mury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1304,64 +1304,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marine Courteille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Jeanson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Collin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dorothée James</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Claverie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -1412,90 +1412,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Multi-decadal coastal evolution of remote Pacific islands: armouring of Taha’a, Raiatea, Maupiti, and Rangiroa (French Polynesia)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emma Gairin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Collin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Dolique</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dorothée James</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Jeanson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -1540,308 +1540,308 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04060924v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Spatiotemporal Trends of Bora Bora’s Shoreline Classification and Movement Using High-Resolution Imagery from 1955 to 2019</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Protection naturelle contre la submersion, apport de l’intelligence artificielle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Mury</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Collin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dorothée James</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Remote Sensing</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/rs13224692⟩</w:t>
+              <w:t xml:space="preserve">Cartes &amp; géomatique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, Cartorisk : risques naturels ou anthropiques en carte (245-246), pp.127-137. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.62437/cixz348-656etyknpgmcw-19176840⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03762844v1</w:t>
+                <w:t xml:space="preserve">hal-05073709v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Protection naturelle contre la submersion, apport de l’intelligence artificielle</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Spatiotemporal Trends of Bora Bora’s Shoreline Classification and Movement Using High-Resolution Imagery from 1955 to 2019</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emma Gairin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Collin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dorothée James</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tehani Maueau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yoann Roncin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cartes &amp; géomatique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, Cartorisk : risques naturels ou anthropiques en carte (245-246), pp.127-137. </w:t>
+              <w:t xml:space="preserve">Remote Sensing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 13 (22), pp.4692. </w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.62437/cixz348-656etyknpgmcw-19176840⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/rs13224692⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05073709v1</w:t>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03762844v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">ENHANCING UAV COASTAL MAPPING USING INFRARED PANSHARPENING</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dorothée James</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Collin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Mury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1895,347 +1895,347 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03279589v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modelling 2D Coastal Flooding at Fine-scale Over Vulnerable Lowlands using Satellite-derived Topobathymetry, Hydrodynamic and Overflow Simulations</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Using Multispectral Drone Imagery for Spatially Explicit Modeling of Wave Attenuation through a Salt Marsh Meadow</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Mury</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Collin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Coraline Calle</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Thomas Houet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilien Alvarez-Vanhard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dorothée James</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Coastal Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.2112/SI95-205.1⟩</w:t>
+              <w:t xml:space="preserve">Drones</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/drones4020025⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02746118v1</w:t>
+                <w:t xml:space="preserve">hal-02946427v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Using Multispectral Drone Imagery for Spatially Explicit Modeling of Wave Attenuation through a Salt Marsh Meadow</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Modelling 2D Coastal Flooding at Fine-scale Over Vulnerable Lowlands using Satellite-derived Topobathymetry, Hydrodynamic and Overflow Simulations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Collin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Coraline Calle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dorothée James</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thomas Houet</w:t>
+                <w:t xml:space="preserve">Stéphane Costa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emilien Alvarez-Vanhard</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Olivier Maquaire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Drones</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, </w:t>
+              <w:t xml:space="preserve">Journal of Coastal Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 95 (sp1), pp.1052. </w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/drones4020025⟩</w:t>
+                <w:t xml:space="preserve">⟨10.2112/SI95-205.1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02946427v1</w:t>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02746118v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Towards Better Mapping of Seagrass Meadows using UAV Multispectral and Topographic Data</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dorothée James</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dorothée James</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Antoine Collin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Houet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Mury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2312,77 +2312,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mapping nature-based marine flooding risk using VHR wave, airborne LiDAR and satellite imagery: the case study of the Dol Marsh (Bay of Mont-Saint-Michel, France)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Mury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Collin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Jeanson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dorothée James</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Gloria</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2446,90 +2446,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Blue carbon attenuation of future coastal risks related to extreme stream- and sea-water levels: the high-resolution 2D simulation as a management tool</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Lochin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Collin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dorothée James</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Pastol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Costa</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revista de Investigacion Marina</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 27 (1), pp.47-50</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2554,90 +2554,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Improving Intertidal Reef Mapping Using UAV Surface, Red Edge, and Near-Infrared Data</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Collin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stanislas Dubois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dorothée James</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Houet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Drones</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 3 (3), pp.67. </w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2684,64 +2684,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Morpho–Sedimentary Monitoring in a Coastal Area, from 1D to 2.5D, Using Airborne Drone Imagery</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Mury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Collin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dorothée James</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Drones</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 3 (3), pp.62. </w:t>
             </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2801,64 +2801,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Mury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Jeanson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Collin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dorothée James</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Etienne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2918,64 +2918,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Morphology of fore-reef slopes and terraces, Takapoto Atoll (Tuamotu Archipelago, French Polynesia, central Pacific): The tectonic, sea-level and coral-growth control</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucien F. Montaggioni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Collin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dorothée James</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Salvat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3039,77 +3039,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mapping wave attenuation induced by salt marsh vegetation using WorldView-3 satellite imagery</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Collin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Natasha Lambert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dorothée James</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Etienne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3147,51 +3147,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Understanding Interactions between Shoreline Changes and Reef Outer Slope Morphometry on Takapoto Atoll (French Polynesia)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Collin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virginie Duvat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3199,51 +3199,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentin Pillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Salvat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dorothée James</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Coastal Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 85, pp.496 - 500. </w:t>
             </w:r>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3309,64 +3309,64 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Études de la précision altimétrique (nuage de points) des géo-écosystèmes littoraux via la photogrammétrie et la lasergrammétrie par drone aérien</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dorothée James</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Collin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Régis Gallon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3420,290 +3420,290 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04684951v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dynamique spatio-temporelle des écosystèmes de carbone bleu : cas d'étude sur la Côte d'Émeraude</w:t>
+                <w:t xml:space="preserve">Contribution des infrarouges de l'Altum-PT pour la cartographie des littoraux de carbone bleu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Antoine Collin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Dorothée James</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Éric Feunteun</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Nancy Lamontagne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hardy Renaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Conquet Juliette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">MerIGéo</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2023, Le Havre, France</w:t>
+              <w:t xml:space="preserve">Journées Drones &amp; Cap' 2023</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, COPIL Drones &amp; Cap', Nov 2023, Mur de Bretagne, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04068170v1</w:t>
+                <w:t xml:space="preserve">hal-04291669v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Contribution des infrarouges de l'Altum-PT pour la cartographie des littoraux de carbone bleu</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Dynamique spatio-temporelle des écosystèmes de carbone bleu : cas d'étude sur la Côte d'Émeraude</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dorothée James</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Collin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
-[...37 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Conquet Juliette</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Éric Feunteun</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées Drones &amp; Cap' 2023</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, COPIL Drones &amp; Cap', Nov 2023, Mur de Bretagne, France</w:t>
+              <w:t xml:space="preserve">MerIGéo</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2023, Le Havre, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId110" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04291669v1</w:t>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04068170v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Photogrammétrie vs. lasergrammétrie par drone aérien sur la Côte d’Émeraude</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dorothée James</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Collin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées Drones &amp; Cap' 2023</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, COPIL Drones &amp; Cap', Nov 2023, Mur de Bretagne, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3722,217 +3722,213 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04291974v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Spatiotemporal Trends of Bora Bora’s Shoreline Classification and Movement Using High-Resolution Imagery from 1955 to 2019</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Towards Better Coastal Mapping Using Fusion of High Temporal SENTINEL-2 and PLANETSCOPE-2 Imageries: 12 Bands at 3 M Through Neural Network Modelling</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Collin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dorothée James</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">David Lecchini</w:t>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Feunteun</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Eucomare</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">XXIV ISPRS Congress</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2022, Nice, France. pp.479-484, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5194/isprs-archives-XLIII-B3-2022-479-2022⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04068153v1</w:t>
+                <w:t xml:space="preserve">hal-04060899v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The sanding-up of the Seine-Maritime intertidal area (Normandy, France): towards a high frequency monitoring using satellite image analysis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bastien Peuziat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Costa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Candide Lissak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dorothée James</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Collin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Eucomare</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2022, Saint-Malo, France</w:t>
@@ -3955,174 +3951,178 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04068638v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Towards Better Coastal Mapping Using Fusion of High Temporal SENTINEL-2 and PLANETSCOPE-2 Imageries: 12 Bands at 3 M Through Neural Network Modelling</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Spatiotemporal Trends of Bora Bora’s Shoreline Classification and Movement Using High-Resolution Imagery from 1955 to 2019</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Gairin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Collin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dorothée James</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId109" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Éric Feunteun</w:t>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Lecchini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XXIV ISPRS Congress</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Eucomare</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2022, Saint-Malo, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04060899v1</w:t>
+                <w:t xml:space="preserve">hal-04068153v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Satellite-derived topography at very high resolution for coastal habitat mapping: The Pléiades-1 tri-stereo enhancement</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dorothée James</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Collin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Mury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4173,90 +4173,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Multiscale spatiotemporal NDVI mapping of salt marshes using Sentinel-2, Dove and UAV imagery in the bay of Mont-Saint-Michel.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Collin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dorothée James</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Mury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Houet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Gloria</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -4292,204 +4292,178 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04068034v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ensablement de la zone intertidale du littoral de Seine-Maritime : vers une méthodologie de suivi haute fréquence par analyse d’images satellite</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Candide Lissak</w:t>
+                <w:t xml:space="preserve">Etude spatio-temporelle d'un écosystème littoral: le pré salé de Sainte-Anne en baie du Mont-Saint-Michel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dorothée James</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dorothée James</w:t>
+                <w:t xml:space="preserve">Antoine Collin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bernadette Tessier</w:t>
+                <w:t xml:space="preserve">Mathilde Letard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées des Jeunes Géomorphologues</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2021, Brest, France</w:t>
+              <w:t xml:space="preserve">SAGEO 2021</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2021, La Rochelle, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03601538v1</w:t>
+                <w:t xml:space="preserve">hal-03414792v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Trajectoire socio-écologique d'une commune de la Baie du Mont-Saint-Michel entre 1947 et 2014</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Letard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Collin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dorothée James</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Mury</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4513,398 +4487,424 @@
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03279042v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Etude spatio-temporelle d'un écosystème littoral: le pré salé de Sainte-Anne en baie du Mont-Saint-Michel</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Ensablement de la zone intertidale du littoral de Seine-Maritime : vers une méthodologie de suivi haute fréquence par analyse d’images satellite</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bastien Peuziat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Costa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Candide Lissak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dorothée James</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Mathilde Letard</w:t>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernadette Tessier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SAGEO 2021</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2021, La Rochelle, France</w:t>
+              <w:t xml:space="preserve">Journées des Jeunes Géomorphologues</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2021, Brest, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId129" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03414792v1</w:t>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03601538v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Prospective 2050: étude de cas sur l'évolution du service écosystémique de protection côtière</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">UAV Multispectral Optical Contribution to Coastal 3D Modelling</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dorothee James</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Collin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Mury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Dorothée James</w:t>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Letard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Guillot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SAGEO 2021</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">IGARSS 2021 - 2021 IEEE International Geoscience and Remote Sensing Symposium</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2021, Brussels, Belgium. pp.7951-7954, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/IGARSS47720.2021.9553865⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03414804v1</w:t>
+                <w:t xml:space="preserve">hal-03414673v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">UAV Multispectral Optical Contribution to Coastal 3D Modelling</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Prospective 2050: étude de cas sur l'évolution du service écosystémique de protection côtière</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Mury</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Collin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Benoit Guillot</w:t>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dorothée James</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IGARSS 2021 - 2021 IEEE International Geoscience and Remote Sensing Symposium</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">SAGEO 2021</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2021, La Rochelle, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/IGARSS47720.2021.9553865⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03414673v1</w:t>
+                <w:t xml:space="preserve">hal-03414804v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Classification of coastal and estuarine ecosystems using full-waveform topo-bathymetric lidar data and artificial intelligence</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Letard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Collin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Corpetti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4994,77 +4994,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Utilisation de l'imagerie drone multispectrale pour la modélisation spatiale de l'atténuation hydrodynamique par les prés salés en milieu mégatidal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Mury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Houet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dorothée James</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Collin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">merIGéo 2020</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2020, Brest (WebConférence), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5089,64 +5089,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etude spatio-temporelle de la géomorphologie et de l'écologie d'un système dunaire par drone aérien</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dorothée James</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Collin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Mury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5210,90 +5210,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Télédétection des herbiers marins océaniques, méditerranéens et tropicaux par LiDAR topobathymétrique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Collin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Letard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Mury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dorothée James</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Pastol</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5331,64 +5331,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modelling the connectivity of the coastal social-ecological networks subject to oceanic hazards</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Collin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dorothée James</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joachim Claudet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5420,329 +5420,329 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02176678v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Complexité structurale des récifs biogéniques d'hermelles (Sabellaria alveolata) par drone aérien</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Understanding the interactions between shorelines changes and reef outer slope morphometry on Takapoto atoll (French Polynesia).</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Collin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virginie Duvat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentin Pillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Salvat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dorothée James</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2ème colloque merigéo</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2018, Aix-en-Provence, France</w:t>
+              <w:t xml:space="preserve">International Coastal Symposium (ICS2018)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2018, Pusan, South Korea</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01812540v1</w:t>
+                <w:t xml:space="preserve">hal-02502446v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Understanding the interactions between shorelines changes and reef outer slope morphometry on Takapoto atoll (French Polynesia).</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Complexité structurale des récifs biogéniques d'hermelles (Sabellaria alveolata) par drone aérien</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Collin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
-[...38 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stanislas Dubois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dorothée James</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Ramambason</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Gloria</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Coastal Symposium (ICS2018)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2018, Pusan, South Korea</w:t>
+              <w:t xml:space="preserve">2ème colloque merigéo</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2018, Aix-en-Provence, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId147" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02502446v1</w:t>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01812540v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modelling saltmarsh spatial evolution at high resolution from 1948 to 2100 (Beaussais's Bay, France)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rachel Bitoun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Collin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dorothée James</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Pioch</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5802,51 +5802,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">3D reconstruction of coral reef morphology using UAV, acoustic sonar and very high resolution satellite images: interests and limits of an integrated approach for natural hazards studies (Takapoto Atoll, French Polynesia).</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Etienne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Collin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">James Dorothée</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5910,424 +5910,424 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Suivi pluri-décennal rétrospectif et prospectif du trait de côte dunaire par imagerie multispectrale</w:t>
+                <w:t xml:space="preserve">Classifications satellitaires optiques et RADAR des récifs biogéniques intertidaux : Sentinel-1, -2 et Pléiades-1 au service des hermelles (Sabellaria alveolata) du Parc naturel marin de l’estuaire de la Gironde et de la mer des Pertuis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Iris Jeuffrard</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Olivia Le Gal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Collin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dorothée James</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">G. Duthion</w:t>
+                <w:t xml:space="preserve">Stanislas F. Dubois</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Merigéo</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2023, Le Havre, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04061811v1</w:t>
+                <w:t xml:space="preserve">hal-04061818v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">SISTER : Évaluation surfacique des récifs intertidaux à Sabellaria alveolata par drone aérien</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Suivi pluri-décennal rétrospectif et prospectif du trait de côte dunaire par imagerie multispectrale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre-Olivier Liabot</w:t>
+                <w:t xml:space="preserve">Iris Jeuffrard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Collin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dorothée James</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Touria Bajjouk</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">G. Duthion</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Merigéo</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Mar 2023, Le Havre, France, France. , 2023</w:t>
+              <w:t xml:space="preserve">, Mar 2023, Le Havre, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04061236v1</w:t>
+                <w:t xml:space="preserve">hal-04061811v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Classifications satellitaires optiques et RADAR des récifs biogéniques intertidaux : Sentinel-1, -2 et Pléiades-1 au service des hermelles (Sabellaria alveolata) du Parc naturel marin de l’estuaire de la Gironde et de la mer des Pertuis</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">SISTER : Évaluation surfacique des récifs intertidaux à Sabellaria alveolata par drone aérien</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilien Alvarez-Vanhard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Olivia Le Gal</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Pierre-Olivier Liabot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Touria Bajjouk</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Collin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dorothée James</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Merigéo</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Mar 2023, Le Havre, France</w:t>
+              <w:t xml:space="preserve">, Mar 2023, Le Havre, France, France. , 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04061818v1</w:t>
+                <w:t xml:space="preserve">hal-04061236v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Classifications satellitaires RaDAR et optiques des récifs biogéniques intertidaux : Sentinel-1, -2 et Pléiades-1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivia Le Gal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Collin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dorothée James</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stanislas Dubois</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -6359,191 +6359,178 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04039413v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Contribution of infrared wavebands to coastal ecogeomorphological systems’ mapping</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Towards better coastal mapping using fusion of high temporal Sentinel-2 and PlanetScope-2 imageries: 12 bants at 3 m through neural network modelling</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Collin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dorothée James</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId128" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Mathilde Letard</w:t>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Feunteun</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Eucomare</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2022, Saint-Malo, France</w:t>
+              <w:t xml:space="preserve">ISPRS Congress</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2022, Nice (FR), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04061859v1</w:t>
+                <w:t xml:space="preserve">hal-04061770v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Increasing the nature-based coastal protection using bathymetric LiDAR, terrain classification, network modelling: reefs of Saint-Malo’s lagoon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Collin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Pastol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Letard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Le Goff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6592,329 +6579,342 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04061782v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Towards better coastal mapping using fusion of high temporal Sentinel-2 and PlanetScope-2 imageries: 12 bants at 3 m through neural network modelling</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Very High-Resolution Monitoring and Evaluation of Tidal and Ecological Restoration in Beaussais’ Bay</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dorothée James</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Collin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Mury</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Letard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivia Le Gal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ISPRS Congress</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2022, Nice (FR), France</w:t>
+              <w:t xml:space="preserve">Eucomare</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2022, Saint- Malo, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04061770v1</w:t>
+                <w:t xml:space="preserve">hal-04061799v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Very High-Resolution Monitoring and Evaluation of Tidal and Ecological Restoration in Beaussais’ Bay</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Contribution of infrared wavebands to coastal ecogeomorphological systems’ mapping</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Mury</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Antoine Collin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Dorothée James</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Letard</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Eucomare</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, May 2022, Saint- Malo, France</w:t>
+              <w:t xml:space="preserve">, May 2022, Saint-Malo, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04061799v1</w:t>
+                <w:t xml:space="preserve">hal-04061859v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Projet SISTER : Le suivi des récifs à Sabellaria alveolata par imagerie drone et I.A.”, Séminaire sur les habitats rocheux intertidaux et subtidaux de la façade Manche - Mer du Nord - Atlantique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilien Alvarez-Vanhard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Olivier Liabot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Touria Bajjouk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Collin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dorothée James</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Oceanopolis</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2022, Brest, France</w:t>
@@ -6943,64 +6943,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Étude spatio-temporelle de la géomorphologie et de l'écologie d'un système dunaire par drone aérien</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dorothée James</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Collin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Mury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7058,312 +7058,312 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03135587v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Spatially-explicit modelling of the salt marsh wave attenuation using pressure measurements, UAV imagery and LIDAR data</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Mapping tropical coastal social-ecological systems using unmanned airborne vehicle (UAV)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Collin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Samuel Etienne</w:t>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">James Dorothée</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Jeanson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joachim Claudet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Geoscience Union General Assembly 2019</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2019, Vienna, Austria. 21, 2019</w:t>
+              <w:t xml:space="preserve">Marine Geological &amp; Biological Habitat Mapping (Geohab 2019)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2019, Saint-Petersbourg, Russia. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02176747v1</w:t>
+                <w:t xml:space="preserve">hal-02134739v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mapping tropical coastal social-ecological systems using unmanned airborne vehicle (UAV)</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Spatially-explicit modelling of the salt marsh wave attenuation using pressure measurements, UAV imagery and LIDAR data</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Mury</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Collin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId153" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Joachim Claudet</w:t>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dorothée James</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Pastol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samuel Etienne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Marine Geological &amp; Biological Habitat Mapping (Geohab 2019)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2019, Saint-Petersbourg, Russia. </w:t>
+              <w:t xml:space="preserve">European Geoscience Union General Assembly 2019</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2019, Vienna, Austria. 21, 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02134739v1</w:t>
+                <w:t xml:space="preserve">hal-02176747v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Spatially-explicit modeling of the salt marsh wave attenuation using pressure measurements, UAV imagery and LiDAR data</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Mury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Collin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dorothée James</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Pastol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7427,64 +7427,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">WAVE ATTENUATION SERVICE OF SALTMARSHES AND SHELLY CHENIERS: A SPATIO-TEMPORAL STUDY IN MONT-SAINT-MICHEL BAY, FRANCE</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Mury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Collin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dorothée James</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Etienne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -7554,103 +7554,103 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ultra-high resolution bathymetry estimation using a visible airborne drone, photogrammetry and neural network</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Collin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dorothée James</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nancy Lamontagne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hardy Renaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Coralie Monpert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées Nationales Génie Côtier - Génie Civil</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
@@ -7699,90 +7699,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Classifications satellitaires optiques et RADAR des récifs biogéniques intertidaux : Sentinel-1, -2 et Pléiades-1 au service des hermelles (Sabellaria alveolata) du Parc naturel marin de l’estuaire de la Gironde et de la mer des Pertuis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivia Le Gal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Collin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dorothée James</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stanislas F. Dubois</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -7800,103 +7800,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">SISTER : Évaluation surfacique des récifs intertidaux à Sabellaria alveolata par drone aérien</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilien Alvarez-Vanhard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. O. Liabot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Touria Bajjouk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Collin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dorothée James</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
@@ -7912,448 +7912,448 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04061909v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Suivi pluri-décennal rétrospectif et prospectif du trait de côte dunaire par imagerie multispectrale</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Iris Jeuffrard</w:t>
+                <w:t xml:space="preserve">Drone-Based Spatio-Temporal Assessment of a Seagras Meadow: Insights into Anthropogenic Pressure</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dorothée James</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Collin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Antoine Collin</w:t>
-[...34 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Agathe Bouet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ECRS 2023</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, MDPI, pp.41, 2023, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/ECRS2023-15851⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04061948v1</w:t>
+                <w:t xml:space="preserve">hal-04685036v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Multiscale Spatiotemporal NDVI Mapping of Salt Marshes Using Sentinel-2, Dove, and UAV Imagery in the Bay of Mont-Saint-Michel, France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Collin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dorothée James</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Mury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Houet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Helene Gloria</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Conference EUCOMARE 2022-Saint Malo, France</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Springer Link, pp.17-38, 2023, European Spatial Data for Coastal and Marine Remote Sensing, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/978-3-031-16213-8_2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04351641v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Drone-Based Spatio-Temporal Assessment of a Seagras Meadow: Insights into Anthropogenic Pressure</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Suivi pluri-décennal rétrospectif et prospectif du trait de côte dunaire par imagerie multispectrale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Iris Jeuffrard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Antoine Collin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Dorothée James</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
-[...34 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Duthion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2023</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/ECRS2023-15851⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04685036v1</w:t>
+                <w:t xml:space="preserve">hal-04061948v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Use of Ultra-High Resolution UAV Lidar Infrared Intensity for Enhancing Coastal Cover Classification</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Collin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dorothée James</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Régis Gallon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Poizot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Feunteun</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ECRS 2023</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
@@ -8398,103 +8398,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Increasing the Nature-Based Coastal Protection Using Bathymetric Lidar, Terrain Classification, Network Modelling: Reefs of Saint-Malo's Lagoon?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Collin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Pastol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Letard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dorothée James</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Éric Feunteun</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Conference EUCOMARE 2022</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2022, Saint-Malo, France. Springer International Publishing, pp.235-241, 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -8545,385 +8545,385 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Very High-Resolution Monitoring and Evaluation of Tidal and Ecological Restoration in Beaussais’ Bay.</w:t>
+                <w:t xml:space="preserve">Multiscale Spatiotemporal NDVI Mapping of Salt Marshes Using Sentinel-2, Dove, and UAV Imagery in the Bay of Mont-Saint-Michel, France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Antoine Collin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Dorothée James</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Mury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Letard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId161" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Olivia Le Gal</w:t>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Houet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Spatial Data for Coastal and Marine Remote Sensing: Proceedings of International Conference EUCOMARE 2022-Saint Malo, France</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Springer International Publishing, pp.207-211, 2022</w:t>
+              <w:t xml:space="preserve">, Springer International Publishing, pp.17-38, 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04061180v1</w:t>
+                <w:t xml:space="preserve">hal-04061143v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multiscale Spatiotemporal NDVI Mapping of Salt Marshes Using Sentinel-2, Dove, and UAV Imagery in the Bay of Mont-Saint-Michel, France</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Contribution of Near-and Mid-Infrared Wavebands to Mapping Fine-Scale Coastal Ecogeomorphological Features</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Mury</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Collin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dorothée James</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Letard</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Spatial Data for Coastal and Marine Remote Sensing: Proceedings of International Conference EUCOMARE 2022-Saint Malo, France</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Springer International Publishing, pp.17-38, 2022</w:t>
+              <w:t xml:space="preserve">, Springer International Publishing, pp.39-57, 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04061143v1</w:t>
+                <w:t xml:space="preserve">hal-04061189v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Contribution of Near-and Mid-Infrared Wavebands to Mapping Fine-Scale Coastal Ecogeomorphological Features</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Very High-Resolution Monitoring and Evaluation of Tidal and Ecological Restoration in Beaussais’ Bay.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dorothée James</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Collin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Mury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Letard</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivia Le Gal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Spatial Data for Coastal and Marine Remote Sensing: Proceedings of International Conference EUCOMARE 2022-Saint Malo, France</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Springer International Publishing, pp.39-57, 2022</w:t>
+              <w:t xml:space="preserve">, Springer International Publishing, pp.207-211, 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04061189v1</w:t>
+                <w:t xml:space="preserve">hal-04061180v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Pré-publication, Document de travail (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -8941,103 +8941,103 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Multiscale Mapping of the Salt Marshes Using Sentinel-2, Dove and UAV Imagery in the Bay of Mont-Saint-Michel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Collin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dorothée James</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Mury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Letard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Houet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
@@ -9091,64 +9091,64 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Suivi par orthomosaïque multispectrale et modèle numérique de surface de la reconnexion à la mer du polder de Beaussais sur Mer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Collin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dorothée James</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">EPHE-PSL Research University. 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -9320,51 +9320,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Protocoles d’optimisation de l’acquisition et du traitement d’images très hautes résolutions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dorothée James</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ecosystèmes. 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Mémoire d'étudiant</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -9551,51 +9551,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04684998v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Collin" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Doroth&#233;e James" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coralie Monpert" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Loyer" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pirta Palola" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.52638/rfpt.2024.683" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04923194v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Lesacher" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Feunteun" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2112/JCR-SI113-104.1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04611805v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Lecchini" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Tessonneau" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maguy Dulormne" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emma Gairin" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natacha Roux" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10641-024-01547-w" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04923198v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agathe Bouet" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cam Ly Rintz" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Dusseau" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2112/JCR-SI113-031.1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04923191v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Perette" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan Dimeglio" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2112/JCR-SI113-103.1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04923185v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Aubert" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Daniel" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2112/JCR-SI113-188.1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04685421v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Palola" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Pastol" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Monpert" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/isprs-archives-XLVIII-1-W2-2023-1351-2023" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04611803v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=El&#233;a Giraud-Renard" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Dolique" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2112/JCOASTRES-D-21-00161.1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04060938v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Mury" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rongjun Qin" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/rs14010219" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03821000v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Courteille" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Jeanson" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Claverie" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rsma.2022.102537" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04060924v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10113-022-01977-1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-perp.hal.science/hal-03762844v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tehani Maueau" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoann Roncin" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/rs13224692" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05073709v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.62437/cixz348-656etyknpgmcw-19176840" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03279589v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Mury" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Letard" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/isprs-archives-xliii-b3-2021-257-2021" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02746118v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coraline Calle" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Costa" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Maquaire" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2112/SI95-205.1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02946427v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Houet" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilien Alvarez-Vanhard" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/drones4020025" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03084386v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Gloria" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2112/SI95-217.1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02946351v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2112/SI95-145.1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03378923v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Lochin" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Pastol" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02276205v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stanislas Dubois" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/drones3030067" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02273891v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/drones3030062" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02172209v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Etienne" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/jmse7040097" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02276200v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucien F. Montaggioni" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Salvat" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Martin-Garin" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.margeo.2019.106027" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01812613v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natasha Lambert" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rochelle.hal.science/hal-01924521v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Duvat" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Pillet" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2112/SI85-100.1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04684951v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis Gallon" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Poizot" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5150/jngcgc.2024.052" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04068170v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Feunteun" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04291669v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nancy Lamontagne" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hardy Renaud" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Conquet Juliette" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04291974v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04068153v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Gairin" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04068638v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Peuziat" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Candide Lissak" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04060899v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/isprs-archives-XLIII-B3-2022-479-2022" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04068174v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Qin" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04068034v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03601538v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernadette Tessier" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03279042v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Letard" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03414792v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03414804v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03414673v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dorothee James" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Guillot" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IGARSS47720.2021.9553865" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03658793v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Corpetti" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitri Lague" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/OCEANS44145.2021.9705797" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03414865v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03414852v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nolwenn Le Poulain" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03414881v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02176678v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joachim Claudet" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01812540v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Ramambason" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02502446v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03070120v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachel Bitoun" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Pioch" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2112/SI85-136.1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01788626v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James Doroth&#233;e" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04061811v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iris Jeuffrard" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Duthion" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04061236v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Olivier Liabot" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Touria Bajjouk" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04061818v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivia Le Gal" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stanislas F. Dubois" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04039413v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04061859v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04061782v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Le Goff" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Guillaudeau" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04061770v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04061799v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04061729v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03135587v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02176747v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02134739v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02135528v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02176897v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04684984v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5150/jngcgc.2024.050" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04061954v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04061909v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. O. Liabot" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04061948v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04351641v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helene Gloria" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-16213-8_2" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04685036v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ECRS2023-15851" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04607617v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ECRS2023-16610" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04061168v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04061180v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04061143v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04061189v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03474629v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04061218v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02133489v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre St&#233;phan" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Fichaut" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge S. Suanez" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Ammann" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabel Tardieu" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ephe.hal.science/hal-04382736v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04923198v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agathe Bouet" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Collin" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Doroth&#233;e James" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cam Ly Rintz" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Dusseau" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2112/JCR-SI113-031.1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04611805v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Lecchini" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Tessonneau" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maguy Dulormne" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emma Gairin" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natacha Roux" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10641-024-01547-w" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04923194v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Lesacher" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Feunteun" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2112/JCR-SI113-104.1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04684998v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coralie Monpert" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Loyer" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pirta Palola" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.52638/rfpt.2024.683" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04923191v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Perette" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan Dimeglio" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2112/JCR-SI113-103.1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04923185v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Aubert" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Daniel" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2112/JCR-SI113-188.1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04685421v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Palola" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Pastol" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Monpert" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/isprs-archives-XLVIII-1-W2-2023-1351-2023" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04611803v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=El&#233;a Giraud-Renard" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Dolique" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2112/JCOASTRES-D-21-00161.1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04060938v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Mury" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rongjun Qin" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/rs14010219" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03821000v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Courteille" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Jeanson" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Claverie" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rsma.2022.102537" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04060924v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10113-022-01977-1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05073709v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.62437/cixz348-656etyknpgmcw-19176840" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-perp.hal.science/hal-03762844v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tehani Maueau" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoann Roncin" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/rs13224692" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03279589v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Mury" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Letard" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/isprs-archives-xliii-b3-2021-257-2021" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02946427v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Houet" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilien Alvarez-Vanhard" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/drones4020025" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02746118v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coraline Calle" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Costa" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Maquaire" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2112/SI95-205.1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03084386v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Gloria" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2112/SI95-217.1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02946351v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2112/SI95-145.1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03378923v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Lochin" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Pastol" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02276205v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stanislas Dubois" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/drones3030067" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02273891v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/drones3030062" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02172209v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Etienne" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/jmse7040097" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02276200v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucien F. Montaggioni" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Salvat" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Martin-Garin" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.margeo.2019.106027" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01812613v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natasha Lambert" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rochelle.hal.science/hal-01924521v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Duvat" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Pillet" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2112/SI85-100.1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04684951v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis Gallon" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Poizot" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5150/jngcgc.2024.052" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04291669v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nancy Lamontagne" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hardy Renaud" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Conquet Juliette" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04068170v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Feunteun" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04291974v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04060899v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/isprs-archives-XLIII-B3-2022-479-2022" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04068638v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Peuziat" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Candide Lissak" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04068153v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Gairin" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04068174v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Qin" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04068034v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03414792v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Letard" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03279042v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03601538v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernadette Tessier" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03414673v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dorothee James" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Guillot" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IGARSS47720.2021.9553865" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03414804v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03658793v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Corpetti" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitri Lague" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/OCEANS44145.2021.9705797" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03414865v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03414852v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nolwenn Le Poulain" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03414881v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02176678v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joachim Claudet" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02502446v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01812540v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Ramambason" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03070120v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachel Bitoun" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Pioch" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2112/SI85-136.1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01788626v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James Doroth&#233;e" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04061818v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivia Le Gal" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stanislas F. Dubois" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04061811v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iris Jeuffrard" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Duthion" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04061236v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Olivier Liabot" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Touria Bajjouk" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04039413v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04061770v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04061782v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Le Goff" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Guillaudeau" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04061799v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04061859v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04061729v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03135587v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02134739v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02176747v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02135528v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02176897v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04684984v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5150/jngcgc.2024.050" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04061954v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04061909v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. O. Liabot" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04685036v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ECRS2023-15851" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04351641v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helene Gloria" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-16213-8_2" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04061948v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04607617v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ECRS2023-16610" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04061168v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04061143v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04061189v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04061180v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03474629v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04061218v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02133489v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre St&#233;phan" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Fichaut" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge S. Suanez" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Ammann" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabel Tardieu" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ephe.hal.science/hal-04382736v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>