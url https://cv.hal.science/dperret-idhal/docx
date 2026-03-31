--- v0 (2026-03-09)
+++ v1 (2026-03-31)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Damien PERRET </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Ingénieur Chercheur</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">dperret-idhal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0003-2994-2758</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (19)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Incorporation of silver in borosilicate nuclear glass</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elise Regnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Perret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charlène Vallat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Mure</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Brackx</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Materials Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 383, pp.138026. </w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.matlet.2025.138026⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-04820692v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Crystallization and rheology of Na2O-CaO-Al2O3-SiO2 melt in the vitrification of technological waste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Perret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Sierk</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Norma Pereira Machado</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julia Agullo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annabelle Laplace-Ploquin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Applied Glass Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 15 (3), pp.227-242. </w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/ijag.16660⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-04672991v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Binary to quaternary Mo-based phosphate glasses cathodes Li-batteries: Influence of Mo substitution by Fe and Mn</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Delanoë</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julia Agullo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime de Araujo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Taos Guyot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Mucci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Materials Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 382, pp.137879. </w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.matlet.2024.137879⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05081090v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Process for incineration and in can vitrification: glass melt/liquid metal interactions and the multiphasic package</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julia Agullo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annabelle Laplace</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Perret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Bardez-Giboire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Quintas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Materials Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 368, pp.136690. </w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.matlet.2024.136690⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-04605511v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chromium enriched peraluminous glasses: solubility limits, crystalline phase equilibrium and impact of chromium on the rheological properties of the glass</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erik Hansen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Perret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Giboire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Mure</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Jean Panteix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Nuclear Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, pp.153802. </w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jnucmat.2022.153802⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-03777201v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Iron enriched peraluminous glasses: incorporation limit and effect of iron on glass transition temperature and viscosity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erik Hansen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Perret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Giboire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Diliberto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Rapin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Non-Crystalline Solids</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, pp.121523. </w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jnoncrysol.2022.121523⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-03719936v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Structural and rheological analysis of nickel enriched peraluminous glasses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erik Hansen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Perret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Giboire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Mure</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Rapin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Non-Crystalline Solids</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, pp.DOI: 10.1016/j.nocx.2021.100069. </w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.nocx.2021.100069⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-03442400v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effect of composition on peraluminous glass properties: An application to HLW containment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Piovesan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I. Bardez-Giboire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Perret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Montouillout</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Pellerin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Nuclear Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 483, pp.90 - 101. </w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jnucmat.2016.11.008⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01898763v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Relevance of the choice of spark plasma sintering parameters in obtaining a suitable microstructure for iodine-bearing apatite designed for the conditioning of I-129</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Campayo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Le Gallet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Perret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Courtois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Cau Dit Coumes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Nuclear Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 457, pp.63-71. </w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jnucmat.2014.10.026⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04732903v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Development of an Experimental Design to Investigate the Effects of R7T7 Glass Composition on the Residual Rate of Alteration</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Fleury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicole Godon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Ayral</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Perret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Dussossoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Procedia Materials Science (Elsevier)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 7, pp.193-201. </w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.mspro.2014.10.038⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04732917v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patterning of porous SiOCH using an organic mask: Comparison with a metallic masking strategy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Darnon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Chevolleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Ducote</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Posseme</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Vacuum Science and Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, B28 (1), pp 149-156</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00461126v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hyperbranched Polymers for Photolithographic Applications - Towards Understanding the Relationship between Chemical Structure of Polymer Resin and Lithographic Performances</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christos L. Chochos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Esma Ismailova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Brochon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Leclerc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raluca Tiron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Advanced Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 21 (10-11), pp.1121-1125. </w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/adma.200801715⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00945178v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Materials for double patterning strategies: Development and application</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Perret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Simon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Gaugiran</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Cutler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Cardolaccia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Microelectronic Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 86 (4-6), pp.757-760. </w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.mee.2009.01.051⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04732929v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact of molecular structure of polymer in 193 nm resist performance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Esma Ismailova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raluca Tiron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christos L. Chochos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Brochon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Bandelier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Microelectronic Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 86 (4-6), pp.796-799. </w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.mee.2008.11.072⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00387249v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact of HBr and Ar cure plasma treatments on 193 nm photoresists</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Bazin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Pargon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">X. Mellhaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Perret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Mortini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of SPIE, the International Society for Optical Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, pp.Volume 6923 (2008) 692337-1-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00466363v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Porosimetry measurements on low k dielectric constant thin layers by coupling spectroscopic ellipsometry and solvent adsorption-desorption</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Revol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Perret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Bertin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Fusalba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Rouessac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Porous Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 12, pp.113-121. </w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10934-005-6768-9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00077994v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluation of small scattering defects densities by laser scattering tomography: application to levitated glasses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Gall-Borrut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Perret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Drevet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Falgayrettes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Nativel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Physical Journal: Applied Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 27 (1-3), pp.399-401. </w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/epjap:2004070⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04732943v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluation of small scattering defects densities by laser scattering tomography: application to levitated glasses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Gall-Borrut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Perret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Drevet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Falgayrettes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Nativel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Physical Journal: Applied Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 27 (1-3), pp.399-401. </w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/epjap:2004070⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00330402v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amortissement visqueux d'un résonateur mécanique en environnement gazeux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Perret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Paul Garandet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Jeanroy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Comptes Rendus. Mécanique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 331 (5), pp.331-336. </w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/S1631-0721(03)00084-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04732941v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (14)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Iron Phosphate-Based Oxide Glasses as Cathode Materials for Lithium-Ion Batteries</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julia Agullo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Taos Guyot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime de Araujo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Perret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loic Simonin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">17th International Conference on the Physics of Non-Crystalline Solids (PNCS17)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2025, Tsukuba, Japan</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-05396880v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oxide glass cathode materials for lithium-ion batteries applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julia Agullo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Taos Guyot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexi Cardoso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Delanoë</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Perret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICG Annual Meeting 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2024, Incheon, South Korea</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-04719793v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vanadium-free oxide glasses: Interesting positive electrode materials for Li-ion and Na-ion Technologies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Delanoë</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Taos Guyot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loic Simonin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ambroise van Roekeghem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Gonon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EMRS 2024 Fall Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2024, Varsovie, Poland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-04740577v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Statistical methods and data-driven models to predict glass melt properties</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Perret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Bisbrouck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Muriel Neyret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Chabal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SumGlass 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2023, Nimes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-04733726v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Glass formulation approach for mixed technological waste vitrification involving a rheological study of NCAS glasses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Perret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Norma-Maria Pereira Machado</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julia Agullo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annabelle Laplace</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Bardez-Giboire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">GOMD 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2023, New Orleans, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-04733727v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Formulation of vitrification adjuvant for sludge conditioning arising from dismantling operations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éléonore Welcomme</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aliénor Vernay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Fournier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Bisbrouck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Perret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">WM 2023 - Waste Management Symposia 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2023, Phoenix, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04756231v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Advanced statistical methods applied to glass formulation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Perret</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JMP Discovery Summit Europe 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2023, Sitges, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-04770174v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Interactions between glass melt and liquid metal during high temperature process</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julia Agullo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Laplace</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Perret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Mure</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Hugon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">GOMD 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2023, Nouvelle Orléans, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-04244551v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Development of two complementary approaches to study the thermal reactivity of Bituminized Waste Products</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Perrin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Baptiste Champenois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Courtois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Matta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Leclerc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Waste management 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, Phoenix, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-04726025v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Electrodes positives à haute densité d'énergie à base de verres pour accumulateurs Lithium-Ion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Taos Guyot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sebastien Martinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julia Agullo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Perret</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conférence Matériaux 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Fédération Française des Matériaux (FFM), Oct 2022, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-04170021v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact of HBr and Ar cure plasma treatments on 193nm photoresists</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Bazin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Pargon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">X. Mellhaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Perret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Mortini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SPIE 2008</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, United States. pp.6923</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00384220v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The synthesis and formulation of photosensitive resins towards: low line edge roughness of high resolution photolithography patterns</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Esma Ismailova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christos L. Chochos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Brochon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Leclerc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe A. Serra</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MNE 2008</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2008, Athenes, Greece</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00324377v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Metallic versus Organic Hard Mask Strategies for Advanced Dielectric Trenches Patterning</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Chevolleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Darnon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Perret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Torres</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceeding of DPS, Symposium on Dry Process</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, tokyo, Japan</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00399993v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dielectric Trenches Patterning: Metallic Vs Organic Hard Mask</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Darnon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Chevolleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Perret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Torres</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceeding of MAM, Metal Advanced Metallization (Workshop)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, bruges, Belgium</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00398866v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (8)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vitrification of waste arising from dismantling operations using DEM&MELT technology</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eléonore Welcomme</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Perret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aliénor Vernay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Michel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Giboire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICG SpringSchool 2024 - Glass for a sustainable future</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2024, Lloret del Mar, Spain. 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-04764290v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Statistical methods and data-driven models to predict glass melt properties</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Perret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Chabal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Bisbrouck</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICG Spring School 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2024, Lloret Del Mar, Spain. 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-04770145v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vitrification of waste arising from dismantling operations using DEM&amp;MELT technology</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eléonore Welcomme</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Perret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aliénor Vernay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Michel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Giboire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">DEM 2024 – International Conference on Decommissioning Challenges</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2024, Avignon, France. 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-04764288v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etudes des propriétés électriques de systèmes verriers phosphatiques pour une application en tant que matériaux d'électrodes positives pour les accumulateurs Lithium Ion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Taos Guyot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sebastien Martinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loic Simonin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julia Agullo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Perret</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Atelier USTV 2023 - Propriétés physiques des verres de la basse à la haute température</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2023, Avignon, France. 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-04170025v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">In-can incineration and vitrification process: glass formulation and glass melt/liquid metal interactions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julia Agullo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Laplace</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Perret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I. Bardez-Giboire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Quintas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SumGlass 2023 - 3rd Summer School on nuclear and industrial glasses for energy transition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2023, Nimes, France. , 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-04468297v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">New oxide glass cathode materials for sustainable and high-energy density lithium batteries</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Taos Guyot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julia Agullo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loic Simonin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Perret Damien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2023 MRS Fall Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2023, Boston, United States. , 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-04799490v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Study of the physicochemical properties of glassy oxides as positive electrode active materials of Li-ion batteries</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexi Cardoso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julia Agullo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Perret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sebastien Martinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loic Simonin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SumGlass 2023 - 3rd Summer School on nuclear and industrial glasses for energy transition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2023, Nîmes, France. 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-04605510v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Study of the physicochemical and electrochemical properties of glassy oxides as positive electrode active materials for Sustainable and High Energy Density Li-ion and Na-Ion batteries</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Taos Guyot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexi Cardoso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julia Agullo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Perret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loic Simonin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ABAA-14 - The 14th International Conference on Advanced Lithium Batteries for Automobile Application</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2023, Ho Chi Minh, Vietnam. , 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-04740576v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings/Recueil des communications (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simulation of optical lithography in the presence of topography and spin-coated films</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stewart Robertson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Reilly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Trey Graves</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Biafore</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mark Smith</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SPIE Advanced Lithography</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.727340, 2009, </w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1117/12.813557⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04732965v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluating resist degradation during reactive ion oxide etching using 193 nm model resist formulations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. May</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Mortini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Sourd</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Perret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Chung</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SPIE 31st International Symposium on Advanced Lithography</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.61530P, 2006, </w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1117/12.656397⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04732952v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">CEA-CEREM, DGA, SAGEM, Amortissement dans les structures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Perret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Renaudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chatelet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Usseglio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Berthier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2001</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00455935v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId178"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Damien PERRET </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Ingénieur Chercheur</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">dperret-idhal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0003-2994-2758</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (19)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Incorporation of silver in borosilicate nuclear glass</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elise Regnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Perret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charlène Vallat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Mure</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Brackx</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Materials Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 383, pp.138026. </w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.matlet.2025.138026⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-04820692v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Process for incineration and in can vitrification: glass melt/liquid metal interactions and the multiphasic package</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julia Agullo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annabelle Laplace</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Perret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Bardez-Giboire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Quintas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Materials Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 368, pp.136690. </w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.matlet.2024.136690⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-04605511v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Crystallization and rheology of Na2O-CaO-Al2O3-SiO2 melt in the vitrification of technological waste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Perret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Sierk</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Norma Pereira Machado</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julia Agullo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annabelle Laplace-Ploquin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Applied Glass Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 15 (3), pp.227-242. </w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/ijag.16660⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-04672991v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Binary to quaternary Mo-based phosphate glasses cathodes Li-batteries: Influence of Mo substitution by Fe and Mn</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Delanoë</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julia Agullo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime de Araujo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Taos Guyot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Mucci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Materials Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 382, pp.137879. </w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.matlet.2024.137879⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05081090v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chromium enriched peraluminous glasses: solubility limits, crystalline phase equilibrium and impact of chromium on the rheological properties of the glass</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erik Hansen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Perret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Giboire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Mure</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Jean Panteix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Nuclear Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, pp.153802. </w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jnucmat.2022.153802⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-03777201v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Iron enriched peraluminous glasses: incorporation limit and effect of iron on glass transition temperature and viscosity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erik Hansen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Perret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Giboire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Diliberto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Rapin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Non-Crystalline Solids</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, pp.121523. </w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jnoncrysol.2022.121523⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-03719936v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Structural and rheological analysis of nickel enriched peraluminous glasses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erik Hansen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Perret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Giboire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Mure</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Rapin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Non-Crystalline Solids</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, pp.DOI: 10.1016/j.nocx.2021.100069. </w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.nocx.2021.100069⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-03442400v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effect of composition on peraluminous glass properties: An application to HLW containment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Piovesan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I. Bardez-Giboire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Perret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Montouillout</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Pellerin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Nuclear Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 483, pp.90 - 101. </w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jnucmat.2016.11.008⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01898763v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Relevance of the choice of spark plasma sintering parameters in obtaining a suitable microstructure for iodine-bearing apatite designed for the conditioning of I-129</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Campayo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Le Gallet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Perret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Courtois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Cau Dit Coumes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Nuclear Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 457, pp.63-71. </w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jnucmat.2014.10.026⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04732903v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Development of an Experimental Design to Investigate the Effects of R7T7 Glass Composition on the Residual Rate of Alteration</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Fleury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicole Godon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Ayral</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Perret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Dussossoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Procedia Materials Science (Elsevier)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 7, pp.193-201. </w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.mspro.2014.10.038⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04732917v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patterning of porous SiOCH using an organic mask: Comparison with a metallic masking strategy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Darnon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Chevolleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Ducote</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Posseme</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Vacuum Science and Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, B28 (1), pp 149-156</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00461126v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hyperbranched Polymers for Photolithographic Applications - Towards Understanding the Relationship between Chemical Structure of Polymer Resin and Lithographic Performances</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christos L. Chochos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Esma Ismailova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Brochon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Leclerc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raluca Tiron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Advanced Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 21 (10-11), pp.1121-1125. </w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/adma.200801715⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00945178v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Materials for double patterning strategies: Development and application</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Perret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Simon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Gaugiran</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Cutler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Cardolaccia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Microelectronic Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 86 (4-6), pp.757-760. </w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.mee.2009.01.051⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04732929v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact of HBr and Ar cure plasma treatments on 193 nm photoresists</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Bazin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Pargon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">X. Mellhaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Perret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Mortini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of SPIE, the International Society for Optical Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, pp.Volume 6923 (2008) 692337-1-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00466363v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact of molecular structure of polymer in 193 nm resist performance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Esma Ismailova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raluca Tiron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christos L. Chochos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Brochon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Bandelier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Microelectronic Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 86 (4-6), pp.796-799. </w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.mee.2008.11.072⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00387249v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Porosimetry measurements on low k dielectric constant thin layers by coupling spectroscopic ellipsometry and solvent adsorption-desorption</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Revol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Perret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Bertin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Fusalba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Rouessac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Porous Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 12, pp.113-121. </w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10934-005-6768-9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00077994v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluation of small scattering defects densities by laser scattering tomography: application to levitated glasses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Gall-Borrut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Perret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Drevet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Falgayrettes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Nativel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Physical Journal: Applied Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 27 (1-3), pp.399-401. </w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/epjap:2004070⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04732943v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluation of small scattering defects densities by laser scattering tomography: application to levitated glasses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Gall-Borrut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Perret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Drevet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Falgayrettes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Nativel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Physical Journal: Applied Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 27 (1-3), pp.399-401. </w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/epjap:2004070⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00330402v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amortissement visqueux d'un résonateur mécanique en environnement gazeux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Perret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Paul Garandet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Jeanroy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Comptes Rendus. Mécanique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 331 (5), pp.331-336. </w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/S1631-0721(03)00084-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04732941v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (14)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Iron Phosphate-Based Oxide Glasses as Cathode Materials for Lithium-Ion Batteries</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julia Agullo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Taos Guyot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime de Araujo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Perret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loic Simonin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">17th International Conference on the Physics of Non-Crystalline Solids (PNCS17)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2025, Tsukuba, Japan</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-05396880v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oxide glass cathode materials for lithium-ion batteries applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julia Agullo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Taos Guyot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexi Cardoso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Delanoë</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Perret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICG Annual Meeting 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2024, Incheon, South Korea</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-04719793v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vanadium-free oxide glasses: Interesting positive electrode materials for Li-ion and Na-ion Technologies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Delanoë</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Taos Guyot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loic Simonin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ambroise van Roekeghem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Gonon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EMRS 2024 Fall Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2024, Varsovie, Poland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-04740577v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Interactions between glass melt and liquid metal during high temperature process</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julia Agullo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Laplace</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Perret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Mure</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Hugon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">GOMD 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2023, Nouvelle Orléans, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-04244551v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Development of two complementary approaches to study the thermal reactivity of Bituminized Waste Products</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Perrin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Baptiste Champenois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Courtois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Matta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Leclerc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Waste management 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, Phoenix, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-04726025v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Glass formulation approach for mixed technological waste vitrification involving a rheological study of NCAS glasses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Perret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Norma-Maria Pereira Machado</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julia Agullo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annabelle Laplace</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Bardez-Giboire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">GOMD 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2023, New Orleans, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-04733727v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Statistical methods and data-driven models to predict glass melt properties</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Perret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Bisbrouck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Muriel Neyret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Chabal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SumGlass 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2023, Nimes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-04733726v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Formulation of vitrification adjuvant for sludge conditioning arising from dismantling operations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éléonore Welcomme</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aliénor Vernay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Fournier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Bisbrouck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Perret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">WM 2023 - Waste Management Symposia 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2023, Phoenix, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04756231v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Advanced statistical methods applied to glass formulation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Perret</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JMP Discovery Summit Europe 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2023, Sitges, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-04770174v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Electrodes positives à haute densité d'énergie à base de verres pour accumulateurs Lithium-Ion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Taos Guyot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sebastien Martinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julia Agullo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Perret</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conférence Matériaux 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Fédération Française des Matériaux (FFM), Oct 2022, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-04170021v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact of HBr and Ar cure plasma treatments on 193nm photoresists</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Bazin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Pargon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">X. Mellhaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Perret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Mortini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SPIE 2008</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, United States. pp.6923</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00384220v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The synthesis and formulation of photosensitive resins towards: low line edge roughness of high resolution photolithography patterns</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Esma Ismailova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christos L. Chochos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Brochon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Leclerc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe A. Serra</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MNE 2008</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2008, Athenes, Greece</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00324377v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Metallic versus Organic Hard Mask Strategies for Advanced Dielectric Trenches Patterning</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Chevolleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Darnon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Perret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Torres</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceeding of DPS, Symposium on Dry Process</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, tokyo, Japan</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00399993v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dielectric Trenches Patterning: Metallic Vs Organic Hard Mask</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Darnon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Chevolleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Perret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Torres</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceeding of MAM, Metal Advanced Metallization (Workshop)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, bruges, Belgium</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00398866v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (8)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vitrification of waste arising from dismantling operations using DEM&MELT technology</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eléonore Welcomme</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Perret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aliénor Vernay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Michel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Giboire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICG SpringSchool 2024 - Glass for a sustainable future</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2024, Lloret del Mar, Spain. 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-04764290v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Statistical methods and data-driven models to predict glass melt properties</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Perret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Chabal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Bisbrouck</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICG Spring School 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2024, Lloret Del Mar, Spain. 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-04770145v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vitrification of waste arising from dismantling operations using DEM&amp;MELT technology</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eléonore Welcomme</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Perret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aliénor Vernay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Michel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Giboire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">DEM 2024 – International Conference on Decommissioning Challenges</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2024, Avignon, France. 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-04764288v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Study of the physicochemical and electrochemical properties of glassy oxides as positive electrode active materials for Sustainable and High Energy Density Li-ion and Na-Ion batteries</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Taos Guyot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexi Cardoso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julia Agullo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Perret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loic Simonin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ABAA-14 - The 14th International Conference on Advanced Lithium Batteries for Automobile Application</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2023, Ho Chi Minh, Vietnam. , 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-04740576v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etudes des propriétés électriques de systèmes verriers phosphatiques pour une application en tant que matériaux d'électrodes positives pour les accumulateurs Lithium Ion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Taos Guyot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sebastien Martinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loic Simonin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julia Agullo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Perret</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Atelier USTV 2023 - Propriétés physiques des verres de la basse à la haute température</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2023, Avignon, France. 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-04170025v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">In-can incineration and vitrification process: glass formulation and glass melt/liquid metal interactions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julia Agullo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Laplace</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Perret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I. Bardez-Giboire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Quintas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SumGlass 2023 - 3rd Summer School on nuclear and industrial glasses for energy transition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2023, Nimes, France. , 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-04468297v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">New oxide glass cathode materials for sustainable and high-energy density lithium batteries</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Taos Guyot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julia Agullo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loic Simonin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Perret Damien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Martinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2023 MRS Fall Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2023, Boston, United States. , 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-04799490v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Study of the physicochemical properties of glassy oxides as positive electrode active materials of Li-ion batteries</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexi Cardoso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julia Agullo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Perret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sebastien Martinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loic Simonin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SumGlass 2023 - 3rd Summer School on nuclear and industrial glasses for energy transition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2023, Nîmes, France. 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-04605510v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings/Recueil des communications (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simulation of optical lithography in the presence of topography and spin-coated films</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stewart Robertson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Reilly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Trey Graves</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Biafore</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mark Smith</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SPIE Advanced Lithography</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.727340, 2009, </w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1117/12.813557⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04732965v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluating resist degradation during reactive ion oxide etching using 193 nm model resist formulations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. May</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Mortini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Sourd</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Perret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Chung</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SPIE 31st International Symposium on Advanced Lithography</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.61530P, 2006, </w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1117/12.656397⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04732952v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">CEA-CEREM, DGA, SAGEM, Amortissement dans les structures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Perret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Renaudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chatelet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Usseglio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Berthier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2001</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00455935v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId178"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -106,51 +106,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="E3A72D53"/>
+    <w:nsid w:val="A4279D88"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -337,51 +337,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/dperret-idhal" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-2994-2758" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04820692v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Regnier" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Perret" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charl&#232;ne Vallat" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Mure" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Brackx" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.matlet.2025.138026" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04672991v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Perret" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Sierk" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Norma Pereira Machado" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Agullo" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annabelle Laplace-Ploquin" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ijag.16660" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05081090v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Delano&#235;" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime de Araujo" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Taos Guyot" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Mucci" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.matlet.2024.137879" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04605511v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annabelle Laplace" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Bardez-Giboire" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Quintas" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.matlet.2024.136690" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-03777201v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erik Hansen" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Giboire" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Jean Panteix" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnucmat.2022.153802" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-03719936v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Diliberto" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Rapin" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnoncrysol.2022.121523" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-03442400v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nocx.2021.100069" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01898763v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Piovesan" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Bardez-Giboire" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Montouillout" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Pellerin" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnucmat.2016.11.008" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04732903v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Campayo" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Le Gallet" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Courtois" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Cau Dit Coumes" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnucmat.2014.10.026" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-6KZ1JC10-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04732917v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Fleury" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Godon" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Ayral" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Dussossoy" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mspro.2014.10.038" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00461126v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Darnon" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Chevolleau" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. David" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Ducote" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Posseme" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00945178v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christos L. Chochos" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Esma Ismailova" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Brochon" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Leclerc" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raluca Tiron" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adma.200801715" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04732929v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Simon" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Gaugiran" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Cutler" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Cardolaccia" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mee.2009.01.051" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-ZB8WM470-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00387249v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Bandelier" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mee.2008.11.072" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-S87QJGPG-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00466363v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bazin" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Pargon" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Mellhaoui" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Mortini" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00077994v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Revol" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Bertin" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Fusalba" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Rouessac" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10934-005-6768-9" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-ZQZTKZ7G-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04732943v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Gall-Borrut" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Drevet" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Falgayrettes" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Nativel" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjap:2004070" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/80W-136MQ80V-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00330402v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04732941v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Garandet" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Jeanroy" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S1631-0721(03)00084-6" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-GD4XP5XS-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-05396880v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loic Simonin" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04719793v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexi Cardoso" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04740577v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ambroise van Roekeghem" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Gonon" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04733726v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bisbrouck" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Neyret" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Chabal" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04733727v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Norma-Maria Pereira Machado" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04756231v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;l&#233;onore Welcomme" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali&#233;nor Vernay" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Fournier" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Bisbrouck" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04770174v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04244551v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Laplace" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Hugon" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04726025v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Perrin" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Champenois" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Courtois" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Matta" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Leclerc" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04170021v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Martinet" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00384220v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00324377v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe A. Serra" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00399993v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Torres" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00398866v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04764290v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=El&#233;onore Welcomme" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Michel" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04770145v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04764288v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04170025v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04468297v2" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04799490v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Perret Damien" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Martinet" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04605510v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04740576v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04732965v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stewart Robertson" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Reilly" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Trey Graves" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Biafore" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark Smith" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.813557" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04732952v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. May" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Sourd" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Chung" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.656397" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00455935v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Renaudin" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Chatelet" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Usseglio" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Berthier" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/dperret-idhal" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-2994-2758" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04820692v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Regnier" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Perret" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charl&#232;ne Vallat" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Mure" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Brackx" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.matlet.2025.138026" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04605511v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Agullo" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annabelle Laplace" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Perret" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Bardez-Giboire" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Quintas" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.matlet.2024.136690" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04672991v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Sierk" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Norma Pereira Machado" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annabelle Laplace-Ploquin" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ijag.16660" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05081090v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Delano&#235;" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime de Araujo" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Taos Guyot" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Mucci" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.matlet.2024.137879" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-03777201v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erik Hansen" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Giboire" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Jean Panteix" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnucmat.2022.153802" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-03719936v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Diliberto" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Rapin" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnoncrysol.2022.121523" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-03442400v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nocx.2021.100069" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01898763v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Piovesan" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Bardez-Giboire" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Montouillout" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Pellerin" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnucmat.2016.11.008" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04732903v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Campayo" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Le Gallet" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Courtois" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Cau Dit Coumes" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnucmat.2014.10.026" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-6KZ1JC10-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04732917v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Fleury" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Godon" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Ayral" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Dussossoy" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mspro.2014.10.038" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00461126v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Darnon" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Chevolleau" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. David" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Ducote" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Posseme" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00945178v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christos L. Chochos" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Esma Ismailova" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Brochon" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Leclerc" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raluca Tiron" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adma.200801715" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04732929v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Simon" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Gaugiran" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Cutler" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Cardolaccia" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mee.2009.01.051" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-ZB8WM470-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00466363v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bazin" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Pargon" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Mellhaoui" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Mortini" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00387249v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Bandelier" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mee.2008.11.072" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-S87QJGPG-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00077994v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Revol" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Bertin" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Fusalba" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Rouessac" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10934-005-6768-9" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-ZQZTKZ7G-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04732943v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Gall-Borrut" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Drevet" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Falgayrettes" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Nativel" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjap:2004070" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/80W-136MQ80V-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00330402v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04732941v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Garandet" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Jeanroy" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S1631-0721(03)00084-6" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-GD4XP5XS-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-05396880v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loic Simonin" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04719793v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexi Cardoso" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04740577v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ambroise van Roekeghem" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Gonon" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04244551v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Laplace" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Hugon" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04726025v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Perrin" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Champenois" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Courtois" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Matta" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Leclerc" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04733727v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Norma-Maria Pereira Machado" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04733726v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bisbrouck" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Neyret" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Chabal" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04756231v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;l&#233;onore Welcomme" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali&#233;nor Vernay" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Fournier" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Bisbrouck" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04770174v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04170021v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Martinet" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00384220v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00324377v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe A. Serra" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00399993v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Torres" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00398866v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04764290v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=El&#233;onore Welcomme" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Michel" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04770145v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04764288v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04740576v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04170025v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04468297v2" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04799490v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Perret Damien" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Martinet" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04605510v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04732965v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stewart Robertson" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Reilly" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Trey Graves" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Biafore" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark Smith" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.813557" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04732952v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. May" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Sourd" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Chung" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.656397" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00455935v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Renaudin" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Chatelet" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Usseglio" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Berthier" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>