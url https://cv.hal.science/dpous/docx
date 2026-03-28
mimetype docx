--- v0 (2026-03-06)
+++ v1 (2026-03-28)
@@ -217,356 +217,356 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05409389v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Completeness Theorems for Kleene algebra with tests and top</w:t>
+                <w:t xml:space="preserve">On Tools for Completeness of Kleene Algebra with Hypotheses (extended version)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Pous</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jurriaan Rot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jana Wagemaker</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Logical Methods in Computer Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2024, Volume 20, Issue 3, </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.46298/lmcs-20(3:27)2024⟩</w:t>
+              <w:t xml:space="preserve">, 2024, Volume 20, Issue 2, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.46298/lmcs-20(2:8)2024⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04792491v1</w:t>
+                <w:t xml:space="preserve">hal-04792479v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fully Abstract Encodings of Lambda-Calculus in HOcore through Abstract Machines</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Completeness Theorems for Kleene algebra with tests and top</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Pous</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jana Wagemaker</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Logical Methods in Computer Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2024, 20 (3), pp.1-45. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.46298/lmcs-20(3:3)2024⟩</w:t>
+              <w:t xml:space="preserve">, 2024, Volume 20, Issue 3, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.46298/lmcs-20(3:27)2024⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04638249v1</w:t>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04792491v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On Tools for Completeness of Kleene Algebra with Hypotheses (extended version)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Fully Abstract Encodings of Lambda-Calculus in HOcore through Abstract Machines</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Małgorzata Biernacka</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dariusz Biernacki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sergueï Lenglet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Piotr Polesiuk</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Pous</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...22 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Logical Methods in Computer Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2024, Volume 20, Issue 2, </w:t>
+              <w:t xml:space="preserve">, 2024, 20 (3), pp.1-45. </w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.46298/lmcs-20(2:8)2024⟩</w:t>
+                <w:t xml:space="preserve">⟨10.46298/lmcs-20(3:3)2024⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04792479v1</w:t>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04638249v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyclic proofs, system T, and the power of contraction</w:t>
               </w:r>
@@ -968,51 +968,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Companions, Causality and Codensity</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Pous</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jurriaan Rot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Logical Methods in Computer Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, </w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1267,51 +1267,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniela Petrişan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Pous</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jurriaan Rot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Acta Informatica</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, </w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1345,51 +1345,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Enhanced Coalgebraic Bisimulation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jurriaan Rot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Filippo Bonchi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2343,51 +2343,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Completeness Theorems for Kleene Algebra with Top</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Pous</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jana Wagemaker</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">CONCUR</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2022, Varsovie, Poland. </w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2434,51 +2434,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corecursion up-to via Causal Transformations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Pous</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jurriaan Rot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ruben Turkenburg</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2538,64 +2538,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">On Tools for Completeness of Kleene Algebra with Hypotheses</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Pous</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jurriaan Rot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jana Wagemaker</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">19th International Conference on Relational and Algebraic Methods in Computer Science ( RAMICS 2021 )</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2021, Luminy, France. pp.378-395, </w:t>
             </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2805,326 +2805,352 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02333553v3</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kleene Algebra with Hypotheses</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Denis Kuperberg</w:t>
+                <w:t xml:space="preserve">A certificate-based approach to formally verified approximations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florent Bréhard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Assia Mahboubi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Pous</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Cécilia Pradic</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">22nd International Conference on Foundations of Software Science and Computation Structures (FoSSaCS)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/978-3-030-17127-8_12⟩</w:t>
+              <w:t xml:space="preserve">ITP 2019 - Tenth International Conference on Interactive Theorem Proving</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2019, Portland, United States. pp.1-19, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4230/LIPIcs.ITP.2019.8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02021315v2</w:t>
+                <w:t xml:space="preserve">hal-02088529v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A certificate-based approach to formally verified approximations</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Florent Bréhard</w:t>
+                <w:t xml:space="preserve">Kleene Algebra with Hypotheses</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amina Doumane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Kuperberg</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Pous</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Assia Mahboubi</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Damien Pous</w:t>
+                <w:t xml:space="preserve">Cécilia Pradic</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ITP 2019 - Tenth International Conference on Interactive Theorem Proving</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2019, Portland, United States. pp.1-19, </w:t>
+              <w:t xml:space="preserve">22nd International Conference on Foundations of Software Science and Computation Structures (FoSSaCS)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, Prague, Czech Republic. pp.207-223, </w:t>
             </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4230/LIPIcs.ITP.2019.8⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/978-3-030-17127-8_12⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId91" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02088529v2</w:t>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02021315v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Coinduction: Automata, Formal Proof, Companions (Invited Paper)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Coinductive algorithms for Büchi automata</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Kuperberg</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laureline Pinault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Pous</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CALCO</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2019, London, United Kingdom. </w:t>
+              <w:t xml:space="preserve">Developments in Language Theory</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2019, Varsovie, Poland. pp.206-220, </w:t>
             </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4230/LIPIcs.CALCO.2019.4⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/978-3-030-24886-4_15⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02393982v1</w:t>
+                <w:t xml:space="preserve">hal-01928701v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyclic Proofs and Jumping Automata</w:t>
               </w:r>
@@ -3208,131 +3234,105 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02301651v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Coinductive algorithms for Büchi automata</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Coinduction: Automata, Formal Proof, Companions (Invited Paper)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Pous</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Developments in Language Theory</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2019, Varsovie, Poland. pp.206-220, </w:t>
+              <w:t xml:space="preserve">CALCO</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2019, London, United Kingdom. </w:t>
             </w:r>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/978-3-030-24886-4_15⟩</w:t>
+                <w:t xml:space="preserve">⟨10.4230/LIPIcs.CALCO.2019.4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01928701v1</w:t>
+                <w:t xml:space="preserve">hal-02393982v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Left-Handed Completeness for Kleene algebra, via Cyclic Proofs</w:t>
               </w:r>
@@ -3407,131 +3407,118 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01940378v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Formal Proof of the Minor-Exclusion Property for Treewidth-Two Graphs</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Christian Doczkal</w:t>
+                <w:t xml:space="preserve">Allegories: decidability and graph homomorphisms</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Pous</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guillaume Combette</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Damien Pous</w:t>
+                <w:t xml:space="preserve">Valeria Vignudelli</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Interactive Theorem Proving</w:t>
+              <w:t xml:space="preserve">Logic in Computer Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2018, Oxford, United Kingdom. </w:t>
             </w:r>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/978-3-319-94821-8_11⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1145/3209108.3209172⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01703922v2</w:t>
+                <w:t xml:space="preserve">hal-01703906v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">On the Positive Calculus of Relations with Transitive Closure</w:t>
               </w:r>
@@ -3589,118 +3576,131 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01718925v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Allegories: decidability and graph homomorphisms</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A Formal Proof of the Minor-Exclusion Property for Treewidth-Two Graphs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Doczkal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Combette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Pous</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Valeria Vignudelli</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Logic in Computer Science</w:t>
+              <w:t xml:space="preserve">Interactive Theorem Proving</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2018, Oxford, United Kingdom. </w:t>
             </w:r>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1145/3209108.3209172⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/978-3-319-94821-8_11⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01703906v2</w:t>
+                <w:t xml:space="preserve">hal-01703922v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Treewidth-Two Graphs as a Free Algebra</w:t>
               </w:r>
@@ -4035,355 +4035,355 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01558132v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Companions, Codensity and Causality</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Monoidal Company for Accessible Functors</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Henning Basold</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Pous</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jurriaan Rot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">FoSSaCS</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2017, Uppsala, Sweden</w:t>
+              <w:t xml:space="preserve">CALCO</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2017, Ljubljana, Slovenia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01442222v1</w:t>
+                <w:t xml:space="preserve">hal-01529340v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Monoidal Company for Accessible Functors</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Henning Basold</w:t>
+                <w:t xml:space="preserve">K4-free Graphs as a Free Algebra</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Enric Cosme-Llópez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Pous</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jurriaan Rot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CALCO</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2017, Ljubljana, Slovenia</w:t>
+              <w:t xml:space="preserve">42nd International Symposium on Mathematical Foundations of Computer Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2017, Aalborg, Denmark</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId119" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01529340v1</w:t>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01515752v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">K4-free Graphs as a Free Algebra</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Companions, Codensity and Causality</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Pous</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jurriaan Rot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">42nd International Symposium on Mathematical Foundations of Computer Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2017, Aalborg, Denmark</w:t>
+              <w:t xml:space="preserve">FoSSaCS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2017, Uppsala, Sweden</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId121" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01515752v2</w:t>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01442222v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fully Abstract Encodings of λ-Calculus in HOcore through Abstract Machines</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Małgorzata Biernacka</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dariusz Biernacki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sergueï Lenglet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Piotr Polesiuk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Pous</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -4523,222 +4523,222 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01558108v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cardinalities of Finite Relations in Coq with Applications</w:t>
+                <w:t xml:space="preserve">A formal exploration of Nominal Kleene Algebra</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Brunet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Pous</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Insa Stucke</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Interative Theorem Proving</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/978-3-319-43144-4_29⟩</w:t>
+              <w:t xml:space="preserve">MFCS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2016, Cracovie, Poland. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4230/LIPIcs.MFCS.2016.22⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01441262v2</w:t>
+                <w:t xml:space="preserve">hal-01307532v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A formal exploration of Nominal Kleene Algebra</w:t>
+                <w:t xml:space="preserve">Cardinalities of Finite Relations in Coq with Applications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Brunet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Pous</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Insa Stucke</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">MFCS</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2016, Cracovie, Poland. </w:t>
+              <w:t xml:space="preserve">Interative Theorem Proving</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2016, Nancy, France. pp.466-474, </w:t>
             </w:r>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4230/LIPIcs.MFCS.2016.22⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/978-3-319-43144-4_29⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId129" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01307532v2</w:t>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01441262v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Coinduction All the Way Up</w:t>
               </w:r>
@@ -4878,443 +4878,443 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01099137v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lax Bialgebras and Up-To Techniques for Weak Bisimulations</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Daniela Petrisan</w:t>
+                <w:t xml:space="preserve">Petri automata for Kleene allegories</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Brunet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Pous</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jurriaan Rot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">26th International Conference on Concurrency Theory (CONCUR)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4230/LIPIcs.CONCUR.2015.240⟩</w:t>
+              <w:t xml:space="preserve">Logic in Computer Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2015, Kyoto, Japan. pp.68-79, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/LICS.2015.17⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01285299v1</w:t>
+                <w:t xml:space="preserve">hal-01073936v3</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Petri automata for Kleene allegories</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Paul Brunet</w:t>
+                <w:t xml:space="preserve">Lax Bialgebras and Up-To Techniques for Weak Bisimulations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Filippo Bonchi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniela Petrisan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Pous</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jurriaan Rot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Logic in Computer Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2015, Kyoto, Japan. pp.68-79, </w:t>
+              <w:t xml:space="preserve">26th International Conference on Concurrency Theory (CONCUR)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2015, Madrid, Spain. </w:t>
             </w:r>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/LICS.2015.17⟩</w:t>
+                <w:t xml:space="preserve">⟨10.4230/LIPIcs.CONCUR.2015.240⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId137" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01073936v3</w:t>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01285299v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Coinductive techniques, from automata to coalgebra</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Hilbert-Post completeness for the state and the exception effects</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Guillaume Dumas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Duval</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Burak Ekici</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Claude Reynaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Pous</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Programming Languages Mentoring Workshop</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1145/2792434.2792440⟩</w:t>
+              <w:t xml:space="preserve">Sixth International Conference on Mathematical Aspects of Computer and Information Sciences (MACIS 2015)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2015, Berlin, Germany. pp.596-610, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-319-32859-1_51⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01288791v1</w:t>
+                <w:t xml:space="preserve">hal-01121924v3</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hilbert-Post completeness for the state and the exception effects</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Coinductive techniques, from automata to coalgebra</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Pous</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sixth International Conference on Mathematical Aspects of Computer and Information Sciences (MACIS 2015)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2015, Berlin, Germany. pp.596-610, </w:t>
+              <w:t xml:space="preserve">Programming Languages Mentoring Workshop</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2015, Mumbai, India. </w:t>
             </w:r>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/978-3-319-32859-1_51⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1145/2792434.2792440⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId141" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01121924v3</w:t>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01288791v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Symbolic Algorithms for Language Equivalence and Kleene Algebra with Tests</w:t>
               </w:r>
@@ -5451,77 +5451,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Formal verification in Coq of program properties involving the global state effect</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Guillaume Dumas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Duval</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId142" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Burak Ekici</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Pous</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5758,77 +5758,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Coinduction up to in a fibrational setting</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Filippo Bonchi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniela Petrisan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Pous</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jurriaan Rot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">CSL-LICS</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2014, Vienne, Austria. pp.1-12, </w:t>
             </w:r>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
@@ -5856,200 +5856,200 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00936488v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kleene Algebra with Tests and Coq Tools for While Programs</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Robust reconfigurations of component assemblies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabienne Boyer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Gruber</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Pous</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Interactive Theorem Proving 2013</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">ICSE '13 - International Conference on Software Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2013, San Francisco, United States. pp.13-22</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00785969v1</w:t>
+                <w:t xml:space="preserve">hal-00966078v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Robust reconfigurations of component assemblies</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Kleene Algebra with Tests and Coq Tools for While Programs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Pous</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ICSE '13 - International Conference on Software Engineering</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Interactive Theorem Proving 2013</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2013, Rennes, France. pp.180-196, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-642-39634-2_15⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId158" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00966078v1</w:t>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00785969v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brzozowski's and Up-To Algorithms for Must Testing</w:t>
               </w:r>
@@ -7692,90 +7692,90 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fully Abstract Encodings of λ-Calculus in HOcore through Abstract Machines</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Małgorzata Biernacka</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dariusz Biernacki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sergueï Lenglet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Piotr Polesiuk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Pous</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -8421,77 +8421,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Certified Chebyshev models in Rocq</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Pous</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Bréhard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Louis Gaillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Assia Mahboubi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2019, </w:t>
             </w:r>
             <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨swh:1:dir:6cdde290b1103523b5da14286df67b8df99b14a4;origin=https://github.com/damien-pous/approx-models;visit=swh:1:snp:0b56d5fef783663a395578bc5fb64f9f8afa0342;anchor=swh:1:rev:2304ba7730fbb293d4cb55f609994d7bdaf4e83f⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
@@ -9081,51 +9081,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05409389v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cameron Calk" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Malbos" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Pous" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georg Struth" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10485-025-09817-z" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04792491v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jana Wagemaker" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46298/lmcs-20(3:27)2024" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04638249v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#322;gorzata Biernacka" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dariusz Biernacki" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergue&#239; Lenglet" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Piotr Polesiuk" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46298/lmcs-20(3:3)2024" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04792479v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jurriaan Rot" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46298/lmcs-20(2:8)2024" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02487175v2" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Kuperberg" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laureline Pinault" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3434282" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03364935v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/FI-2021-2046" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03350199v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Madiot" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davide Sangiorgi" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46298/lmcs-17(3:25)2021" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02316859v2" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Doczkal" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10817-020-09543-2" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02330940v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23638/LMCS-15(3:14)2019" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02393949v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00165-019-00497-w" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01934638v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Brunet" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23638/LMCS-13(3:33)2017" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01442724v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Filippo Bonchi" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniela Petri&#351;an" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00236-016-0271-4" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01288960v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcello Bonsangue" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Rutten" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0960129515000523" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01284907v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2713167" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01442739v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2168/LMCS-8(2:13)2012" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00555144v3" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tom Hirschowitz" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7561/SACS.2012.1.147" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01442744v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Hirschkoff" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2168/LMCS-4(2:4)2008" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ens-lyon.hal.science/ensl-00149964v3" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tcs.2008.04.035" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01442746v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jlap.2007.02.003" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01442745v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tcs.2007.02.060" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05263561v2" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Arsac" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Russ Harmer" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3779031.3779105" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04560570v3" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amina Doumane" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Humeau" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4230/LIPIcs.ICALP.2024.135" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03644317v2" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4230/LIPIcs.CONCUR.2022.26" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03694381v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruben Turkenburg" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-10736-8_7" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03269462v2" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-88701-8_23" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02870687v2" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4230/LIPIcs.CONCUR.2020.49" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02333553v3" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3372885.3373831" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02021315v2" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cilia Pradic" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-17127-8_12" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-02088529v2" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Br&#233;hard" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Assia Mahboubi" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4230/LIPIcs.ITP.2019.8" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02393982v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4230/LIPIcs.CALCO.2019.4" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02301651v2" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4230/LIPIcs.FSTTCS.2019.45" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01928701v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-24886-4_15" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01940378v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anupam Das" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01703922v2" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Combette" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-94821-8_11" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01718925v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4230/LIPIcs.STACS.2018.3" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01703906v2" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valeria Vignudelli" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3209108.3209172" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01780844v3" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4230/LIPIcs.MFCS.2018.60" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01780845v2" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4230/LIPIcs.CONCUR.2018.18" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01703942v3" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4230/LIPIcs.CSL.2018.19" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01558132v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01442222v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01529340v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henning Basold" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01515752v2" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enric Cosme-Ll&#243;pez" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01479035v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LICS.2017.8005118" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01558108v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01441262v2" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Insa Stucke" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-43144-4_29" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01307532v2" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4230/LIPIcs.MFCS.2016.22" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01259622v2" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2933575.2934564" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01099137v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01285299v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniela Petrisan" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4230/LIPIcs.CONCUR.2015.240" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01073936v3" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LICS.2015.17" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01288791v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2792434.2792440" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01121924v3" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Guillaume Dumas" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Duval" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Burak Ekici" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Reynaud" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-32859-1_51" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01021497v2" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00966097v2" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alan Schmitt" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00869230v2" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00990859v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-662-44584-6_8" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00938235v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00936488v2" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2603088.2603149" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00785969v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-39634-2_15" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00966078v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Boyer" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Gruber" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00966072v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georgiana Caltais" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Silva" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-03542-0_1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00966075v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-40206-7_4" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HCB-RB73VWJM-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00639716v5" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2429069.2429124" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00484871v4" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Braibant" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-25379-9_14" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00616648v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4204/EPTCS.59.2" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00421158v4" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-15205-4_37" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00375604v4" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-14162-1_38" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00383070v5" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-14052-5_13" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00400159v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Pardon" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Hym" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.entcs.2009.06.005" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00089219v4" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-540-71389-0_17" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ens-lyon.hal.science/ensl-00155308v2" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-540-76637-7_24" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01441462v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/11817949_26" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01441457v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-540-75336-0_10" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00310126v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Bernard Stefani" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/11561347_26" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01441463v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/11523468_59" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01441466v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/11417019_2" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00909391v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01507625v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01073932v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-01441480v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-01445821v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02147353v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter H&#246;fner" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05007264v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:da2a8407423406fdf9245865182978f4987c53ba;origin=https://github.com/damien-pous/hypergraph;visit=swh:1:snp:3525f0e39473f1c5a1a89db0d76cdb4e1494de3a;anchor=swh:1:rev:cd81a1c98f658ddbf4c3e6cd292006411c3a66fe" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05007235v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:704919fed5f407972dd1087cbe0f5950aa9e07c7;origin=https://github.com/rocq-community/graph-theory;visit=swh:1:snp:fcf1fe871ca8c8ccd680b31fbcfeb9f6f3413a4b;anchor=swh:1:rev:82376417471e50319511ab86c3a0a912d30c2408" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05008009v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Gaillard" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:6cdde290b1103523b5da14286df67b8df99b14a4;origin=https://github.com/damien-pous/approx-models;visit=swh:1:snp:0b56d5fef783663a395578bc5fb64f9f8afa0342;anchor=swh:1:rev:2304ba7730fbb293d4cb55f609994d7bdaf4e83f" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05007399v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:60354e7c6f1de3c6fb6f9802bc51388389e595c7;origin=https://github.com/damien-pous/coinduction;visit=swh:1:snp:4bea1f2a79556640b9efa975f8ddcd40056da2ed;anchor=swh:1:rev:823b424778feff8fbd9759bc3a044435ea4902d1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05007633v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:5f1e86a3d4cc494f4770536f6a488b198a4ea26b;origin=https://github.com/damien-pous/safa;visit=swh:1:snp:6d73be34ea9df77ea2f162e706870d505220823f;anchor=swh:1:rev:4c1b478b10864c4b8a6de4457816f4861f3b131d" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05007635v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:438007062016994a4be44c7ab67d2aafe667d166;origin=https://github.com/damien-pous/symkat;visit=swh:1:snp:d190ce756c596d30ae43ada19de0ab83566e7bcc;anchor=swh:1:rev:4c7bc8877bc85e7a368cc430067f0d291706ac17" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05007316v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:c9561374fb8aab89048b993ac68715b765262c13;origin=https://github.com/damien-pous/relation-algebra;visit=swh:1:snp:1a29f5f9a0d4688ceb46cc789085969f29d710c9;anchor=swh:1:rev:b8b932d33e24d2db5b3360e7ec442b8092a22303" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05007361v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabian Kunze" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karl Palmskog" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:d5d22e1835baf1009970a827b49c9733ecbf5ce9;origin=https://github.com/rocq-community/aac-tactics;visit=swh:1:snp:d2c66d06f723377571f45280977c7697d38053cf;anchor=swh:1:rev:7a7f4a61fa5830f5a3170ca62b13b3fed6d546ab" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05409389v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cameron Calk" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Malbos" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Pous" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georg Struth" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10485-025-09817-z" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04792479v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jurriaan Rot" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jana Wagemaker" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46298/lmcs-20(2:8)2024" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04792491v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46298/lmcs-20(3:27)2024" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04638249v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#322;gorzata Biernacka" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dariusz Biernacki" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergue&#239; Lenglet" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Piotr Polesiuk" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46298/lmcs-20(3:3)2024" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02487175v2" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Kuperberg" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laureline Pinault" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3434282" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03364935v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/FI-2021-2046" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03350199v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Madiot" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davide Sangiorgi" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46298/lmcs-17(3:25)2021" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02316859v2" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Doczkal" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10817-020-09543-2" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02330940v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23638/LMCS-15(3:14)2019" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02393949v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00165-019-00497-w" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01934638v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Brunet" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23638/LMCS-13(3:33)2017" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01442724v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Filippo Bonchi" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniela Petri&#351;an" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00236-016-0271-4" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01288960v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcello Bonsangue" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Rutten" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0960129515000523" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01284907v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2713167" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01442739v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2168/LMCS-8(2:13)2012" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00555144v3" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tom Hirschowitz" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7561/SACS.2012.1.147" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01442744v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Hirschkoff" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2168/LMCS-4(2:4)2008" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ens-lyon.hal.science/ensl-00149964v3" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tcs.2008.04.035" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01442746v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jlap.2007.02.003" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01442745v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tcs.2007.02.060" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05263561v2" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Arsac" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Russ Harmer" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3779031.3779105" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04560570v3" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amina Doumane" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Humeau" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4230/LIPIcs.ICALP.2024.135" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03644317v2" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4230/LIPIcs.CONCUR.2022.26" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03694381v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruben Turkenburg" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-10736-8_7" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03269462v2" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-88701-8_23" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02870687v2" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4230/LIPIcs.CONCUR.2020.49" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02333553v3" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3372885.3373831" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-02088529v2" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Br&#233;hard" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Assia Mahboubi" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4230/LIPIcs.ITP.2019.8" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02021315v2" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cilia Pradic" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-17127-8_12" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01928701v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-24886-4_15" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02301651v2" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4230/LIPIcs.FSTTCS.2019.45" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02393982v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4230/LIPIcs.CALCO.2019.4" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01940378v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anupam Das" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01703906v2" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valeria Vignudelli" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3209108.3209172" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01718925v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4230/LIPIcs.STACS.2018.3" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01703922v2" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Combette" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-94821-8_11" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01780844v3" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4230/LIPIcs.MFCS.2018.60" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01780845v2" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4230/LIPIcs.CONCUR.2018.18" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01703942v3" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4230/LIPIcs.CSL.2018.19" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01558132v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01529340v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henning Basold" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01515752v2" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enric Cosme-Ll&#243;pez" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01442222v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01479035v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LICS.2017.8005118" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01558108v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01307532v2" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4230/LIPIcs.MFCS.2016.22" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01441262v2" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Insa Stucke" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-43144-4_29" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01259622v2" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2933575.2934564" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01099137v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01073936v3" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LICS.2015.17" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01285299v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniela Petrisan" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4230/LIPIcs.CONCUR.2015.240" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01121924v3" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Guillaume Dumas" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Duval" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Burak Ekici" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Reynaud" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-32859-1_51" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01288791v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2792434.2792440" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01021497v2" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00966097v2" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alan Schmitt" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00869230v2" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00990859v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-662-44584-6_8" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00938235v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00936488v2" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2603088.2603149" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00966078v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Boyer" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Gruber" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00785969v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-39634-2_15" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00966072v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georgiana Caltais" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Silva" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-03542-0_1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00966075v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-40206-7_4" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HCB-RB73VWJM-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00639716v5" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2429069.2429124" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00484871v4" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Braibant" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-25379-9_14" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00616648v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4204/EPTCS.59.2" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00421158v4" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-15205-4_37" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00375604v4" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-14162-1_38" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00383070v5" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-14052-5_13" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00400159v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Pardon" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Hym" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.entcs.2009.06.005" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00089219v4" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-540-71389-0_17" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ens-lyon.hal.science/ensl-00155308v2" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-540-76637-7_24" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01441462v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/11817949_26" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01441457v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-540-75336-0_10" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00310126v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Bernard Stefani" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/11561347_26" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01441463v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/11523468_59" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01441466v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/11417019_2" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00909391v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01507625v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01073932v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-01441480v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-01445821v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02147353v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter H&#246;fner" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05007264v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:da2a8407423406fdf9245865182978f4987c53ba;origin=https://github.com/damien-pous/hypergraph;visit=swh:1:snp:3525f0e39473f1c5a1a89db0d76cdb4e1494de3a;anchor=swh:1:rev:cd81a1c98f658ddbf4c3e6cd292006411c3a66fe" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05007235v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:704919fed5f407972dd1087cbe0f5950aa9e07c7;origin=https://github.com/rocq-community/graph-theory;visit=swh:1:snp:fcf1fe871ca8c8ccd680b31fbcfeb9f6f3413a4b;anchor=swh:1:rev:82376417471e50319511ab86c3a0a912d30c2408" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05008009v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Gaillard" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:6cdde290b1103523b5da14286df67b8df99b14a4;origin=https://github.com/damien-pous/approx-models;visit=swh:1:snp:0b56d5fef783663a395578bc5fb64f9f8afa0342;anchor=swh:1:rev:2304ba7730fbb293d4cb55f609994d7bdaf4e83f" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05007399v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:60354e7c6f1de3c6fb6f9802bc51388389e595c7;origin=https://github.com/damien-pous/coinduction;visit=swh:1:snp:4bea1f2a79556640b9efa975f8ddcd40056da2ed;anchor=swh:1:rev:823b424778feff8fbd9759bc3a044435ea4902d1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05007633v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:5f1e86a3d4cc494f4770536f6a488b198a4ea26b;origin=https://github.com/damien-pous/safa;visit=swh:1:snp:6d73be34ea9df77ea2f162e706870d505220823f;anchor=swh:1:rev:4c1b478b10864c4b8a6de4457816f4861f3b131d" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05007635v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:438007062016994a4be44c7ab67d2aafe667d166;origin=https://github.com/damien-pous/symkat;visit=swh:1:snp:d190ce756c596d30ae43ada19de0ab83566e7bcc;anchor=swh:1:rev:4c7bc8877bc85e7a368cc430067f0d291706ac17" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05007316v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:c9561374fb8aab89048b993ac68715b765262c13;origin=https://github.com/damien-pous/relation-algebra;visit=swh:1:snp:1a29f5f9a0d4688ceb46cc789085969f29d710c9;anchor=swh:1:rev:b8b932d33e24d2db5b3360e7ec442b8092a22303" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05007361v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabian Kunze" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karl Palmskog" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:d5d22e1835baf1009970a827b49c9733ecbf5ce9;origin=https://github.com/rocq-community/aac-tactics;visit=swh:1:snp:d2c66d06f723377571f45280977c7697d38053cf;anchor=swh:1:rev:7a7f4a61fa5830f5a3170ca62b13b3fed6d546ab" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>