--- v0 (2026-03-06)
+++ v1 (2026-03-27)
@@ -1598,427 +1598,427 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02981417v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Remineralization of ferrous carbonate from bioreduction of natural goethite in the Lorraine iron ore (Minette) by Shewanella putrefaciens</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Frederic P. A. Jorand</w:t>
+                <w:t xml:space="preserve">Evaluation of the effective elastic and conductive properties of a material containing concave pores</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fengjuan Chen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Igor Sevostianov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Albert Giraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dragan Grgic</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Cédric Carteret</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemical Geology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.chemgeo.2015.07.024⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Engineering Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 97, pp.60-68. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ijengsci.2015.08.012⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01281810v1</w:t>
+                <w:t xml:space="preserve">hal-01276853v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thermo-hydro-mechanical modeling with Langmuir's adsorption isotherm of the CO2 injection in coal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kanssoune Saliya</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dragan Grgic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Richard Giot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Albert Giraud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal for Numerical and Analytical Methods in Geomechanics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 39 (6), pp.594-617. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1002/nag.2328⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01284129v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evaluation of the effective elastic and conductive properties of a material containing concave pores</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Albert Giraud</w:t>
+                <w:t xml:space="preserve">Remineralization of ferrous carbonate from bioreduction of natural goethite in the Lorraine iron ore (Minette) by Shewanella putrefaciens</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Maitte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederic P. A. Jorand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dragan Grgic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mustapha Abdelmoula</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Carteret</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Engineering Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 97, pp.60-68. </w:t>
+              <w:t xml:space="preserve">Chemical Geology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 412, pp.48-58. </w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ijengsci.2015.08.012⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.chemgeo.2015.07.024⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01276853v1</w:t>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01281810v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Numerical evaluation of the Eshelby tensor for a concave superspherical inclusion</w:t>
               </w:r>
@@ -2808,51 +2808,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Estimation de la perméabilité d'une argilite partiellement saturée par méthode inverse</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Richard Giot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dragan Grgic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3188,51 +3188,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-05010117v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mar&#237;a Victoria Villar" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre B&#233;suelle" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Collin" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Cuss" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe de Lesquen" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnuen.2025.1436490" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04611018v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Amoih" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gis&#232;le Finqueneisel" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Zimny" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Bourrelly" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odile Barres" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s40789-024-00696-8" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04274287v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ever-Dennys Coarita-Tintaya" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Golfier" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dragan Grgic" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mountaka Souley" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Long Cheng" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compgeo.2023.105690" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03625161v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica Strydom" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Sterpenich" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonin Richard" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hans G.M. Eggenkamp" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apgeochem.2022.105274" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03851941v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Levasseur" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Sillen" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Marschall" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Wendling" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Markus Olin" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjn/2022021" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02981395v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fengjuan Chen" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Igor Sevostianov" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Albert Giraud" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijsolstr.2017.10.016" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-KH4WF28P-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02981408v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuri Popov" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raissa Romushkevich" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijrmms.2017.06.008" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-PVJVP8Z1-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02981397v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kassem Kalo" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Auvray" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proeng.2017.05.154" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02981403v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijsolstr.2016.10.023" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02981420v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijengsci.2015.12.005" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-01RVW72W-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02981421v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Maitte" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric P.A. Jorand" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/mattech/2016032" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/F0B44F1C65404EB1D8782FFD298FEE9684762EC2/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02981417v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11440-014-0356-6" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01281810v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic P. A. Jorand" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mustapha Abdelmoula" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Carteret" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemgeo.2015.07.024" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-16F2T784-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01284129v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kanssoune Saliya" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Giot" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/nag.2328" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/7B5A2855632ED88A5ECB5A9B34FA533AC03F0222/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01276853v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijengsci.2015.08.012" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-5GCXCD2C-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01276856v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijengsci.2015.04.007" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-KMF0VQ05-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01300958v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mechmat.2013.06.011" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-G6VCW0CR-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05312962v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bahaa Abou Chakra" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Bonnelye" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03586640v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hans Eggenkamp" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Agrinier" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/e3sconf/20199812022" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01976968v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giraud Albert" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Barth&#233;l&#233;my" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Cosenza" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03378605v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Javad Eslami" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dashnor Hoxha" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03390758v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ngoc-Nguyen Bien" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03361624v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Homand" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/tel-01750315v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2001INPL571N" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-05010117v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mar&#237;a Victoria Villar" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre B&#233;suelle" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Collin" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Cuss" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe de Lesquen" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnuen.2025.1436490" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04611018v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Amoih" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gis&#232;le Finqueneisel" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Zimny" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Bourrelly" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odile Barres" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s40789-024-00696-8" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04274287v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ever-Dennys Coarita-Tintaya" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Golfier" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dragan Grgic" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mountaka Souley" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Long Cheng" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compgeo.2023.105690" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03625161v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica Strydom" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Sterpenich" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonin Richard" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hans G.M. Eggenkamp" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apgeochem.2022.105274" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03851941v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Levasseur" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Sillen" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Marschall" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Wendling" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Markus Olin" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjn/2022021" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02981395v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fengjuan Chen" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Igor Sevostianov" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Albert Giraud" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijsolstr.2017.10.016" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-KH4WF28P-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02981408v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuri Popov" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raissa Romushkevich" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijrmms.2017.06.008" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-PVJVP8Z1-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02981397v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kassem Kalo" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Auvray" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proeng.2017.05.154" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02981403v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijsolstr.2016.10.023" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02981420v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijengsci.2015.12.005" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-01RVW72W-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02981421v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Maitte" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric P.A. Jorand" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/mattech/2016032" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/F0B44F1C65404EB1D8782FFD298FEE9684762EC2/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02981417v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11440-014-0356-6" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01276853v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijengsci.2015.08.012" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-5GCXCD2C-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01284129v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kanssoune Saliya" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Giot" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/nag.2328" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/7B5A2855632ED88A5ECB5A9B34FA533AC03F0222/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01281810v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic P. A. Jorand" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mustapha Abdelmoula" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Carteret" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemgeo.2015.07.024" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-16F2T784-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01276856v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijengsci.2015.04.007" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-KMF0VQ05-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01300958v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mechmat.2013.06.011" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-G6VCW0CR-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05312962v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bahaa Abou Chakra" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Bonnelye" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03586640v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hans Eggenkamp" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Agrinier" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/e3sconf/20199812022" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01976968v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giraud Albert" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Barth&#233;l&#233;my" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Cosenza" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03378605v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Javad Eslami" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dashnor Hoxha" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03390758v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ngoc-Nguyen Bien" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03361624v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Homand" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/tel-01750315v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2001INPL571N" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>