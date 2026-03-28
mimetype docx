--- v0 (2026-03-04)
+++ v1 (2026-03-28)
@@ -2,51 +2,51 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:150px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Vincent Leon </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">drvincentleon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0009-0003-2253-8688</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Je suis diplômé de l'Université de Bordeaux (UB1, France) où j'ai obtenu une licence et une maîtrise en chimie organique, ainsi qu'un diplôme de troisième cycle en chimie des polymères.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">J'ai ensuite mené mes recherches doctorales sur les effets de confinement dans les nanostructures de silice mésoporeuses et de carbone à la Source Intense de Neutrons Pulsés (IPNS) du laboratoire national d'Argonne (Université de Chicago, USDOE) entre 2003 et 2005 sous la direction du professeur M.L. Saboungi et j'ai obtenu mon doctorat en chimie (science des matériaux) en 2006 de l'Université d'Orléans (France).</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">En 2007, j'ai rejoint le groupe du professeur J.L. Sauvajol à l'Université de Montpellier (UM2, France) pour un poste postdoctoral et j'ai travaillé avec le professeur J.L. Bantignies sur les propriétés structurelles et physiques des matériaux composites époxy/nanotubes de carbone fonctionnalisés.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">En 2010, j'ai rejoint le Laboratoire de Technologies Avancées de Barcelone (ATLB) de Henkel AG & Co. KGaA à l'Universitat Autònoma de Barcelona (UAB, Espagne) pour travailler sur des matériaux polymères à base d'acrylique pour des applications d'adhésion. En particulier, un système d'adhésif de contact sec durci aux UV a été breveté.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Depuis juin 2013, je suis scientifique au département R&D de Lohmann GmbH & Co. KG à Neuwied, en Allemagne, où je dirige une équipe qui s'occupe des adhésifs fonctionnels, de la conductivité électrique et thermique au décollement à la demande, et en mettant l'accent sur l'ignifugation.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Spécialités : Chimie des matériaux, Science des polymères, Rubans adhésifs, Adhésifs fonctionnels, Retardateur de flamme</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (6)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les talents méconnus des bandes adhésives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Leon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'Actualité Chimique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 456-458, pp.211 - 212</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04815259v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spectroscopic study of double-walled carbon nanotubes functionalization for preparation of carbon nanotube / epoxy composites</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Leon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Parret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Almairac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Alvarez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Moulay-Rachid Babaa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Carbon</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 50 (14), pp.4987-4994. </w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.carbon.2012.06.007⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00711335v3</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stockage d'hydrogène : comment l'hydrogène se lie aux nanocornets de carbone</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Felix Fernandez-Alonso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Javier Bermejo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raouf O. Loutfy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Leon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Louise Saboungi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Techniques de l'Ingenieur</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, Nanotechnologies, pp.NM5150. </w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.51257/a-v1-nm5150⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00193020v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effect of Nanoscale Confinement on the β-α Phase Transition in Ag2Se</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Leon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yang Ren</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Louise Saboungi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Applied Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 103 (1), pp.016105. </w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1063/1.2822135⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00192127v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nature of the bound states of molecular hydrogen in carbon nanohorns</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Felix Fernandez-Alonso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Javier Bermejo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Cabrillo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raouf O. Loutfy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Leon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 98 (21), pp.215503. </w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.98.215503⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00151470v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Collective excitations in liquid D2 confined within the mesoscopic pores of a MCM-41 molecular sieve.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudia Mondelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miguel A. González</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesco Albergamo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Carbajo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Jose Torralvo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review B: Condensed Matter and Materials Physics (1998-2015)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 73 (9), pp.094206. </w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevB.73.094206⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00107303v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (13)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flame retardant adhesive tapes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Leon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AB2025 - 8th International Conference on Adhesive Bonding</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2025, Porto, Portugal</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05163904v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flame-retardant adhesive tapes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Leon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">FRPM25 - 20th European Meeting on Flame-Retardant Polymeric Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2025, Madrid, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05104062v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adhésifs sensibles à la pression ignifuges</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Leon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Fröhling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Theisen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Regina Schuldais</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JADH 2024 - 23èmes Journées d'Etude sur l'Adhésion</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, SFV, Oct 2024, Obernai, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04881251v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des bandes adhésives... mais pas seulement!</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Leon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JADH 2022 - 22èmes Journées d'Etude sur l'Adhésion</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, SFV, Sep 2022, La Turballe, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04881244v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Functional adhesives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Leon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EURADH 2021 - 13th European Adhesion Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, SFV, Oct 2021, Virtual conference, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05236479v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The role of adhesives in electronics application</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Leon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">OE-A Meeting Europe 2019</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, VDMA, Jun 2019, Barcelona, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05236484v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pressure-sensitive adhesives for low surface energy supports</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Leon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Adhesion'13 - 12th International Triennal Conference on the Science and Technology of Adhesion and Adhesives</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IOM3, Sep 2013, York, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05236472v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Investigation of structural and physical properties of functionalized carbon nanotubes composite materials.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Leon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mini Simposio Aplicaciones de Los Nanotubos de Carbono - Centro de Física del Instituto Venezolano de Investigaciones Científicas (IVIC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2009, Caracas, Venezuela</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00369714v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Physical properties of epoxy filled carbon nanotubes composites.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Parret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Leon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Louis Bantignies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SoftComp European Workshop "Nanocomposites and Polymer Dynamics"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2008, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00369716v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carbon nanotubes functionalization with sulfonated poly (ether ether ketone) chains</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Leon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Louis Bantignies</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Parret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Moulay Rachid Babaa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IWEPNM 2008 - XXIInd International Winterschool on Electronic Properties of Novel Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2008, Kirchberg in Tirol, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00260254v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carbon nanotubes functionalization with sulfonated poly (ether ether ketone) chains</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Leon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Parret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. R. Babaa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Louis Bantignies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ChemOnTubes 2008 - International Meeting on the Chemistry of Nanotubes: Science and Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2008, Zaragoza, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00273764v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Molecular hydrogen in carbon nanohorns: insights from high-resolution neutron spectroscopy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Felix Fernandez-Alonso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Javier Bermejo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Cabrillo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raouf O. Loutfy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Leon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ECNS2007 - 4th European Conference on Neutron Scattering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2007, Lund, Sweden</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00162392v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effect of confinement on β-α phase transition of Ag2Se in mesoporous silica.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Leon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yang Ren</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Louise Saboungi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JSRC-5 - 5èmes Journées SOLEIL Région Centre</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2006, Orléans, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00107295v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chapter 7 - Flame retardant selection for adhesives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Leon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Henri Vahabi; Mohammad Reza Saeb; Günter Beyer. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Flame Retardant Selection for Polymers</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Elsevier, pp.193-216, 2025, 978-0443222474. </w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/B978-0-443-22247-4.00002-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05113250v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Brevet (30)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Composition adhésive ignifuge et ruban adhésif ignifuge</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Leon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Theisen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evert Smit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Germany, Patent n° : EP 4674904 A1. 2026</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05449392v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flame retardant adhesive composition and flame retardant adhesive tape</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Leon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Theisen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evert Smit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">United States, Patent n° : US 2026/0008898 A1. 2026</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05474833v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pressure-sensitive adhesive, pressure-sensitive adhesive film and pressure-sensitive tape</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Leon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Gärtner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Regina Schuldais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philipp Ries</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">United States, Patent n° : US 2024/0301245 A1. 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04815303v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haftklebstoff, haftklebstoffschicht und haftklebeband</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Leon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Regina Schuldais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Gärtner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Ries</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Germany, Patent n° : EP 4428185 A1. 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04907276v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adhesive tape</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Leon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victoria Ritter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ruben Friedland</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Germany, Patent n° : WO 2023/222200 A1. 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04815317v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">접착성 화합물</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Leon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrik Kopf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simone Wierschem</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">South Korea, Patent n° : KR 102477312 B1. 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04907270v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Klebmasse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Leon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrik Kopf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simone Wierschem</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Unknown Region, Patent n° : EP 3310865 B1. 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04907260v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Breathable adhesive membrane, method of manufacture and medical cover</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Leon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Fröhling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evert Smit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Germany, Patent n° : DE 102021004134 B3. 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04815331v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multi-layer pressure-sensitive adhesive tape for low-energy surfaces</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Leon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrik Kopf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victoria Ritter</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Germany, Patent n° : DE 102018009181 B4. 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04907254v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mehrschichtenhaftklebeband für niederenergetische Oberflächen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Leon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrik Kopf</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Germany, Patent n° : DE 102018009181 A1. 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04907232v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adhesive compound</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Leon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrik Kopf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simone Wierschem</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">United States, Patent n° : US 10717905 B2. 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04907246v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adhesive compound</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Leon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrik Kopf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simone Wierschem</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Unknown Region, Patent n° : EP 3310865 A1. 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04907192v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">접착성 화합물</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Leon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrik Kopf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simone Wierschem</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">South Korea, Patent n° : KR 20180019156 A. 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04907175v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adhesive compound</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Leon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrik Kopf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simone Wierschem</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">United States, Patent n° : US 2018/0171191 A1. 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04907227v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">粘接料</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Leon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrik Kopf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simone Wierschem</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">China, Patent n° : CN 107743513 A. 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04907183v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dry bonding acrylate adhesive layers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Leon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julen de Mendizabal Zalaikin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisabeth Torres Cano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Niembro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dennis Bankmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">United States, Patent n° : US 9790404 B2. 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04907170v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Capas de adhesivo de acrilato de union en seco</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Leon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julen de Mendizabal Zalaikin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisabeth Torres Cano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Niembro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dennis Bankmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">México, N° de brevet: MX 338747 B. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04907145v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adhesive compound</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Leon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrik Kopf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simone Wierschem</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Unknown Region, Patent n° : WO 2016/202994 A1. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04907162v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Klebmasse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Leon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrik Kopf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simone Wierschem</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Germany, Patent n° : DE 1020015109659 A1. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04907153v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wiążące na sucho warstwy kleju akrylanowego</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Leon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julen de Mendizabal Zalaikin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisabeth Torres Cano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Niembro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dennis Bankmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poland, Patent n° : PL 2607438 T3. 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04907104v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">乾式結合性アクリレート接着剤層</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Leon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisabeth Torres Cano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julen de Mendizabal Zalaikin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Niembro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dennis Bankmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Japan, Patent n° : JP 2015507662 A. 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04904995v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dry bonding acrylate adhesive layers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Leon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julen de Mendizabal Zalaikin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisabeth Torres Cano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Niembro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dennis Bankmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">United States, Patent n° : US 2014/0299261 A1. 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04904992v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">아크릴레이트 접착제 층의 건조 결합</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Leon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julen de Mendizabal Zalaikin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisabeth Torres Cano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Niembro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dennis Bankmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">South Korea, Patent n° : KR 20140107294 A. 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04904988v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Capas de adhesivo de acrilato de unión seca</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Leon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julen de Mendizabal Zalaikin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisabeth Torres Cano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Niembro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dennis Bankmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">España, N° de brevet: ES 2525830 T3. 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04904994v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Capas de adhesivo de acrilato de union en seco</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Leon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julen de Mendizabal Zalaikin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisabeth Torres Cano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Niembro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dennis Bankmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">México, N° de brevet: MX 2014007514 A. 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04904985v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dry bonding acrylate adhesive layers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Leon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julen de Mendizabal Zalaikin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisabeth Torres Cano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Niembro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dennis Bankmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Unknown Region, Patent n° : EP 2607438 B1. 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04904990v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">干粘接丙烯酸酯粘合剂层</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Leon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julen de Mendizabal Zalaikin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisabeth Torres Cano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Niembro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dennis Bankmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">China, Patent n° : CN 104024356 A. 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04904987v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camadas Adesivas de acrilato de ligação a seco</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Leon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julen de Mendizabal Zalaikin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisabeth Torres Cano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Niembro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dennis Bankmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brazil, Patent n° : BR 112014014691-8 A2. 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04904967v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dry bonding acrylate adhesive layers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julen de Mendizabal Zalaikin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisabeth Torres Cano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dennis Bankmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roberto Pela</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Leon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Unknown Region, Patent n° : WO 2013/092573 A1. 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04904960v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dry bonding acrylate adhesive layers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Leon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julen de Mendizabal Zalaikin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisabeth Torres Cano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Niembro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roberto Pela</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Spain, Patent n° : EP 2 607 438 A1. 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00921951v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etude des effets de confinement dans la silice mésoporeuse et dans certaines nanostructures carbonées.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Leon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Matériaux. Université d'Orléans, 2006. Français. </w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : ⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-00107124v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (4)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Synthesis and structural properties of polymer/carbon nanotube composite materials obtained by functionalization of nanotubes surface</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Leon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Parret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Louis Bantignies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">NT08 - 9th International Conference on the Science and Application of Nanotubes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2008, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00293800v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Neutron scattering studies of hydrogenation/dehydrogenation of carbon nano-materials</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexander I. Kolesnikov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chun K. Loong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas R. de Souza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexander P. Moravsky</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raouf O. Loutfy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">NAM19 - 19th North American Catalysis Society Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2005, Philadelphie, PA, United States. </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00107287v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">X-ray study of the confinement of silver chalcogenide inside mesoporous silica</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Leon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yang Ren</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Louise Saboungi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2004 MRS Fall Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2004, Boston, United States. 2004</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00107277v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Confinement of narrow band gap semiconductors.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andreas Goldbach</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Leon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Louise Saboungi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MPND-2003 - International Symposium on Materials Processing for Nanostructured Devices</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2003, Nouan-le-Fuzelier, France. 2003</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00107293v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId112"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:150px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Vincent Leon </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">drvincentleon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0009-0003-2253-8688</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Je suis diplômé de l'Université de Bordeaux (UB1, France) où j'ai obtenu une licence et une maîtrise en chimie organique, ainsi qu'un diplôme de troisième cycle en chimie des polymères.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">J'ai ensuite mené mes recherches doctorales sur les effets de confinement dans les nanostructures de silice mésoporeuses et de carbone à la Source Intense de Neutrons Pulsés (IPNS) du laboratoire national d'Argonne (Université de Chicago, USDOE) entre 2003 et 2005 sous la direction du professeur M.L. Saboungi et j'ai obtenu mon doctorat en chimie (science des matériaux) en 2006 de l'Université d'Orléans (France).</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">En 2007, j'ai rejoint le groupe du professeur J.L. Sauvajol à l'Université de Montpellier (UM2, France) pour un poste postdoctoral et j'ai travaillé avec le professeur J.L. Bantignies sur les propriétés structurelles et physiques des matériaux composites époxy/nanotubes de carbone fonctionnalisés.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">En 2010, j'ai rejoint le Laboratoire de Technologies Avancées de Barcelone (ATLB) de Henkel AG & Co. KGaA à l'Universitat Autònoma de Barcelona (UAB, Espagne) pour travailler sur des matériaux polymères à base d'acrylique pour des applications d'adhésion. En particulier, un système d'adhésif de contact sec durci aux UV a été breveté.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Depuis juin 2013, je suis scientifique au département R&D de Lohmann GmbH & Co. KG à Neuwied, en Allemagne, où je dirige une équipe qui s'occupe des adhésifs fonctionnels, de la conductivité électrique et thermique au décollement à la demande, et en mettant l'accent sur l'ignifugation.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Spécialités : Chimie des matériaux, Science des polymères, Rubans adhésifs, Adhésifs fonctionnels, Retardateur de flamme</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (6)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les talents méconnus des bandes adhésives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Leon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'Actualité Chimique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 456-458, pp.211 - 212</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04815259v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spectroscopic study of double-walled carbon nanotubes functionalization for preparation of carbon nanotube / epoxy composites</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Leon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Parret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Almairac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Alvarez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Moulay-Rachid Babaa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Carbon</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 50 (14), pp.4987-4994. </w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.carbon.2012.06.007⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00711335v3</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stockage d'hydrogène : comment l'hydrogène se lie aux nanocornets de carbone</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Felix Fernandez-Alonso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Javier Bermejo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raouf O. Loutfy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Leon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Louise Saboungi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Techniques de l'Ingenieur</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, Nanotechnologies, pp.NM5150. </w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.51257/a-v1-nm5150⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00193020v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effect of Nanoscale Confinement on the β-α Phase Transition in Ag2Se</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Leon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yang Ren</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Louise Saboungi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Applied Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 103 (1), pp.016105. </w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1063/1.2822135⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00192127v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nature of the bound states of molecular hydrogen in carbon nanohorns</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Felix Fernandez-Alonso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Javier Bermejo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Cabrillo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raouf O. Loutfy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Leon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 98 (21), pp.215503. </w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.98.215503⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00151470v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Collective excitations in liquid D2 confined within the mesoscopic pores of a MCM-41 molecular sieve.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudia Mondelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miguel A. González</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesco Albergamo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Carbajo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Jose Torralvo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review B: Condensed Matter and Materials Physics (1998-2015)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 73 (9), pp.094206. </w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevB.73.094206⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00107303v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (14)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Debonding-on-demand adhesives: The 3-in-1 solution for repair, rework, and recycling</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Leon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IAA 2026 - 4th International Conference on Industrial Applications of Adhesives</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Universidade do Porto, Mar 2026, Guimarães, Portugal</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05541722v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flame retardant adhesive tapes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Leon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AB2025 - 8th International Conference on Adhesive Bonding</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2025, Porto, Portugal</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05163904v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flame-retardant adhesive tapes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Leon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">FRPM25 - 20th European Meeting on Flame-Retardant Polymeric Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2025, Madrid, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05104062v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adhésifs sensibles à la pression ignifuges</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Leon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Fröhling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Theisen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Regina Schuldais</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JADH 2024 - 23èmes Journées d'Etude sur l'Adhésion</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, SFV, Oct 2024, Obernai, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04881251v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des bandes adhésives... mais pas seulement!</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Leon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JADH 2022 - 22èmes Journées d'Etude sur l'Adhésion</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, SFV, Sep 2022, La Turballe, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04881244v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Functional adhesives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Leon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EURADH 2021 - 13th European Adhesion Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, SFV, Oct 2021, Virtual conference, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05236479v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The role of adhesives in electronics application</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Leon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">OE-A Meeting Europe 2019</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, VDMA, Jun 2019, Barcelona, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05236484v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pressure-sensitive adhesives for low surface energy supports</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Leon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Adhesion'13 - 12th International Triennal Conference on the Science and Technology of Adhesion and Adhesives</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IOM3, Sep 2013, York, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05236472v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Investigation of structural and physical properties of functionalized carbon nanotubes composite materials.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Leon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mini Simposio Aplicaciones de Los Nanotubos de Carbono - Centro de Física del Instituto Venezolano de Investigaciones Científicas (IVIC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2009, Caracas, Venezuela</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00369714v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Physical properties of epoxy filled carbon nanotubes composites.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Parret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Leon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Louis Bantignies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SoftComp European Workshop "Nanocomposites and Polymer Dynamics"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2008, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00369716v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carbon nanotubes functionalization with sulfonated poly (ether ether ketone) chains</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Leon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Louis Bantignies</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Parret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Moulay Rachid Babaa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IWEPNM 2008 - XXIInd International Winterschool on Electronic Properties of Novel Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2008, Kirchberg in Tirol, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00260254v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carbon nanotubes functionalization with sulfonated poly (ether ether ketone) chains</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Leon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Parret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. R. Babaa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Louis Bantignies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ChemOnTubes 2008 - International Meeting on the Chemistry of Nanotubes: Science and Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2008, Zaragoza, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00273764v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Molecular hydrogen in carbon nanohorns: insights from high-resolution neutron spectroscopy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Felix Fernandez-Alonso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Javier Bermejo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Cabrillo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raouf O. Loutfy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Leon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ECNS2007 - 4th European Conference on Neutron Scattering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2007, Lund, Sweden</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00162392v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effect of confinement on β-α phase transition of Ag2Se in mesoporous silica.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Leon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yang Ren</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Louise Saboungi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JSRC-5 - 5èmes Journées SOLEIL Région Centre</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2006, Orléans, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00107295v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chapter 7 - Flame retardant selection for adhesives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Leon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Henri Vahabi; Mohammad Reza Saeb; Günter Beyer. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Flame Retardant Selection for Polymers</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Elsevier, pp.193-216, 2025, 978-0443222474. </w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/B978-0-443-22247-4.00002-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05113250v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Brevet (30)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Composition adhésive ignifuge et ruban adhésif ignifuge</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Leon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Theisen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evert Smit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Germany, Patent n° : EP 4674904 A1. 2026</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05449392v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flame retardant adhesive composition and flame retardant adhesive tape</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Leon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Theisen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evert Smit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">United States, Patent n° : US 2026/0008898 A1. 2026</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05474833v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pressure-sensitive adhesive, pressure-sensitive adhesive film and pressure-sensitive tape</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Leon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Gärtner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Regina Schuldais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philipp Ries</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">United States, Patent n° : US 2024/0301245 A1. 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04815303v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haftklebstoff, haftklebstoffschicht und haftklebeband</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Leon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Regina Schuldais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Gärtner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Ries</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Germany, Patent n° : EP 4428185 A1. 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04907276v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adhesive tape</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Leon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victoria Ritter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ruben Friedland</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Germany, Patent n° : WO 2023/222200 A1. 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04815317v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">접착성 화합물</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Leon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrik Kopf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simone Wierschem</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">South Korea, Patent n° : KR 102477312 B1. 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04907270v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Klebmasse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Leon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrik Kopf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simone Wierschem</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Unknown Region, Patent n° : EP 3310865 B1. 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04907260v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Breathable adhesive membrane, method of manufacture and medical cover</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Leon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Fröhling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evert Smit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Germany, Patent n° : DE 102021004134 B3. 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04815331v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multi-layer pressure-sensitive adhesive tape for low-energy surfaces</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Leon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrik Kopf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victoria Ritter</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Germany, Patent n° : DE 102018009181 B4. 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04907254v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mehrschichtenhaftklebeband für niederenergetische Oberflächen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Leon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrik Kopf</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Germany, Patent n° : DE 102018009181 A1. 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04907232v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adhesive compound</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Leon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrik Kopf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simone Wierschem</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">United States, Patent n° : US 10717905 B2. 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04907246v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adhesive compound</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Leon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrik Kopf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simone Wierschem</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Unknown Region, Patent n° : EP 3310865 A1. 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04907192v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">접착성 화합물</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Leon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrik Kopf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simone Wierschem</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">South Korea, Patent n° : KR 20180019156 A. 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04907175v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adhesive compound</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Leon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrik Kopf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simone Wierschem</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">United States, Patent n° : US 2018/0171191 A1. 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04907227v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">粘接料</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Leon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrik Kopf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simone Wierschem</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">China, Patent n° : CN 107743513 A. 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04907183v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dry bonding acrylate adhesive layers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Leon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julen de Mendizabal Zalaikin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisabeth Torres Cano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Niembro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dennis Bankmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">United States, Patent n° : US 9790404 B2. 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04907170v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Capas de adhesivo de acrilato de union en seco</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Leon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julen de Mendizabal Zalaikin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisabeth Torres Cano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Niembro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dennis Bankmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">México, N° de brevet: MX 338747 B. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04907145v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adhesive compound</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Leon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrik Kopf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simone Wierschem</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Unknown Region, Patent n° : WO 2016/202994 A1. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04907162v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Klebmasse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Leon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrik Kopf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simone Wierschem</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Germany, Patent n° : DE 1020015109659 A1. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04907153v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wiążące na sucho warstwy kleju akrylanowego</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Leon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julen de Mendizabal Zalaikin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisabeth Torres Cano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Niembro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dennis Bankmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poland, Patent n° : PL 2607438 T3. 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04907104v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">乾式結合性アクリレート接着剤層</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Leon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisabeth Torres Cano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julen de Mendizabal Zalaikin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Niembro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dennis Bankmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Japan, Patent n° : JP 2015507662 A. 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04904995v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dry bonding acrylate adhesive layers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Leon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julen de Mendizabal Zalaikin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisabeth Torres Cano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Niembro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dennis Bankmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">United States, Patent n° : US 2014/0299261 A1. 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04904992v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">아크릴레이트 접착제 층의 건조 결합</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Leon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julen de Mendizabal Zalaikin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisabeth Torres Cano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Niembro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dennis Bankmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">South Korea, Patent n° : KR 20140107294 A. 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04904988v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Capas de adhesivo de acrilato de unión seca</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Leon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julen de Mendizabal Zalaikin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisabeth Torres Cano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Niembro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dennis Bankmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">España, N° de brevet: ES 2525830 T3. 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04904994v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">干粘接丙烯酸酯粘合剂层</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Leon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julen de Mendizabal Zalaikin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisabeth Torres Cano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Niembro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dennis Bankmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">China, Patent n° : CN 104024356 A. 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04904987v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dry bonding acrylate adhesive layers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Leon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julen de Mendizabal Zalaikin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisabeth Torres Cano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Niembro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dennis Bankmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Unknown Region, Patent n° : EP 2607438 B1. 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04904990v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Capas de adhesivo de acrilato de union en seco</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Leon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julen de Mendizabal Zalaikin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisabeth Torres Cano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Niembro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dennis Bankmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">México, N° de brevet: MX 2014007514 A. 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04904985v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camadas Adesivas de acrilato de ligação a seco</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Leon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julen de Mendizabal Zalaikin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisabeth Torres Cano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Niembro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dennis Bankmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brazil, Patent n° : BR 112014014691-8 A2. 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04904967v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dry bonding acrylate adhesive layers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julen de Mendizabal Zalaikin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisabeth Torres Cano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dennis Bankmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roberto Pela</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Leon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Unknown Region, Patent n° : WO 2013/092573 A1. 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04904960v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dry bonding acrylate adhesive layers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Leon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julen de Mendizabal Zalaikin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisabeth Torres Cano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Niembro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roberto Pela</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Spain, Patent n° : EP 2 607 438 A1. 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00921951v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etude des effets de confinement dans la silice mésoporeuse et dans certaines nanostructures carbonées.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Leon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Matériaux. Université d'Orléans, 2006. Français. </w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : ⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-00107124v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (4)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Synthesis and structural properties of polymer/carbon nanotube composite materials obtained by functionalization of nanotubes surface</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Leon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Parret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Louis Bantignies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">NT08 - 9th International Conference on the Science and Application of Nanotubes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2008, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00293800v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Neutron scattering studies of hydrogenation/dehydrogenation of carbon nano-materials</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexander I. Kolesnikov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chun K. Loong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas R. de Souza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexander P. Moravsky</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raouf O. Loutfy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">NAM19 - 19th North American Catalysis Society Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2005, Philadelphie, PA, United States. </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00107287v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">X-ray study of the confinement of silver chalcogenide inside mesoporous silica</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Leon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yang Ren</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Louise Saboungi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2004 MRS Fall Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2004, Boston, United States. 2004</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00107277v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Confinement of narrow band gap semiconductors.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andreas Goldbach</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Leon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Louise Saboungi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MPND-2003 - International Symposium on Materials Processing for Nanostructured Devices</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2003, Nouan-le-Fuzelier, France. 2003</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00107293v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId113"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -107,51 +107,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="BD69763D"/>
+    <w:nsid w:val="5B4C36DE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -338,51 +338,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/drvincentleon" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0003-2253-8688" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04815259v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Leon" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00711335v3" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Parret" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Almairac" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Alvarez" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moulay-Rachid Babaa" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.carbon.2012.06.007" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00193020v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felix Fernandez-Alonso" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Javier Bermejo" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raouf O. Loutfy" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Louise Saboungi" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.51257/a-v1-nm5150" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00192127v2" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yang Ren" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.2822135" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00151470v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Cabrillo" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.98.215503" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00107303v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Mondelli" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel A. Gonz&#225;lez" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Albergamo" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Carbajo" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Jose Torralvo" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.73.094206" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05163904v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05104062v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04881251v2" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Fr&#246;hling" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Theisen" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Regina Schuldais" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04881244v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05236479v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05236484v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05236472v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00369714v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00369716v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Bantignies" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00260254v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moulay Rachid Babaa" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00273764v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. R. Babaa" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00162392v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00107295v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05113250v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-443-22247-4.00002-1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05449392v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evert Smit" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05474833v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04815303v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel G&#228;rtner" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philipp Ries" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04907276v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Ries" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04815317v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victoria Ritter" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruben Friedland" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04907270v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrik Kopf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simone Wierschem" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04907260v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04815331v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04907254v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04907232v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04907246v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04907192v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04907175v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04907227v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04907183v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04907170v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julen de Mendizabal Zalaikin" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Torres Cano" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Niembro" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dennis Bankmann" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04907145v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04907162v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04907153v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04907104v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04904995v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04904992v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04904988v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04904994v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04904985v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04904990v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04904987v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04904967v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04904960v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberto Pela" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00921951v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00107124v2" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00293800v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00107287v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander I. Kolesnikov" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chun K. Loong" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas R. de Souza" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander P. Moravsky" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00107277v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00107293v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas Goldbach" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/drvincentleon" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0003-2253-8688" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04815259v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Leon" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00711335v3" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Parret" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Almairac" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Alvarez" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moulay-Rachid Babaa" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.carbon.2012.06.007" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00193020v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felix Fernandez-Alonso" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Javier Bermejo" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raouf O. Loutfy" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Louise Saboungi" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.51257/a-v1-nm5150" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00192127v2" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yang Ren" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.2822135" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00151470v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Cabrillo" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.98.215503" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00107303v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Mondelli" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel A. Gonz&#225;lez" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Albergamo" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Carbajo" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Jose Torralvo" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.73.094206" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05541722v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05163904v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05104062v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04881251v2" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Fr&#246;hling" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Theisen" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Regina Schuldais" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04881244v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05236479v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05236484v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05236472v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00369714v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00369716v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Bantignies" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00260254v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moulay Rachid Babaa" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00273764v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. R. Babaa" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00162392v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00107295v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05113250v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-443-22247-4.00002-1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05449392v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evert Smit" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05474833v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04815303v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel G&#228;rtner" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philipp Ries" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04907276v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Ries" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04815317v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victoria Ritter" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruben Friedland" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04907270v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrik Kopf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simone Wierschem" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04907260v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04815331v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04907254v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04907232v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04907246v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04907192v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04907175v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04907227v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04907183v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04907170v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julen de Mendizabal Zalaikin" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Torres Cano" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Niembro" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dennis Bankmann" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04907145v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04907162v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04907153v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04907104v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04904995v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04904992v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04904988v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04904994v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04904987v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04904990v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04904985v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04904967v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04904960v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberto Pela" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00921951v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00107124v2" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00293800v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00107287v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander I. Kolesnikov" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chun K. Loong" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas R. de Souza" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander P. Moravsky" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00107277v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00107293v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas Goldbach" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>