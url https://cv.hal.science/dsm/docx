--- v0 (2026-03-07)
+++ v1 (2026-03-28)
@@ -126,1244 +126,1378 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (9)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (10)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sesquiterpene diversity and TPS-a gene characterization in the pelargonium genus</w:t>
+                <w:t xml:space="preserve">Petal senescence in cut roses</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Camille Bihanic</w:t>
+                <w:t xml:space="preserve">Saretta Paramita</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laure Martinelli</w:t>
+                <w:t xml:space="preserve">Denis Saint-Marcoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fanny Jeampierre</w:t>
+                <w:t xml:space="preserve">Sylvie Baudino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thibault Barrit</w:t>
+                <w:t xml:space="preserve">Guillaume Beaugey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aurélie Bony</w:t>
+                <w:t xml:space="preserve">Sonja Meilland</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Plant Physiology and Biochemistry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2026, 230, pp.110793. </w:t>
+              <w:t xml:space="preserve">Horticulture research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, 13 (3), </w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.plaphy.2025.110793⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1093/hr/uhaf342⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05383004v1</w:t>
+                <w:t xml:space="preserve">hal-05563099v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Motorboat noise increases aggregation and alters gaping and filtration behaviors in the invasive quagga mussel</w:t>
+                <w:t xml:space="preserve">Sesquiterpene diversity and TPS-a gene characterization in the pelargonium genus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Théophile Turco</w:t>
+                <w:t xml:space="preserve">Camille Bihanic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Paola Casole</w:t>
+                <w:t xml:space="preserve">Laure Martinelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Denis Saint-Marcoux</w:t>
+                <w:t xml:space="preserve">Fanny Jeampierre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alicia Romero-Ramirez</w:t>
+                <w:t xml:space="preserve">Thibault Barrit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marilyn Beauchaud</w:t>
+                <w:t xml:space="preserve">Aurélie Bony</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biological Invasions</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 27 (1), pp.15. </w:t>
+              <w:t xml:space="preserve">Plant Physiology and Biochemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, 230, pp.110793. </w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s10530-024-03475-3⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.plaphy.2025.110793⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04816905v1</w:t>
+                <w:t xml:space="preserve">hal-05383004v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Citronellol biosynthesis in pelargonium is a multistep pathway involving progesterone 5β-reductase and/or iridoid synthase-like enzymes</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Motorboat noise increases aggregation and alters gaping and filtration behaviors in the invasive quagga mussel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Théophile Turco</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paola Casole</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laure Martinelli</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Corentin Conart</w:t>
+                <w:t xml:space="preserve">Denis Saint-Marcoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alicia Romero-Ramirez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marilyn Beauchaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Plant Physiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/plphys/kiad550⟩</w:t>
+              <w:t xml:space="preserve">Biological Invasions</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 27 (1), pp.15. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10530-024-03475-3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04695870v1</w:t>
+                <w:t xml:space="preserve">hal-04816905v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A cytosolic bifunctional geranyl/farnesyl diphosphate synthase provides MVA-derived GPP for geraniol biosynthesis in rose flowers</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId25" w:history="1">
+                <w:t xml:space="preserve">Citronellol biosynthesis in pelargonium is a multistep pathway involving progesterone 5β-reductase and/or iridoid synthase-like enzymes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laure Martinelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Bihanic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Bony</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Gros</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corentin Conart</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Saretta N. Paramita</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 120 (19), pp.e2221440120. </w:t>
+              <w:t xml:space="preserve">Plant Physiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 194 (2), pp.1006-1023. </w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1073/pnas.2221440120⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1093/plphys/kiad550⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04089556v1</w:t>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04695870v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Duplication and specialization of NUDX1 in Rosaceae led to geraniol production in rose petals</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId25" w:history="1">
+                <w:t xml:space="preserve">A cytosolic bifunctional geranyl/farnesyl diphosphate synthase provides MVA-derived GPP for geraniol biosynthesis in rose flowers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corentin Conart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nathanaelle Saclier</w:t>
+                <w:t xml:space="preserve">Dikki Pedenla Bomzan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fabrice Foucher</w:t>
+                <w:t xml:space="preserve">Xing-Qi Huang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Clément Goubert</w:t>
+                <w:t xml:space="preserve">Jean-Etienne Bassard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aurélie Rius-Bony</w:t>
+                <w:t xml:space="preserve">Saretta N. Paramita</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecular Biology and Evolution</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 39 (2), pp.651522. </w:t>
+              <w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 120 (19), pp.e2221440120. </w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1093/molbev/msac002⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1073/pnas.2221440120⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03556817v1</w:t>
+                <w:t xml:space="preserve">hal-04089556v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Functional analysis of four terpene synthases in rose-scented pelargonium cultivars (Pelargonium x hybridum) and evolution of scent in the Pelargonium genus</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Duplication and specialization of NUDX1 in Rosaceae led to geraniol production in rose petals</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corentin Conart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bernard Blerot</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Laure Martinelli</w:t>
+                <w:t xml:space="preserve">Nathanaelle Saclier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cécile Prunier</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Denis Saint-Marcoux</w:t>
+                <w:t xml:space="preserve">Fabrice Foucher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sylvain Legrand</w:t>
+                <w:t xml:space="preserve">Clément Goubert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Rius-Bony</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Plant Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fpls.2018.01435⟩</w:t>
+              <w:t xml:space="preserve">Molecular Biology and Evolution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 39 (2), pp.651522. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/molbev/msac002⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01882971v1</w:t>
+                <w:t xml:space="preserve">hal-03556817v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The &amp;lt;em&amp;gt;Chara&amp;lt;/em&amp;gt; genome</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Functional analysis of four terpene synthases in rose-scented pelargonium cultivars (Pelargonium x hybridum) and evolution of scent in the Pelargonium genus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hidetoshi Sakayama</w:t>
+                <w:t xml:space="preserve">Bernard Blerot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laure Martinelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jan de Vries</w:t>
+                <w:t xml:space="preserve">Cécile Prunier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Saint-Marcoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Henrik Buschmann</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Denis Saint-Marcoux</w:t>
+                <w:t xml:space="preserve">Sylvain Legrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cell</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 174 (2), pp.448-464.e24. </w:t>
+              <w:t xml:space="preserve">Frontiers in Plant Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 9, pp.1435. </w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.cell.2018.06.033⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3389/fpls.2018.01435⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02624417v1</w:t>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01882971v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laser capture microdissection in Ectocarpus siliculosus: the pathway to cell-specific transcriptomics in brown algae</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">The &amp;lt;em&amp;gt;Chara&amp;lt;/em&amp;gt; genome</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tomoaki Nishiyama</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hidetoshi Sakayama</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jan de Vries</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Henrik Buschmann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Saint-Marcoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...35 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Plant Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fpls.2015.00054⟩</w:t>
+              <w:t xml:space="preserve">Cell</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 174 (2), pp.448-464.e24. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.cell.2018.06.033⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01224196v1</w:t>
+                <w:t xml:space="preserve">hal-02624417v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Laser capture microdissection in Ectocarpus siliculosus: the pathway to cell-specific transcriptomics in brown algae</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Saint-Marcoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Billoud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jane A. Langdale</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bénédicte Charrier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Frontiers in Plant Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 6, pp.UNSP 54. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fpls.2015.00054⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01224196v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Nitric Oxide–Triggered Remodeling of Chloroplast Bioenergetics and Thylakoid Proteins upon Nitrogen Starvation in Chlamydomonas reinhardtii</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lili Wei</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Derrien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Gautier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laura Houille-Vernes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alix Boulouis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The Plant cell</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 26 (1), pp.353-372. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1105/tpc.113.120121⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId61" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02323616v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -1373,120 +1507,120 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Induction of sexual reproduction in Spirogyra cultures for laser capture microdissection of gametes and zygotes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Saint-Marcoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jane Langdale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Protocols for Macroalgae Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1, CRC Press, 2018, 9781351132954. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1201/b21460⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04705586v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -1496,279 +1630,279 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Behavioral and Ecological Responses of an Invasive Freshwater Mussel to Noise Pollution</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Théophile Turco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paola Casole</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Saint Marcoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alicia Romero-Ramirez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marilyn Beauchaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04705705v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Acquisition of cell identity in the brown alga Ectocarpus: which of time, cell shape or position matters most?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Billoud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Saint-Marcoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabine Chenivesse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Duchêne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Noûs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03375643v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId71"/>
+      <w:footerReference w:type="default" r:id="rId77"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -1836,51 +1970,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="8A8CF356"/>
+    <w:nsid w:val="A773ABD3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2067,51 +2201,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/dsm" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0830-7096" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05383004v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Bihanic" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Martinelli" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Jeampierre" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Barrit" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Bony" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.plaphy.2025.110793" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04816905v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;ophile Turco" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paola Casole" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Saint-Marcoux" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alicia Romero-Ramirez" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marilyn Beauchaud" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10530-024-03475-3" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04695870v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Gros" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Conart" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/plphys/kiad550" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04089556v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dikki Pedenla Bomzan" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xing-Qi Huang" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Etienne Bassard" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saretta N. Paramita" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.2221440120" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03556817v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathanaelle Saclier" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Foucher" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Goubert" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Rius-Bony" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/molbev/msac002" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01882971v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Blerot" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Prunier" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Legrand" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2018.01435" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02624417v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tomoaki Nishiyama" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hidetoshi Sakayama" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan de Vries" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henrik Buschmann" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cell.2018.06.033" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01224196v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Billoud" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jane A. Langdale" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Charrier" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2015.00054" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02323616v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lili Wei" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Derrien" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Gautier" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Houille-Vernes" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alix Boulouis" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1105/tpc.113.120121" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04705586v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jane Langdale" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1201/b21460" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04705705v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Saint Marcoux" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03375643v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Chenivesse" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Duch&#234;ne" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille No&#251;s" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/dsm" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0830-7096" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05563099v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saretta Paramita" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Saint-Marcoux" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Baudino" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Beaugey" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonja Meilland" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/hr/uhaf342" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05383004v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Bihanic" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Martinelli" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Jeampierre" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Barrit" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Bony" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.plaphy.2025.110793" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04816905v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;ophile Turco" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paola Casole" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alicia Romero-Ramirez" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marilyn Beauchaud" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10530-024-03475-3" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04695870v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Gros" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Conart" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/plphys/kiad550" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04089556v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dikki Pedenla Bomzan" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xing-Qi Huang" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Etienne Bassard" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saretta N. Paramita" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.2221440120" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03556817v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathanaelle Saclier" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Foucher" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Goubert" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Rius-Bony" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/molbev/msac002" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01882971v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Blerot" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Prunier" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Legrand" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2018.01435" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02624417v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tomoaki Nishiyama" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hidetoshi Sakayama" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan de Vries" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henrik Buschmann" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cell.2018.06.033" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01224196v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Billoud" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jane A. Langdale" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Charrier" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2015.00054" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02323616v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lili Wei" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Derrien" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Gautier" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Houille-Vernes" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alix Boulouis" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1105/tpc.113.120121" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04705586v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jane Langdale" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1201/b21460" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04705705v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Saint Marcoux" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03375643v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Chenivesse" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Duch&#234;ne" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille No&#251;s" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>