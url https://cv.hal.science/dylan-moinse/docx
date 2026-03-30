--- v0 (2026-03-10)
+++ v1 (2026-03-30)
@@ -278,239 +278,239 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Exploring the Relationship Between Perceived Bikeability and Gender-Inclusive Micromobility Usage: A Study Across 53 French Cities</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Proximity-centred accessibility – A conceptual debate involving planning practitioners worldwide</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cecília Silva</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Büttner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sebastian Seisenberger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">João Filipe Teixeira</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">María Teresa Baquero-Larriva</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Transportation Research Part A: Policy and Practice</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.tra.2025.104379⟩</w:t>
+              <w:t xml:space="preserve">Cities</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 167, pp.106376. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.cities.2025.106376⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-04266904v2</w:t>
+                <w:t xml:space="preserve">hal-05225165v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Proximity-centred accessibility – A conceptual debate involving planning practitioners worldwide</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Exploring the Relationship Between Perceived Bikeability and Gender-Inclusive Micromobility Usage: A Study Across 53 French Cities</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dylan Moinse</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cities</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 167, pp.106376. </w:t>
+              <w:t xml:space="preserve">Transportation Research Part A: Policy and Practice</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 193, pp.104379. </w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.cities.2025.106376⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.tra.2025.104379⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05225165v1</w:t>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04266904v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Optimizing intermodal commuting by way of detours and breaks: Evidence of micromobility users in France</w:t>
               </w:r>
@@ -844,295 +844,295 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Uncovering Modal Synergies between Dockless e-Bikes and Rail Transit: Evidence from Lausanne, Switzerland</w:t>
+                <w:t xml:space="preserve">A Node-Place-Accessibility-Ridership-per-Time Model to Evaluate Micromobility-friendly Transit-Oriented Development Potential in the Hauts-de-France Region</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dylan Moinse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain L'Hostis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Virginie Lurkin</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Ahad Amini Pishro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ndèye Aïta Cissé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Lehmann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05393853v1</w:t>
+                <w:t xml:space="preserve">hal-05397212v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Livrable : Transports en commun, marche, vélo et micro-mobilité. Dix volets pour aménager des quartiers de gare du « quart d’heure » de la région Hauts-de-France, à l’échelle piétonnière et cyclable</w:t>
+                <w:t xml:space="preserve">Uncovering Modal Synergies between Dockless e-Bikes and Rail Transit: Evidence from Lausanne, Switzerland</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dylan Moinse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Alain L’hostis</w:t>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virginie Lurkin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04997615v1</w:t>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05393853v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Node-Place-Accessibility-Ridership-per-Time Model to Evaluate Micromobility-friendly Transit-Oriented Development Potential in the Hauts-de-France Region</w:t>
+                <w:t xml:space="preserve">Livrable : Transports en commun, marche, vélo et micro-mobilité. Dix volets pour aménager des quartiers de gare du « quart d’heure » de la région Hauts-de-France, à l’échelle piétonnière et cyclable</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dylan Moinse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain L’hostis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2025</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ndèye Aïta Cissé</w:t>
-[...42 lines deleted...]
-                <w:t xml:space="preserve">hal-05397212v1</w:t>
+                <w:t xml:space="preserve">hal-04997615v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Soutenance de thèse. Le modèle urbain du Transit-Oriented Development revisité par la mobilité individuelle légère émergente. Une investigation dans la région Hauts-de-France</w:t>
               </w:r>
@@ -1234,449 +1234,462 @@
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03857489v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Communication dans un congrès (15)</w:t>
+        <w:t xml:space="preserve">Communication dans un congrès (16)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Exploring the Relationship Between Perceived Bikeability and Gender-Inclusive Micromobility Usage A Study Across 53 French Cities</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">B+RAID: Bike-and-Ride Accessibility and Intermodal Development</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virginie Lurkin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dylan Moinse</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Accessibility and Connectivity of the 15-minute-city</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, ACUTE; UERA, Feb 2024, Karlsruhe, Germany</w:t>
+              <w:t xml:space="preserve">Research Center for Grand Challenges</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2025, Lausanne, Switzerland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04472715v1</w:t>
+                <w:t xml:space="preserve">hal-05537741v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Revisiter le modèle de « nœud-lieu » pour évaluer et classifier les quartiers de gare de la région Hauts-de-France</w:t>
+                <w:t xml:space="preserve">Enhancing Transit-Oriented Development with Micro-mobility: A Renewed Node-Place Index Approach in the Hauts-de-France Region</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dylan Moinse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain L’hostis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ahad Amini Pishro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ndèye Aïta Cissé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Lehmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les variations de l'insertion urbaine des gares françaises et leur classification</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Séminaire du Laboratoire Ville Mobilité Transport, Jun 2024, Paris, France</w:t>
+              <w:t xml:space="preserve">Transport and Geography: Sustainable transit-oriented development (STOD): new perspectives and advances</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, International Geographical Congress, Aug 2024, Dublin, Ireland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04620714v1</w:t>
+                <w:t xml:space="preserve">hal-04682048v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Enhancing Transit-Oriented Development with Micro-mobility: A Renewed Node-Place Index Approach in the Hauts-de-France Region</w:t>
+                <w:t xml:space="preserve">Exploring the Relationship Between Perceived Bikeability and Gender-Inclusive Micromobility Usage A Study Across 53 French Cities</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dylan Moinse</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...54 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Transport and Geography: Sustainable transit-oriented development (STOD): new perspectives and advances</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, International Geographical Congress, Aug 2024, Dublin, Ireland</w:t>
+              <w:t xml:space="preserve">Accessibility and Connectivity of the 15-minute-city</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ACUTE; UERA, Feb 2024, Karlsruhe, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04682048v1</w:t>
+                <w:t xml:space="preserve">hal-04472715v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Optimizing intermodal commuting by way of detours and breaks. Evidence of micromobility users in France</w:t>
+                <w:t xml:space="preserve">Revisiter le modèle de « nœud-lieu » pour évaluer et classifier les quartiers de gare de la région Hauts-de-France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dylan Moinse</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain L’hostis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ahad Amini Pishro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ndèye Aïta Cissé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Lehmann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">World Conference on Transport Research (WCTR)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2023, Montréal, Canada</w:t>
+              <w:t xml:space="preserve">Les variations de l'insertion urbaine des gares françaises et leur classification</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Séminaire du Laboratoire Ville Mobilité Transport, Jun 2024, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04166574v1</w:t>
+                <w:t xml:space="preserve">hal-04620714v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La mise en pratique de parcours commentés en micro-mobilités : Interroger les pratiques intermodales inscrites dans des quartiers de gare de la région Hauts-de-France</w:t>
               </w:r>
@@ -1738,109 +1751,96 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04034957v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Combination of Collective and Individual Modes in the Hauts-de-France Region: A Quantitative Observation of On-board Small Vehicles</w:t>
+                <w:t xml:space="preserve">Optimizing intermodal commuting by way of detours and breaks. Evidence of micromobility users in France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dylan Moinse</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Alain L'Hostis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Union Géographique Internationale</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2022, Paris, France</w:t>
+              <w:t xml:space="preserve">World Conference on Transport Research (WCTR)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2023, Montréal, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-03735732v1</w:t>
+                <w:t xml:space="preserve">hal-04166574v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'analyse qualitative des pratiques intermodales et des configurations urbaines des quartiers de gare : La mise en oeuvre de parcours commentés en trottinette électrique dans la région Hauts-de-France</w:t>
               </w:r>
@@ -1889,638 +1889,720 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03654175v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Éclater la bulle des périmètres du Transit-Oriented Development (TOD). Vers un Micromobility-based TOD à l'échelle régionale ?</w:t>
+                <w:t xml:space="preserve">The Combination of Collective and Individual Modes in the Hauts-de-France Region: A Quantitative Observation of On-board Small Vehicles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dylan Moinse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain L'Hostis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Rencontres TerriTrans - MoTAU</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2022, Aix-en-Provence, France</w:t>
+              <w:t xml:space="preserve">Union Géographique Internationale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2022, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03881592v1</w:t>
+                <w:t xml:space="preserve">halshs-03735732v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La intermodalitat entre el transport públic i els modes individuals. Une observació quantitativa de vehicles petits a bord</w:t>
+                <w:t xml:space="preserve">Éclater la bulle des périmètres du Transit-Oriented Development (TOD). Vers un Micromobility-based TOD à l'échelle régionale ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dylan Moinse</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Alain L'Hostis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Vermuts de la Mobilitat</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Institut d'Estudis Regionals i Metropolitans de Barcelona, Oct 2022, Barcelona, Spain. pp.39</w:t>
+              <w:t xml:space="preserve">Rencontres TerriTrans - MoTAU</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2022, Aix-en-Provence, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-03814933v1</w:t>
+                <w:t xml:space="preserve">hal-03881592v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An Analysis of Intermodal Use of E-scooters with train in the Provence-Alpes-Côte d’Azur Region, in France: Towards Extended Railway Station Areas?</w:t>
+                <w:t xml:space="preserve">La intermodalitat entre el transport públic i els modes individuals. Une observació quantitativa de vehicles petits a bord</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dylan Moinse</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Matthieu Goudeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain L'Hostis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Smart And Sustainable Cities Conference #3 - Session 5: Urban mobility, New Technologies and Urban Development</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2021, Lille, France</w:t>
+              <w:t xml:space="preserve">Vermuts de la Mobilitat</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Institut d'Estudis Regionals i Metropolitans de Barcelona, Oct 2022, Barcelona, Spain. pp.39</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-03507433v1</w:t>
+                <w:t xml:space="preserve">halshs-03814933v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Une analyse de l'usage intermodal des trottinettes avec le train dans la région Provence-Alpes-Côte d’Azur. Vers une extension des quartiers de gare ?</w:t>
+                <w:t xml:space="preserve">Le modèle urbain du Transit-Oriented Development revisité par les mobilités émergentes ? Une investigation sur le territoire de la région Hauts-de-France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dylan Moinse</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Alain L'Hostis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Future Days - Mobilité décarbonée (session 2)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2021, Marne-la-Vallée, France</w:t>
+              <w:t xml:space="preserve">Les 22èmes Rencontres Internationales en Urbanisme de l'APERAU : La ville qui s'adapte. Développement urbain et héritage culturel face aux changements environnementaux</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, APERAU, Jun 2021, Rabat, Maroc</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03473394v1</w:t>
+                <w:t xml:space="preserve">halshs-03507291v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le Transit-Oriented Development, un urbanisme axé sur les transports en commun, intégrant les micro-mobilités émergentes. Une investigation sur les trottinettes personnelles en intermodalité, dans la région Hauts-de-France</w:t>
+                <w:t xml:space="preserve">Une analyse de l'usage intermodal des trottinettes avec le train dans la région Provence-Alpes-Côte d’Azur. Vers une extension des quartiers de gare ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dylan Moinse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Goudeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain L'Hostis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Rencontres TerriTrans - MoTAU</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2021, Marne-la-Vallée, France</w:t>
+              <w:t xml:space="preserve">Future Days - Mobilité décarbonée (session 2)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2021, Marne-la-Vallée, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03473391v1</w:t>
+                <w:t xml:space="preserve">hal-03473394v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le modèle urbain du Transit-Oriented Development revisité par les mobilités émergentes ? Une investigation sur le territoire de la région Hauts-de-France</w:t>
+                <w:t xml:space="preserve">An Analysis of Intermodal Use of E-scooters with train in the Provence-Alpes-Côte d’Azur Region, in France: Towards Extended Railway Station Areas?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dylan Moinse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Goudeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain L'Hostis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les 22èmes Rencontres Internationales en Urbanisme de l'APERAU : La ville qui s'adapte. Développement urbain et héritage culturel face aux changements environnementaux</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, APERAU, Jun 2021, Rabat, Maroc</w:t>
+              <w:t xml:space="preserve">Smart And Sustainable Cities Conference #3 - Session 5: Urban mobility, New Technologies and Urban Development</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2021, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-03507291v1</w:t>
+                <w:t xml:space="preserve">halshs-03507433v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le modèle urbain du Transit-Oriented Development revisité par les micro-mobilités émergentes ? Une investigation sur le territoire de la région Hauts-de-France</w:t>
+                <w:t xml:space="preserve">Le Transit-Oriented Development, un urbanisme axé sur les transports en commun, intégrant les micro-mobilités émergentes. Une investigation sur les trottinettes personnelles en intermodalité, dans la région Hauts-de-France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dylan Moinse</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">(Post-)Doctoriales AME 2020</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Département Aménagement, Mobilités et Environnement, Nov 2020, (Distanciel), France</w:t>
+              <w:t xml:space="preserve">Rencontres TerriTrans - MoTAU</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2021, Marne-la-Vallée, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-03507482v1</w:t>
+                <w:t xml:space="preserve">hal-03473391v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Le modèle urbain du Transit-Oriented Development revisité par les micro-mobilités émergentes ? Une investigation sur le territoire de la région Hauts-de-France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dylan Moinse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(Post-)Doctoriales AME 2020</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Département Aménagement, Mobilités et Environnement, Nov 2020, (Distanciel), France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03507482v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">État de l'art sur l'usage des trottinettes électriques en libre-service sans station</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dylan Moinse</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">JTD RST 2020 : Journées Transports &amp; Déplacements du Réseau Scientifique et Technique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2020, Marne-la-Vallée, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03507375v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -2530,98 +2612,98 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le Transit-Oriented Development, un urbanisme axé sur les transports en commun, intégrant les micro-mobilités émergentes. Une investigation sur les trottinettes personnelles en intermodalité, dans la région Hauts-de-France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dylan Moinse</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">(Post-)Doctoriales AME 2021</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2021, Le Croisic, France. pp.1</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03507519v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -2631,51 +2713,51 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Policy Brief: Public Transport, Walking, Bicycle, and Micromobility – Ten Strategies for Planning 15-Minute Station Neighborhoods in the Hauts-de-France Region</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dylan Moinse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -2684,51 +2766,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain L'Hostis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Université Gustave Eiffel. 2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05047969v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -2738,167 +2820,167 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Exploring Val d'Europe's Urban Development in Marne-la-Vallée: A Guided Walking Tour of the TOD Project</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dylan Moinse</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Master. France. 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Cours</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04212064v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Des trottinettes pour « éclater la bulle » des transports en commun</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dylan Moinse</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Doctorat. Fête de la Science 2022, France. 2022, pp.36</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Cours</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03810191v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId60"/>
+      <w:footerReference w:type="default" r:id="rId61"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -2966,51 +3048,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="3D4CA09C"/>
+    <w:nsid w:val="1B8736C6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3197,51 +3279,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/dylan-moinse" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-1916-6989" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-05160113v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dylan Moinse" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04266904v2" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tra.2025.104379" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05225165v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cec&#237;lia Silva" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin B&#252;ttner" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastian Seisenberger" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#227;o Filipe Teixeira" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mar&#237;a Teresa Baquero-Larriva" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cities.2025.106376" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04160573v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain L'Hostis" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jtrangeo.2024.103821" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03523112v2" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Goudeau" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Leysens" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10018-022-00349-7" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03857389v2" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-35664-3_20" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05393853v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Lurkin" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04997615v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain L&#8217;hostis" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05397212v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahad Amini Pishro" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nd&#232;ye A&#239;ta Ciss&#233;" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Lehmann" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05040654v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03857489v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04472715v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-04620714v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-04682048v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04166574v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04034957v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03735732v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03654175v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03881592v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03814933v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03507433v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03473394v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03473391v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03507291v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03507482v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03507375v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03507519v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05047969v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04212064v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03810191v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/dylan-moinse" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-1916-6989" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-05160113v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dylan Moinse" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05225165v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cec&#237;lia Silva" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin B&#252;ttner" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastian Seisenberger" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#227;o Filipe Teixeira" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mar&#237;a Teresa Baquero-Larriva" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cities.2025.106376" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04266904v2" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tra.2025.104379" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04160573v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain L'Hostis" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jtrangeo.2024.103821" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03523112v2" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Goudeau" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Leysens" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10018-022-00349-7" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03857389v2" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-35664-3_20" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05397212v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahad Amini Pishro" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nd&#232;ye A&#239;ta Ciss&#233;" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Lehmann" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05393853v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Lurkin" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04997615v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain L&#8217;hostis" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05040654v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03857489v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05537741v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-04682048v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04472715v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-04620714v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04034957v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04166574v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03654175v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03735732v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03881592v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03814933v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03507291v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03473394v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03507433v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03473391v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03507482v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03507375v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03507519v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05047969v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04212064v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03810191v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>