--- v0 (2026-03-06)
+++ v1 (2026-03-30)
@@ -770,338 +770,338 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04684979v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ultrasensitive Digital Immunoassays for SOD1 Conformation in Amyotrophic Lateral Sclerosis</w:t>
+                <w:t xml:space="preserve">Serum neurofilament light chain cut‐off definition for clinical diagnosis and prognosis of amyotrophic lateral sclerosis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lisa Morichon</w:t>
+                <w:t xml:space="preserve">Mehdi Brousse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christophe Hirtz</w:t>
+                <w:t xml:space="preserve">Constance Delaby</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laurent Tiers</w:t>
+                <w:t xml:space="preserve">Elisa de la Cruz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alexandre Mezghrani</w:t>
+                <w:t xml:space="preserve">Jens Kuhle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cédric Raoul</w:t>
+                <w:t xml:space="preserve">Pascal Benkert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bioanalysis</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 15 (15), pp.927-936. </w:t>
+              <w:t xml:space="preserve">European Journal of Neurology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 30 (7), pp.1919-1927. </w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4155/bio-2023-0103⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/ene.15813⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04650869v1</w:t>
+                <w:t xml:space="preserve">hal-04702161v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Serum neurofilament light chain cut‐off definition for clinical diagnosis and prognosis of amyotrophic lateral sclerosis</w:t>
+                <w:t xml:space="preserve">Ultrasensitive Digital Immunoassays for SOD1 Conformation in Amyotrophic Lateral Sclerosis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mehdi Brousse</w:t>
+                <w:t xml:space="preserve">Lisa Morichon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Constance Delaby</w:t>
+                <w:t xml:space="preserve">Christophe Hirtz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elisa de la Cruz</w:t>
+                <w:t xml:space="preserve">Laurent Tiers</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jens Kuhle</w:t>
+                <w:t xml:space="preserve">Alexandre Mezghrani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pascal Benkert</w:t>
+                <w:t xml:space="preserve">Cédric Raoul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Neurology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 30 (7), pp.1919-1927. </w:t>
+              <w:t xml:space="preserve">Bioanalysis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 15 (15), pp.927-936. </w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/ene.15813⟩</w:t>
+                <w:t xml:space="preserve">⟨10.4155/bio-2023-0103⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04702161v1</w:t>
+                <w:t xml:space="preserve">hal-04650869v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Therapeutic tools for familial ALS</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">William Camu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elisa de la Cruz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Esselin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1429,77 +1429,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Repeated neurofilament light chain measurements did not capture Riluzole therapeutic effect in amyotrophic lateral sclerosis patients</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Esselin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elisa de la Cruz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Hirtz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Tiers</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Alphandery</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -1831,51 +1831,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Reversible sub-acute motor neuron syndrome after mushroom intoxication masquerading as amyotrophic lateral sclerosis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmeline Lagrange</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elisa de la Cruz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Esselin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2023,51 +2023,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Brugioti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Désiré Challuau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elisa de la Cruz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Esselin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2403,51 +2403,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05252178v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Sanson" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abderhmane Slioui" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Garcia" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lori Klouvi" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Lejeune" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13023-025-03877-z" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04761813v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Bahout" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gianmarco Severa" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emna Kamoun" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Bouhour" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Pegat" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/jnnp-2024-334263" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04918684v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. G&#233;rard" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Delourme" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Tardy" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Ganne" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Perrin" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41431-024-01781-x" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04667757v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Salort-Campana" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilhem Sol&#233;" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armelle Magot" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Tard" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Noury" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13023-023-03008-6" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04684979v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Huin" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Blum" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Violette Delforge" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Cailliau" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Djeziri" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nbd.2024.106603" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04650869v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Morichon" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Hirtz" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Tiers" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Mezghrani" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Raoul" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4155/bio-2023-0103" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04702161v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehdi Brousse" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Constance Delaby" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa de la Cruz" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jens Kuhle" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Benkert" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ene.15813" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05119016v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Camu" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Esselin" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neurol.2022.10.001" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-04660167v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Guissart" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. de La Cruz" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Flabeau" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. M. Grapperon" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Corazza" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/jnnp-2023-331753" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04312742v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Opie-Martin" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alfredo Iacoangeli" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon D Topp" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olubunmi Abel" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Keith Mayl" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-022-34620-y" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04471223v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Alphandery" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/cns.13894" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-03832282v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farid Boumediene" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Marin" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jaime Luna" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Bonneterre" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10654-022-00904-2" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03625884v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa de La Cruz" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Guissart" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Polge" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Pageot" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/21678421.2021.1990344" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03606204v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmeline Lagrange" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Vernoux" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/21678421.2021.2008453" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04916322v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Ritacco" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Brugioti" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D&#233;sir&#233; Challuau" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04916241v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Forget" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aleksandra Chudinova" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireille Rossel" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Gabelle-Deloustal" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05252178v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Sanson" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abderhmane Slioui" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Garcia" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lori Klouvi" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Lejeune" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13023-025-03877-z" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04761813v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Bahout" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gianmarco Severa" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emna Kamoun" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Bouhour" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Pegat" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/jnnp-2024-334263" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04918684v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. G&#233;rard" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Delourme" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Tardy" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Ganne" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Perrin" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41431-024-01781-x" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04667757v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Salort-Campana" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilhem Sol&#233;" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armelle Magot" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Tard" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Noury" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13023-023-03008-6" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04684979v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Huin" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Blum" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Violette Delforge" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Cailliau" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Djeziri" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nbd.2024.106603" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04702161v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehdi Brousse" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Constance Delaby" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa de la Cruz" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jens Kuhle" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Benkert" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ene.15813" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04650869v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Morichon" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Hirtz" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Tiers" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Mezghrani" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Raoul" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4155/bio-2023-0103" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05119016v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Camu" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Esselin" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neurol.2022.10.001" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-04660167v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Guissart" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. de La Cruz" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Flabeau" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. M. Grapperon" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Corazza" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/jnnp-2023-331753" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04312742v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Opie-Martin" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alfredo Iacoangeli" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon D Topp" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olubunmi Abel" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Keith Mayl" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-022-34620-y" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04471223v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Alphandery" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/cns.13894" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-03832282v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farid Boumediene" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Marin" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jaime Luna" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Bonneterre" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10654-022-00904-2" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03625884v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa de La Cruz" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Guissart" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Polge" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Pageot" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/21678421.2021.1990344" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03606204v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmeline Lagrange" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Vernoux" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/21678421.2021.2008453" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04916322v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Ritacco" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Brugioti" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D&#233;sir&#233; Challuau" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04916241v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Forget" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aleksandra Chudinova" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireille Rossel" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Gabelle-Deloustal" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>