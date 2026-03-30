--- v0 (2026-03-06)
+++ v1 (2026-03-30)
@@ -211,563 +211,563 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Structure-based design of macrocyclic peptides to generate functional antibodies against G protein-coupled receptors</w:t>
+                <w:t xml:space="preserve">A lipidated peptide derived from the C-terminal tail of the vasopressin 2 receptor shows promise as a new β-arrestin inhibitor</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie-Edith Nepveu-Traversy</w:t>
+                <w:t xml:space="preserve">Rebecca L Brouillette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Malihe Hassanzadeh</w:t>
+                <w:t xml:space="preserve">Christine E Mona</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laurent Bruneau-Cossette</w:t>
+                <w:t xml:space="preserve">Michael Desgagné</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Élie Besserer-Offroy</w:t>
+                <w:t xml:space="preserve">Malihe Hassanzedeh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rebecca Brouillette</w:t>
+                <w:t xml:space="preserve">Émile Breault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Communications</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 16 (1), pp.11215. </w:t>
+              <w:t xml:space="preserve">Pharmacological Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 212, pp.107597. </w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/s41467-025-66030-1⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.phrs.2025.107597⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05433167v1</w:t>
+                <w:t xml:space="preserve">hal-04877786v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Opioid Analgesics: Rise and Fall of Ligand Biased Signaling and Future Perspectives in the Quest for the Holy Grail</w:t>
+                <w:t xml:space="preserve">Structure-based design of macrocyclic peptides to generate functional antibodies against G protein-coupled receptors</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Émile Breault</w:t>
+                <w:t xml:space="preserve">Marie-Edith Nepveu-Traversy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rebecca L Brouillette</w:t>
+                <w:t xml:space="preserve">Malihe Hassanzadeh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Terence E Hébert</w:t>
+                <w:t xml:space="preserve">Laurent Bruneau-Cossette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Philippe Sarret</w:t>
+                <w:t xml:space="preserve">Élie Besserer-Offroy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elie Besserer-Offroy</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Rebecca Brouillette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CNS Drugs</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 39 (6), pp.565-581. </w:t>
+              <w:t xml:space="preserve">Nature Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 16 (1), pp.11215. </w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s40263-025-01172-w⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/s41467-025-66030-1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">inserm-05017491v1</w:t>
+                <w:t xml:space="preserve">hal-05433167v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A neurotensin receptor type 1-derived pepducin acts as a biased allosteric modulator to regulate target receptor function</w:t>
+                <w:t xml:space="preserve">Opioid Analgesics: Rise and Fall of Ligand Biased Signaling and Future Perspectives in the Quest for the Holy Grail</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rebecca Brouillette</w:t>
+                <w:t xml:space="preserve">Émile Breault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rebecca L Brouillette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frédérique Lussier</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Émile Breault</w:t>
+                <w:t xml:space="preserve">Terence E Hébert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nathan Meneboo</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Philippe Sarret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elie Besserer-Offroy</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Acta Pharmaceutica Sinica B</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.apsb.2025.12.043⟩</w:t>
+              <w:t xml:space="preserve">CNS Drugs</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 39 (6), pp.565-581. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s40263-025-01172-w⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">inserm-05441447v1</w:t>
+                <w:t xml:space="preserve">inserm-05017491v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A lipidated peptide derived from the C-terminal tail of the vasopressin 2 receptor shows promise as a new β-arrestin inhibitor</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A neurotensin receptor type 1-derived pepducin acts as a biased allosteric modulator to regulate target receptor function</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rebecca Brouillette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédérique Lussier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Émile Breault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathan Meneboo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rebecca L Brouillette</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Émile Breault</w:t>
+                <w:t xml:space="preserve">Malihe Hassanzadeh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Pharmacological Research</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 212, pp.107597. </w:t>
+              <w:t xml:space="preserve">Acta Pharmaceutica Sinica B</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, Online ahead of print. </w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.phrs.2025.107597⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.apsb.2025.12.043⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04877786v1</w:t>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inserm-05441447v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Size-Reduced Macrocyclic Analogues of [Pyr 1 ]-apelin-13 Showing Negative Gα 12 Bias Still Produce Prolonged Cardiac Effects</w:t>
               </w:r>
@@ -913,51 +913,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Vivancos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roberto Fanelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Élie Besserer-Offroy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabrina Beaulieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1021,77 +1021,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Data set describing the in vitro biological activity of JMV2009, a novel silylated neurotensin(8-13) analog</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elie Besserer-Offroy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Tétreault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rebecca L Brouillette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adeline René</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1172,64 +1172,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pain relief devoid of opioid side effects following central action of a silylated T neurotensin analog</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Tétreault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Élie Besserer-Offroy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rebecca L Brouillette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adeline René</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1319,51 +1319,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roberto Fanelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Floquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Élie Besserer-Offroy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bartholomé Delort</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1586,51 +1586,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Synthesis and Characterization in Vitro and in Vivo of ( l )-(Trimethylsilyl)alanine Containing Neurotensin Analogues</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roberto Fanelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Élie Besserer-Offroy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adeline René</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1797,51 +1797,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="A1ED180B"/>
+    <w:nsid w:val="A1202778"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2028,51 +2028,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ebesserer-offroy" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7473-7043" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://arxiv.org/a/bessereroffroy_e_1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/K-5513-2014" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05433167v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Edith Nepveu-Traversy" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malihe Hassanzadeh" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Bruneau-Cossette" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lie Besserer-Offroy" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rebecca Brouillette" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-025-66030-1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-05017491v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;mile Breault" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rebecca L Brouillette" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Terence E H&#233;bert" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Sarret" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elie Besserer-Offroy" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s40263-025-01172-w" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-05441447v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Lussier" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathan Meneboo" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apsb.2025.12.043" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04877786v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine E Mona" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Desgagn&#233;" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malihe Hassanzedeh" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.phrs.2025.107597" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04015710v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kien Tran" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Sainsily" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me C&#244;t&#233;" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Coquerel" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Couvineau" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jmedchem.1c01708" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03155317v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Vivancos" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberto Fanelli" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrina Beaulieu" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Chartier" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbr.2021.113189" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03022455v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal T&#233;treault" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Ren&#233;" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Murza" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dib.2020.105884" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03022448v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejphar.2020.173174" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02322191v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Floquet" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bartholom&#233; Delort" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jmedchem.6b01848" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03566472v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denisa Hap&#259;u" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle R&#233;mond" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejoc.201501495" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-QFVQ4S9P-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03566154v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jmedchem.5b00841" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ebesserer-offroy" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7473-7043" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://arxiv.org/a/bessereroffroy_e_1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/K-5513-2014" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04877786v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rebecca L Brouillette" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine E Mona" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Desgagn&#233;" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malihe Hassanzedeh" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;mile Breault" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.phrs.2025.107597" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05433167v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Edith Nepveu-Traversy" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malihe Hassanzadeh" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Bruneau-Cossette" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lie Besserer-Offroy" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rebecca Brouillette" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-025-66030-1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-05017491v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Terence E H&#233;bert" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Sarret" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elie Besserer-Offroy" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s40263-025-01172-w" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-05441447v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Lussier" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathan Meneboo" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apsb.2025.12.043" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04015710v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kien Tran" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Sainsily" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me C&#244;t&#233;" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Coquerel" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Couvineau" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jmedchem.1c01708" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03155317v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Vivancos" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberto Fanelli" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrina Beaulieu" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Chartier" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbr.2021.113189" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03022455v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal T&#233;treault" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Ren&#233;" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Murza" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dib.2020.105884" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03022448v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejphar.2020.173174" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02322191v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Floquet" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bartholom&#233; Delort" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jmedchem.6b01848" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03566472v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denisa Hap&#259;u" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle R&#233;mond" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejoc.201501495" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-QFVQ4S9P-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03566154v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jmedchem.5b00841" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>