--- v0 (2026-03-07)
+++ v1 (2026-03-27)
@@ -1839,200 +1839,200 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02984387v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Santé et environnement. Dépasser l’incertitude</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ève Bureau-Point</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Simon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Inserm - Le magazine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, Dossier : Santé et environnement. Dépasser l’incertitude., 44, pp.30-32</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03017523v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Substances chimiques et peurs alimentaires au Cambodge</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ève Bureau-Point</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Seyha Doeurn</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Moussons : recherches en sciences humaines sur l'Asie du Sud-Est</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 34, pp.109-140. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/moussons.5417⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/moussons.5417⟩</w:t>
-[...17 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">hal-02423327v1</w:t>
-              </w:r>
-[...80 lines deleted...]
-                <w:t xml:space="preserve">hal-03017523v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Humanités environnementales. Enquêtes et contre-enquêtes&amp;quot;, Guillaume Blanc, Élise Demeulenaere, Wolf Feuerhahn (dir)</w:t>
               </w:r>
@@ -3359,230 +3359,230 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05494744v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Termite mounds in Cambodian paddy fields. Are they always kept for improving soil quality?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ratha Muon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chenda Lai</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ève Bureau-Point</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Chassagne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frank Wieringa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">EGU General Assembly 2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2022, Vienna, Austria. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5194/egusphere-egu22-55⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03868688v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Usages des pesticides dans les systèmes alimentaires : quels leviers d’actions pour limiter les impacts sur la santé des populations ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ève Bureau-Point</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Communauté de Savoirs "Systèmes alimentaires durables" (SyaD). Séminaire scientifique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, IRD, Nov 2022, Visioconférence, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03956464v1</w:t>
-              </w:r>
-[...132 lines deleted...]
-                <w:t xml:space="preserve">hal-03868688v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">“Of pesticides and men... in Cambodia” (slideshow)</w:t>
               </w:r>
@@ -4918,142 +4918,142 @@
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les usages inattendus de la participation dans les programmes de lutte contre le sida au Cambodge</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ève Bureau-Point</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">LES EFFETS DE LA PARTICIPATION</w:t>
+              <w:t xml:space="preserve">Participation du public, démocratie participative ; Etat des savoirs et chantiers de recherche</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2011, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03306881v1</w:t>
+                <w:t xml:space="preserve">hal-02509603v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les usages inattendus de la participation dans les programmes de lutte contre le sida au Cambodge</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ève Bureau-Point</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Participation du public, démocratie participative ; Etat des savoirs et chantiers de recherche</w:t>
+              <w:t xml:space="preserve">LES EFFETS DE LA PARTICIPATION</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2011, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02509603v1</w:t>
+                <w:t xml:space="preserve">hal-03306881v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Ouvrages (3)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -8571,151 +8571,151 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Des pesticides et des hommes au Cambodge</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ève Bureau-Point</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2023</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Vidéo</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04209720v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Of pesticides and men in Cambodia</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ève Bureau-Point</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Vidéo</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId210" w:history="1">
+            <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04220950v1</w:t>
-              </w:r>
-[...60 lines deleted...]
-                <w:t xml:space="preserve">hal-04209720v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">N°spécial de revue/special issue (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -9240,51 +9240,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="3C32958C"/>
+    <w:nsid w:val="B9E13EB3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -9471,51 +9471,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ebp" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4827-4046" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/19406347X" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05267598v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Barth&#233;l&#233;my" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#200;ve Bureau-Point" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Centemeri" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davide Olori" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Domenico Perrotta" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3240/117998" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05328335v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Leenhardt" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Mamy" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Berny" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eve Bureau-Point" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/risa.70129" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04083391v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Pesce" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wilfried Sanchez" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcel Amichot" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joan Artigas" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11356-023-26952-z" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04577328v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Doussan" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.-F. Corio-Costet" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11356-024-33638-7" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04621052v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Venot" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sreytouch Heourn" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3828/whpge.63837646622493" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04766956v2" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/1294k" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04161047v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ratha Muon" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chenda Lai" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Herv&#233;" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rainer Zaiss" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/sum.12893" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03759423v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Aulagnier" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mounia El Kotni" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Goulet" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/nss/2022024" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04027177v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Temple" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/vertigo.38765" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03795680v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03309838v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/anthropologiesante.9054" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03597241v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Demeulenaere" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimi Th&#233;odore Doudou" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Thivet" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/vertigo.34625" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03493987v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Sarradon-Eck" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lia Mathiot" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1083800ar" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03366237v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02984387v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Baxerres" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sena Chheang" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/01459740.2020.1753726" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02423327v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Seyha Doeurn" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/moussons.5417" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03017523v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Simon" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02118172v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/lhomme.32046" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02132359v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Candau" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leang Sim Kruy" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/autr.082.0125" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02151619v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Capodano" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eve Bureau" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Julian-Reynier" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bulcan.2016.03.003" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02509726v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-01991364v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Pellegrini" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Nogu&#232;s" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Lasset" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/hex.12211" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02516103v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sovannoty Phan" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/1049732315583269" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02916916v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Judith Hermann-Mesfen" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02509823v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/anthropologiesante.1342" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02916942v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1024081ar" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03306873v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/amades.1315" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02509568v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Bourdier" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/moussons.412" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05138584v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05494654v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sivmey Chhoeung" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Jouquet" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sreypich Sinh" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chanrithy Lao" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05494744v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03956464v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03868688v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Chassagne" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frank Wieringa" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu22-55" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03956527v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03956562v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03307028v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03306902v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03494614v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03494286v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03494283v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03004050v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03306907v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03307029v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03087964v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02509846v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03977398v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03306914v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02916948v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malinda To" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02916952v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adolphe Kpatchavi" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Arhinful" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Le Hesran" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03307019v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03307022v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03306881v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02509603v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04352371v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Goutille" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacqueline Candau" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Lambert" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agoss&#232; Nad&#232;ge Degbelo" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03907069v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maurice Cassier" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica Pourraz" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudie Haxaire" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Maham&#233;" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.irdeditions.46056" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02916876v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04642881v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04917870v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions.ird.fr" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.irdeditions.46156" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03494255v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.routledge.com/Understanding-Drugs-Markets-An-Analysis-of-Medicines-Regulations-and-Pharmaceutical/Baxerres-Cassier/p/book/9780367350673" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4324/9780429329517-6" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02126733v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Rosso" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Durand" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Geffroy" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://presses-universitaires.univ-amu.fr/premiers-cris-premieres-nourritures" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02117814v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02509582v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02916910v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04047913v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Reboud" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sibylle De-Tarl&#233;" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Lequin" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Bonato" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Bordin" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03759553v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Laure Achard" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03777257v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00846647v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/hal-05069030v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/hal-05069121v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/hal-05024195v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/hal-05069094v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/hal-05069041v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/hal-05069076v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/hal-05026905v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/hal-05024957v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01308044v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-02150279v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01305741v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01308059v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01308088v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01308085v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01308052v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01308086v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/hal-05218853v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01308073v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01308070v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01308050v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01308054v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01308041v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01308090v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01308079v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01308084v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01308045v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01308082v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01308075v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01308064v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01308067v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/hal-04220950v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/hal-04209720v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03596252v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/vertigo.33540" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05088303v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa George" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03306864v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melissa Blanchard" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suzanne de Cheveign&#233;" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myl&#232;ne Hernandez" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Hert" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02919684v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ebp" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4827-4046" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/19406347X" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05267598v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Barth&#233;l&#233;my" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#200;ve Bureau-Point" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Centemeri" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davide Olori" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Domenico Perrotta" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3240/117998" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05328335v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Leenhardt" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Mamy" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Berny" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eve Bureau-Point" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/risa.70129" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04083391v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Pesce" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wilfried Sanchez" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcel Amichot" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joan Artigas" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11356-023-26952-z" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04577328v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Doussan" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.-F. Corio-Costet" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11356-024-33638-7" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04621052v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Venot" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sreytouch Heourn" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3828/whpge.63837646622493" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04766956v2" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/1294k" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04161047v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ratha Muon" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chenda Lai" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Herv&#233;" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rainer Zaiss" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/sum.12893" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03759423v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Aulagnier" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mounia El Kotni" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Goulet" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/nss/2022024" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04027177v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Temple" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/vertigo.38765" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03795680v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03309838v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/anthropologiesante.9054" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03597241v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Demeulenaere" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimi Th&#233;odore Doudou" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Thivet" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/vertigo.34625" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03493987v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Sarradon-Eck" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lia Mathiot" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1083800ar" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03366237v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02984387v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Baxerres" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sena Chheang" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/01459740.2020.1753726" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03017523v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Simon" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02423327v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Seyha Doeurn" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/moussons.5417" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02118172v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/lhomme.32046" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02132359v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Candau" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leang Sim Kruy" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/autr.082.0125" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02151619v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Capodano" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eve Bureau" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Julian-Reynier" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bulcan.2016.03.003" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02509726v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-01991364v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Pellegrini" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Nogu&#232;s" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Lasset" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/hex.12211" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02516103v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sovannoty Phan" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/1049732315583269" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02916916v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Judith Hermann-Mesfen" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02509823v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/anthropologiesante.1342" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02916942v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1024081ar" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03306873v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/amades.1315" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02509568v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Bourdier" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/moussons.412" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05138584v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05494654v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sivmey Chhoeung" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Jouquet" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sreypich Sinh" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chanrithy Lao" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05494744v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03868688v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Chassagne" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frank Wieringa" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu22-55" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03956464v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03956527v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03956562v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03307028v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03306902v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03494614v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03494286v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03494283v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03004050v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03306907v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03307029v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03087964v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02509846v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03977398v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03306914v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02916948v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malinda To" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02916952v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adolphe Kpatchavi" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Arhinful" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Le Hesran" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03307019v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03307022v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02509603v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03306881v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04352371v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Goutille" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacqueline Candau" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Lambert" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agoss&#232; Nad&#232;ge Degbelo" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03907069v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maurice Cassier" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica Pourraz" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudie Haxaire" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Maham&#233;" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.irdeditions.46056" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02916876v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04642881v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04917870v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions.ird.fr" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.irdeditions.46156" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03494255v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.routledge.com/Understanding-Drugs-Markets-An-Analysis-of-Medicines-Regulations-and-Pharmaceutical/Baxerres-Cassier/p/book/9780367350673" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4324/9780429329517-6" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02126733v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Rosso" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Durand" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Geffroy" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://presses-universitaires.univ-amu.fr/premiers-cris-premieres-nourritures" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02117814v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02509582v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02916910v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04047913v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Reboud" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sibylle De-Tarl&#233;" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Lequin" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Bonato" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Bordin" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03759553v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Laure Achard" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03777257v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00846647v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/hal-05069030v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/hal-05069121v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/hal-05024195v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/hal-05069094v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/hal-05069041v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/hal-05069076v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/hal-05026905v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/hal-05024957v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01308044v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-02150279v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01305741v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01308059v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01308088v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01308085v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01308052v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01308086v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/hal-05218853v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01308073v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01308070v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01308050v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01308054v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01308041v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01308090v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01308079v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01308084v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01308045v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01308082v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01308075v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01308064v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01308067v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/hal-04209720v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/hal-04220950v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03596252v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/vertigo.33540" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05088303v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa George" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03306864v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melissa Blanchard" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suzanne de Cheveign&#233;" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myl&#232;ne Hernandez" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Hert" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02919684v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>