--- v0 (2026-03-07)
+++ v1 (2026-03-30)
@@ -2243,295 +2243,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04093027v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’Epidermal Growth Factor Receptor (EGFR) est une cible thérapeutique pour un sous-groupe de tumeurs de vessie agressives de phénotype de type basal</w:t>
+                <w:t xml:space="preserve">A siRNA screen identifies RAD21 , EIF3H , CHRAC1 and TANC2 as driver genes within the 8q23, 8q24.3 and 17q23 amplicons in breast cancer with effects on cell growth, survival and transformation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Y. Neuzillet</w:t>
+                <w:t xml:space="preserve">Sardar Faisal Mahmood</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Rebouissou</w:t>
+                <w:t xml:space="preserve">Nadège Gruel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elodie Chapeaublanc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. de Reynies</w:t>
+                <w:t xml:space="preserve">Aurianne Lescure</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Lepage</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">C. Krucker</w:t>
+                <w:t xml:space="preserve">Thouis Jones</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Progrès en Urologie</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.purol.2014.08.053⟩</w:t>
+              <w:t xml:space="preserve">Carcinogenesis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 35 (3), pp.670-682. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/carcin/bgt351⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04093062v1</w:t>
+                <w:t xml:space="preserve">hal-04093017v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A siRNA screen identifies RAD21 , EIF3H , CHRAC1 and TANC2 as driver genes within the 8q23, 8q24.3 and 17q23 amplicons in breast cancer with effects on cell growth, survival and transformation</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">L’Epidermal Growth Factor Receptor (EGFR) est une cible thérapeutique pour un sous-groupe de tumeurs de vessie agressives de phénotype de type basal</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Neuzillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sardar Faisal Mahmood</w:t>
+                <w:t xml:space="preserve">S. Rebouissou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nadège Gruel</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Elodie Chapeaublanc</w:t>
+                <w:t xml:space="preserve">A. de Reynies</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aurianne Lescure</w:t>
+                <w:t xml:space="preserve">M. Lepage</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thouis Jones</w:t>
+                <w:t xml:space="preserve">C. Krucker</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Carcinogenesis</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, 35 (3), pp.670-682. </w:t>
+              <w:t xml:space="preserve">Progrès en Urologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 24 (13), pp.806. </w:t>
             </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1093/carcin/bgt351⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.purol.2014.08.053⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId91" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04093017v1</w:t>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04093062v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Independent Component Analysis Uncovers the Landscape of the Bladder Tumor Transcriptome and Reveals Insights into Luminal and Basal Subtypes</w:t>
               </w:r>
@@ -2798,51 +2798,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">PPAPDC1B and WHSC1L1 Are Common Drivers of the 8p11-12 Amplicon, Not Only in Breast Tumors But Also in Pancreatic Adenocarcinomas and Lung Tumors</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sardar Mahmood</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadège Gruel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémy Nicolle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3821,51 +3821,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="75CFBA13"/>
+    <w:nsid w:val="67F1A0D7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4052,51 +4052,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/echapeau" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-9668-7753" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-05299808v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel G Huete" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Killian Coullin" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Chapeaublanc" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachel Torchet" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Benaroudj" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04687147v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aura Ileana Moreno Vega" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Macarena Zambrano" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Puig" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Dufour" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clarice Groeneveld" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03854062v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Neyret-Kahn" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacqueline Fontugne" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiang Yu Meng" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Cabel" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03424976v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Coutos-Th&#233;venot" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Syrine Beji" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Pippo" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-04609173v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Bonche" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bryan Brancotte" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amanda Dieuaide" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Malesys" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-04643557v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04269480v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginia Sanchez-Quiles" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mingjun Shi" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Dingli" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.eururo.2023.05.037" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04092965v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41388-023-02662-1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03853973v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ming-Jun Shi" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aura Moreno-Vega" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiang-Yu Meng" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.eururo.2022.09.030" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03853960v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Lang" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire B&#233;raud" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Lassalle" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fonc.2022.930731" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03374490v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jing Liu" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniela Ottaviani" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meriem Sefta" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Desbrousses" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-021-25792-0" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04092980v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillem Pascual-Pasto" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miriam Bazan-Peregrino" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nagore Olaciregui" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camilo Restrepo-Perdomo" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Mato-Berciano" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/scitranslmed.aat9321" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02340153v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Linda Silina" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mentine Krucker" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41416-019-0397-6" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02066552v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Mah&#233;" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15252/emmm.201708163" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01587434v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Neuzillet" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leanne de Koning" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Lebret" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12885-017-3618-5" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04093027v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Rebouissou" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Bernard-Pierrot" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien de Reyni&#232;s" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=May-Linda Lepage" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/scitranslmed.3008970" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04093062v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Neuzillet" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Rebouissou" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. de Reynies" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Lepage" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Krucker" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.purol.2014.08.053" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04093017v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sardar Faisal Mahmood" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nad&#232;ge Gruel" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurianne Lescure" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thouis Jones" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/carcin/bgt351" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04093036v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Biton" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yinjun Lou" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.celrep.2014.10.035" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04093083v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed El Behi" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Krumeich" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catalina Lodillinsky" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Kamoun" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorenzo Tibaldi" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/emmm.201302655" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04093306v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sardar Mahmood" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Nicolle" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Delattre" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ajpath.2013.07.028" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04093313v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joel Ho" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Kirkwood" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remy Nicolle" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simone Benhamou" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0039469" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04093318v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Vallot" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Stransky" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie H&#233;rault" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica Zucman-Rossi" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jnci/djq470" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-00516657v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Almeras" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Albin Fontaine" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maya Belghazi" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Bourdon" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Boucomont-Chapeaublanc" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1089/vbz.2009.0042" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00663742v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Briolant" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Wurtz" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1475-2875-9-141" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04093328v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris Pastorino" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Peyrefitte" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Fusa&#239;" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/mcp.M800565-MCP200" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-05371309v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Malabat" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; M&#233;nager" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:bb2d6a4a873c806a3bd8d9b7e53b1faf1060762b;origin=https://gitlab.pasteur.fr/hub/strass;visit=swh:1:snp:3077a7ad7c1a3bf4542a86c736850e93b96afab0;anchor=swh:1:rev:f47d82184fe0e5f055fdd94ad92c899658c496e8" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/echapeau" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-9668-7753" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-05299808v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel G Huete" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Killian Coullin" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Chapeaublanc" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachel Torchet" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Benaroudj" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04687147v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aura Ileana Moreno Vega" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Macarena Zambrano" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Puig" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Dufour" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clarice Groeneveld" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03854062v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Neyret-Kahn" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacqueline Fontugne" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiang Yu Meng" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Cabel" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03424976v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Coutos-Th&#233;venot" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Syrine Beji" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Pippo" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-04609173v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Bonche" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bryan Brancotte" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amanda Dieuaide" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Malesys" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-04643557v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04269480v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginia Sanchez-Quiles" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mingjun Shi" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Dingli" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.eururo.2023.05.037" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04092965v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41388-023-02662-1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03853973v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ming-Jun Shi" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aura Moreno-Vega" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiang-Yu Meng" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.eururo.2022.09.030" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03853960v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Lang" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire B&#233;raud" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Lassalle" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fonc.2022.930731" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03374490v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jing Liu" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniela Ottaviani" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meriem Sefta" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Desbrousses" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-021-25792-0" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04092980v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillem Pascual-Pasto" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miriam Bazan-Peregrino" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nagore Olaciregui" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camilo Restrepo-Perdomo" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Mato-Berciano" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/scitranslmed.aat9321" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02340153v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Linda Silina" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mentine Krucker" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41416-019-0397-6" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02066552v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Mah&#233;" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15252/emmm.201708163" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01587434v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Neuzillet" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leanne de Koning" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Lebret" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12885-017-3618-5" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04093027v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Rebouissou" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Bernard-Pierrot" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien de Reyni&#232;s" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=May-Linda Lepage" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/scitranslmed.3008970" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04093017v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sardar Faisal Mahmood" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nad&#232;ge Gruel" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurianne Lescure" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thouis Jones" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/carcin/bgt351" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04093062v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Neuzillet" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Rebouissou" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. de Reynies" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Lepage" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Krucker" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.purol.2014.08.053" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04093036v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Biton" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yinjun Lou" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.celrep.2014.10.035" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04093083v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed El Behi" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Krumeich" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catalina Lodillinsky" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Kamoun" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorenzo Tibaldi" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/emmm.201302655" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04093306v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sardar Mahmood" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Nicolle" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Delattre" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ajpath.2013.07.028" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04093313v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joel Ho" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Kirkwood" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remy Nicolle" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simone Benhamou" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0039469" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04093318v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Vallot" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Stransky" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie H&#233;rault" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica Zucman-Rossi" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jnci/djq470" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-00516657v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Almeras" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Albin Fontaine" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maya Belghazi" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Bourdon" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Boucomont-Chapeaublanc" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1089/vbz.2009.0042" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00663742v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Briolant" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Wurtz" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1475-2875-9-141" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04093328v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris Pastorino" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Peyrefitte" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Fusa&#239;" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/mcp.M800565-MCP200" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-05371309v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Malabat" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; M&#233;nager" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:bb2d6a4a873c806a3bd8d9b7e53b1faf1060762b;origin=https://gitlab.pasteur.fr/hub/strass;visit=swh:1:snp:3077a7ad7c1a3bf4542a86c736850e93b96afab0;anchor=swh:1:rev:f47d82184fe0e5f055fdd94ad92c899658c496e8" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>