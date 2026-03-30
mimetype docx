--- v0 (2026-03-06)
+++ v1 (2026-03-30)
@@ -66,4531 +66,4531 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
+        <w:t xml:space="preserve">Ouvrages (2)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId7" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Trente ans de droit privé. Florilège à l'occasion des trente ans de l’Équipe de recherche en droit privé</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Boucard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eddy Lamazerolles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Presses universitaires juridiques de Poitiers</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 446 p., 2024, Collection de la Faculté de droit et des sciences sociales de Poitiers. Actes &amp; Colloques, 978-2-38194-040-3</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId7" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03997807v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pactes d'actionnaires et privilèges statutaires</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eddy Lamazerolles</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marc Moulin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Edition Formation Entreprise, 256 p., 2020, 978-2-915661-73-6</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (manuel)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04007711v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
         <w:t xml:space="preserve">Article dans une revue (57)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId7" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sociétés et groupements [chronique]</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eddy Lamazerolles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marc Moulin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Rabreau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Recueil Dalloz</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 37, pp.1832</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId7" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04775031v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pacte d'associés perpétuel (contrat à durée indéterminée)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eddy Lamazerolles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Recueil Dalloz</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 37, pp.1922</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04459877v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pacte d'associés conclu pour la durée de la société (contrat à durée déterminée)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eddy Lamazerolles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Recueil Dalloz</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 37, pp.1922</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04459881v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jurisprudence judiciaire favorable à l'exclusion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eddy Lamazerolles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Recueil Dalloz</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 37, pp.1922</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04459860v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Contrôle judiciaire du prix de cession</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eddy Lamazerolles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Recueil Dalloz</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 37, pp.1922</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04459842v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Une jurisprudence constitutionnelle favorable à l'exclu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eddy Lamazerolles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Recueil Dalloz</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 37, pp.1922</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04459870v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId13" w:history="1">
-[...19 lines deleted...]
-                <w:t xml:space="preserve">Eddy Lamazerolles</w:t>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sociétés et groupements</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eddy Lamazerolles</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Rabreau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Recueil Dalloz</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 37, pp.1922</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04265609v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Monopole statutaire et domaines de l'extrastatutaire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eddy Lamazerolles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Recueil Dalloz</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 37, pp.1922</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04459887v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sociétés civiles - Modalités d'appréciation de l'unanimité requise pour les délibérations sociales</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eddy Lamazerolles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Semaine juridique. Édition générale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, n° 10, p. 506</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04021569v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Exception de nullité d'une promesse de cession assortie de conditions: réalisation d'une condition et exécution de la promesse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eddy Lamazerolles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Recueil Dalloz Sirey de doctrine de jurisprudence et de législation </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 37, pp.1875</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04018377v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nullité d'une cession en cas de falsification de signature: point de départ du délai de prescription</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eddy Lamazerolles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Recueil Dalloz Sirey de doctrine de jurisprudence et de législation </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 37, pp.1875</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04018370v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Révocation d'un président de directoire lié à la société par une convention de mandat social: sort des primes prévues par la convention</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eddy Lamazerolles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Recueil Dalloz Sirey de doctrine de jurisprudence et de législation </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 37, pp.1875</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04018365v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Révocation d'un directeur général de SAS: définition exclusivement statutaire de la révocation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eddy Lamazerolles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Recueil Dalloz Sirey de doctrine de jurisprudence et de législation </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 37, pp.1875</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03825417v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Garantie d'éviction du cédant de parts sociales ou d'actions: instauration d'un contrôle de proportionnalité</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eddy Lamazerolles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Recueil Dalloz Sirey de doctrine de jurisprudence et de législation </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 37, pp.1875</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04018383v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Appel-réformation contre le jugement refusant de désigner l'expert de l'article 1843-4 du code civil: double revirement jurisprudentiel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eddy Lamazerolles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Recueil Dalloz Sirey de doctrine de jurisprudence et de législation </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 37, pp.1875</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04018392v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Faire exécuter les conventions de vote entre associés</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eddy Lamazerolles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Semaine juridique. Entreprise et affaires</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 18, p. 20</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04008745v2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le processus de cession des droits sociaux saisi par le droit commun des contrats (caducité de la promesse à durée indéterminée et protocole de cession valant vente)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eddy Lamazerolles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Recueil Dalloz Sirey de doctrine de jurisprudence et de législation </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 37, pp.1941</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04018422v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'application dans le temps de l'article 1843-4 du code civil, tel que modifié par l'ordonnance n° 2014-863 du 31 juillet 2014.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eddy Lamazerolles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Recueil Dalloz Sirey de doctrine de jurisprudence et de législation </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 37, pp.1941</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04018417v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'article 1843-4 du code civil ne s'applique pas en cas de retrait d'une association d'avocats</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eddy Lamazerolles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Recueil Dalloz Sirey de doctrine de jurisprudence et de législation </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 37, pp.1941</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04018431v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La désignation d'un mandataire ad hoc doit uniquement être conforme à l'intérêt social</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eddy Lamazerolles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Recueil Dalloz Sirey de doctrine de jurisprudence et de législation </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 37, pp.1941</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04018427v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le mandat social ne se renouvelle pas tacitement</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eddy Lamazerolles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Recueil Dalloz Sirey de doctrine de jurisprudence et de législation </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 37, pp.1941</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04018410v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sociétés et groupements</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eddy Lamazerolles</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...16 lines deleted...]
-                <w:t xml:space="preserve">Eddy Lamazerolles</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Rabreau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Recueil Dalloz</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2023, 37, pp.1922</w:t>
+              <w:t xml:space="preserve">, 2021, 37, pp.1941</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03407231v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Validation ex-post de la rémunération du gérant de SARL</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eddy Lamazerolles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Recueil Dalloz Sirey de doctrine de jurisprudence et de législation </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 36, p. 2033 et s</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02214438v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Article 1843-4 du code civil et clause compromissoire: l'ordre public à l'épreuve du droit de l'arbitrage</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eddy Lamazerolles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Recueil Dalloz Sirey de doctrine de jurisprudence et de législation </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 02, p. 118 et s</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04018521v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Conformité à la Convention européenne des droits de l'homme de la condamnation de l'absorbante pour pratiques restrictives de concurrence de l'absorbée</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eddy Lamazerolles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Recueil Dalloz Sirey de doctrine de jurisprudence et de législation </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 36, p. 2033 et s</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04018489v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Liberté de vote dans les groupes de sociétés: loyauté, désobéissance, cohérence</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eddy Lamazerolles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Recueil Dalloz Sirey de doctrine de jurisprudence et de législation </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 02, p. 118 et s</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04018502v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sociétés et groupements</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eddy Lamazerolles</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04459881v1</w:t>
-[...35 lines deleted...]
-                <w:t xml:space="preserve">Eddy Lamazerolles</w:t>
+                <w:t xml:space="preserve">Anne Rabreau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Recueil Dalloz</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2023, 37, pp.1922</w:t>
+              <w:t xml:space="preserve">, 2020, 02, pp.118</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
-[...21 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02452563v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Commercialité de la cession de contrôle et qualité de commerçant des parties à la cession</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eddy Lamazerolles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Recueil Dalloz Sirey de doctrine de jurisprudence et de législation </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 36, p. 2033 et s</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04018485v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dérogation aux statuts par décision unanime des associés</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eddy Lamazerolles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Recueil Dalloz Sirey de doctrine de jurisprudence et de législation </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 36, p. 2033 et s</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04018482v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vices du consentement (cessions de droits sociaux): quelques utiles rappels</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eddy Lamazerolles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Recueil Dalloz Sirey de doctrine de jurisprudence et de législation </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 02, p. 118 et s</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04018512v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cession de contrôle et solidarité : la commercialité n'emporte pas solidarité active (pour l'instant?)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eddy Lamazerolles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Recueil Dalloz Sirey de doctrine de jurisprudence et de législation </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 02, p. 118 et s</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04018516v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">SELARL et droit de retrait: une hostilité jurisprudentielle au retrait conventionnel ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eddy Lamazerolles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Recueil Dalloz Sirey de doctrine de jurisprudence et de législation </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 02, p. 118 et s</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04018506v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sociétés et groupements</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eddy Lamazerolles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Rabreau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Recueil Dalloz</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2023, 37, pp.1922</w:t>
+              <w:t xml:space="preserve">, 2020, 36, pp.2033</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Eddy Lamazerolles</w:t>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02972503v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Faute pénale intentionnelle du dirigeant et contribution de la société à l'indemnisation de la victime de l'infraction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eddy Lamazerolles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Recueil Dalloz Sirey de doctrine de jurisprudence et de législation </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 36, p. 2033 et s</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04018478v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quelques idées reçues sur les pactes d'associés</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eddy Lamazerolles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Semaine juridique. Entreprise et affaires</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 28, p. 17</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04008715v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dirigeant et responsabilité « sans faute détachable » pour le juge pénal</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eddy Lamazerolles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Recueil Dalloz Sirey de doctrine de jurisprudence et de législation </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 37, p. 2056 et s</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04021769v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Précisions sur le régime de la nullité d’une cession pour vil prix, conclue entre époux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eddy Lamazerolles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Recueil Dalloz Sirey de doctrine de jurisprudence et de législation </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 37, p. 2056 et s</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04021784v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Une seule signature du dirigeant pour un engagement en double qualité</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eddy Lamazerolles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Recueil Dalloz Sirey de doctrine de jurisprudence et de législation </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 37, p. 2056 et s</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04021764v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Obligation de la caution de l’absorbante de payer les dettes de l’absorbée, même si elle n’en est pas informée</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eddy Lamazerolles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Recueil Dalloz Sirey de doctrine de jurisprudence et de législation </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 37, p. 2056 et s</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04021778v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sociétés et groupements</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eddy Lamazerolles</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Rabreau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Recueil Dalloz</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2023, 37, pp.1922</w:t>
+              <w:t xml:space="preserve">, 2018, 37, pp.2056</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 37, pp.1875</w:t>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02216412v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sociétés et groupements</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eddy Lamazerolles</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Rabreau</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Recueil Dalloz</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 40, pp.2335</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 37, pp.1875</w:t>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02215959v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sociétés et groupements</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Claude Hallouin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eddy Lamazerolles</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Rabreau</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Recueil Dalloz</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 40, pp.2365</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 37, pp.1875</w:t>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02215630v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sociétés et groupements</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Claude Hallouin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eddy Lamazerolles</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Rabreau</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Recueil Dalloz</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 41, pp.2401</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 37, pp.1875</w:t>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02215060v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sociétés et groupements</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Claude Hallouin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eddy Lamazerolles</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Rabreau</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Recueil Dalloz</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 41, pp.2729</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 37, pp.1875</w:t>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02213866v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sociétés et groupements</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Claude Hallouin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eddy Lamazerolles</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Rabreau</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Recueil Dalloz</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 40, pp.2688</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2022, n° 10, p. 506</w:t>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02213236v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sociétés et groupements</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Claude Hallouin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eddy Lamazerolles</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Rabreau</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Recueil Dalloz</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 40, pp.2758-2770</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 37, pp.1875</w:t>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02212687v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sociétés et groupements</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Claude Hallouin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eddy Lamazerolles</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Rabreau</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Recueil Dalloz</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 05, pp.287</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 37, pp.1941</w:t>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02211754v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sociétés et groupements</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Claude Hallouin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eddy Lamazerolles</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Rabreau</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Recueil Dalloz</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 42, pp.2797</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 18, p. 20</w:t>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02212181v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sociétés et groupements</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Claude Hallouin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eddy Lamazerolles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Recueil Dalloz</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 05, pp.323</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 37, pp.1941</w:t>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02211144v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sociétés et groupements</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Claude Hallouin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eddy Lamazerolles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Recueil Dalloz</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 06, pp.379</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 37, pp.1941</w:t>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02210569v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sociétés et groupements</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Claude Hallouin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eddy Lamazerolles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Recueil Dalloz</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 04, pp.267</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 37, pp.1941</w:t>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02209811v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sociétés et groupements</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Claude Hallouin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eddy Lamazerolles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Recueil Dalloz</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 42, pp.2950</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 37, pp.1941</w:t>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02208936v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Société créée de fait entre concubins</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eddy Lamazerolles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Recueil Dalloz</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2004, 40, pp.2928</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...54 lines deleted...]
-                <w:t xml:space="preserve">Anne Rabreau</w:t>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02208315v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Droit d'agir en justice d'une association</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eddy Lamazerolles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Recueil Dalloz</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2021, 37, pp.1941</w:t>
+              <w:t xml:space="preserve">, 2004, 40, pp.2931</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
-[...54 lines deleted...]
-                <w:t xml:space="preserve">Anne Rabreau</w:t>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02208321v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rupture de pourparlers et cession d'actions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eddy Lamazerolles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Recueil Dalloz</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2020, 02, pp.118</w:t>
+              <w:t xml:space="preserve">, 2004, 40, pp.2922</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 36, p. 2033 et s</w:t>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02208303v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Obligation d'information du dirigeant et cession d'actions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eddy Lamazerolles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Recueil Dalloz</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2004, 40, pp.2923</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 36, p. 2033 et s</w:t>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02208304v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Irrégularité de l'action en justice de la société en formation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eddy Lamazerolles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Recueil Dalloz</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2000, 29, pp.627</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
-[...2484 lines deleted...]
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-02205913v1</w:t>
-              </w:r>
-[...193 lines deleted...]
-                <w:t xml:space="preserve">halshs-04007711v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Chapitre d'ouvrage (5)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -4608,530 +4608,530 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le dévoiement des droits d'associé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eddy Lamazerolles</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Rabreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Étienne Farnoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ariane Périn-Dureau</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Fédération Nationale pour le Droit de l'Entreprise. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Variations sur l'abus en droit de l'entreprise</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 40, LexisNexis, p. 87, 2023, Actualités de droit de l'entreprise, 978-2-7110-3646-2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04018325v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les cessions de droits sociaux (rapport français)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eddy Lamazerolles</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Rabreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Savaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Javier Lete</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Hélène Boucard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les recodifications du droit de la vente en Europe</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, LGDJ, p. 709, 2021, 978-2-38194-004-5</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04021528v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La Convention de Vienne, modèle des recodifications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Eddy Lamazerolles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Anne Rabreau</w:t>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Savaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Étienne Farnoux</w:t>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Javier Lete</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
-[...24 lines deleted...]
-              <w:t xml:space="preserve">, 40, LexisNexis, p. 87, 2023, Actualités de droit de l'entreprise, 978-2-7110-3646-2</w:t>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Boucard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les recodifications du droit de la vente en Europe</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, LGDJ, p. 101, 2021, 978-2-38194-004-5</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId72" w:history="1">
-[...35 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04021536v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La réforme du code de commerce libanais, le point de vue d'un juriste français</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eddy Lamazerolles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">PUSEK. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Regards croisés de l'Ecole et du Palais à l'aune de la réforme du code de commerce libanais</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 321 p., 2021, 9786144731703</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04021670v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pour une redéfinition des droits et obligations de l’acheteur, sur le modèle de la vente internationale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eddy Lamazerolles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Éric Savaux</w:t>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hania Kassoul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
-[...33 lines deleted...]
-              <w:t xml:space="preserve">, LGDJ, p. 101, 2021, 978-2-38194-004-5</w:t>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Gantschnig</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L’offre de réforme des contrats spéciaux. Réflexions libres à propos du projet de l’Association Capitant</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dalloz, 250 p., 2021, 2247211143</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId75" w:history="1">
-[...120 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hania Kassoul</w:t>
-[...44 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">hal-04018899v1</w:t>
-              </w:r>
-[...119 lines deleted...]
-                <w:t xml:space="preserve">halshs-04021528v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:footerReference w:type="default" r:id="rId83"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
@@ -5286,51 +5286,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04775031v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eddy Lamazerolles" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Moulin" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Rabreau" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04459842v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04459870v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04459860v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04459881v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04459887v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04265609v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04459877v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04018365v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03825417v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04018370v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04018383v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04018392v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04021569v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04018377v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04018431v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04008745v2" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04018422v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04018417v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04018427v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04018410v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03407231v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02452563v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04018485v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04018482v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04018521v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04018502v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04018489v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04018512v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04018506v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04018516v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02972503v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04018478v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02214438v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04008715v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04021778v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04021784v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04021764v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04021769v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02216412v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02215959v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02215630v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Hallouin" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02215060v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02213866v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02213236v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02212687v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02211754v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02212181v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02211144v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02210569v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02209811v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02208936v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02208321v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02208315v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02208304v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02208303v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02205913v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03997807v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Boucard" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://droit.cairn.info/trente-ans-de-droit-prive--9782381940403?lang=fr" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04007711v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04018325v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;tienne Farnoux" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ariane P&#233;rin-Dureau" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04021536v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Savaux" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Javier Lete" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04021670v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04018899v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hania Kassoul" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Gantschnig" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04021528v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03997807v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Boucard" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eddy Lamazerolles" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://droit.cairn.info/trente-ans-de-droit-prive--9782381940403?lang=fr" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04007711v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Moulin" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04775031v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Rabreau" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04459877v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04459881v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04459860v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04459842v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04459870v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04265609v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04459887v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04021569v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04018377v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04018370v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04018365v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03825417v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04018383v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04018392v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04008745v2" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04018422v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04018417v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04018431v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04018427v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04018410v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03407231v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02214438v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04018521v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04018489v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04018502v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02452563v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04018485v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04018482v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04018512v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04018516v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04018506v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02972503v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04018478v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04008715v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04021769v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04021784v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04021764v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04021778v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02216412v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02215959v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02215630v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Hallouin" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02215060v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02213866v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02213236v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02212687v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02211754v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02212181v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02211144v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02210569v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02209811v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02208936v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02208315v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02208321v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02208303v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02208304v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02205913v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04018325v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;tienne Farnoux" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ariane P&#233;rin-Dureau" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04021528v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Savaux" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Javier Lete" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04021536v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04021670v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04018899v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hania Kassoul" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Gantschnig" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>