--- v0 (2026-03-09)
+++ v1 (2026-03-30)
@@ -615,577 +615,577 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04129844v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Learning from text and animations: a study into the need for cross-representational signaling</w:t>
+                <w:t xml:space="preserve">Cross-Representational Signaling and Cohesion Support Inferential Comprehension of Text–Picture Documents</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juliette Désiron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mireille Bétrancourt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erica de Vries</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">L'Année psychologique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, Vol. 121 (4), pp.393-416. </w:t>
+              <w:t xml:space="preserve">Frontiers in Psychology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 11, </w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3917/anpsy1.214.0393⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3389/fpsyg.2020.592509⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04129837v1</w:t>
+                <w:t xml:space="preserve">halshs-03404275v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cross-Representational Signaling and Cohesion Support Inferential Comprehension of Text–Picture Documents</w:t>
+                <w:t xml:space="preserve">Learning from text and animations: a study into the need for cross-representational signaling</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juliette Désiron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mireille Bétrancourt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erica de Vries</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Psychology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 11, </w:t>
+              <w:t xml:space="preserve">L'Année psychologique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, Vol. 121 (4), pp.393-416. </w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3389/fpsyg.2020.592509⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3917/anpsy1.214.0393⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-03404275v1</w:t>
+                <w:t xml:space="preserve">hal-04129837v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Format effects in the understanding of motion from kinematic diagrams in engineering education</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">The ‘course-of-action’ method in the study of lived experience of learners</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cédric Masclet</w:t>
+                <w:t xml:space="preserve">Gilles Dieumegard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erica de Vries</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-François Boujut</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Erica de Vries</w:t>
+                <w:t xml:space="preserve">Perrin Nicolas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Technology and Design Education</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, </w:t>
+              <w:t xml:space="preserve">International Journal of Research and Method in Education</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, pp.1-15. </w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s10798-020-09591-0⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1080/1743727X.2020.1724939⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02734783v1</w:t>
+                <w:t xml:space="preserve">hal-02860448v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Information or advice? A virtual reality study of message content for road crossing in front of autonomous cars</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Format effects in the understanding of motion from kinematic diagrams in engineering education</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olga Kasatkina</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emeline Ah-Tchine</w:t>
+                <w:t xml:space="preserve">Cédric Masclet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Boujut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erica de Vries</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Le travail humain</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3917/th.834.0407⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Technology and Design Education</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10798-020-09591-0⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-03404290v1</w:t>
+                <w:t xml:space="preserve">hal-02734783v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The ‘course-of-action’ method in the study of lived experience of learners</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Gilles Dieumegard</w:t>
+                <w:t xml:space="preserve">Information or advice? A virtual reality study of message content for road crossing in front of autonomous cars</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emeline Ah-Tchine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erica de Vries</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Perrin Nicolas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Research and Method in Education</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, pp.1-15. </w:t>
+              <w:t xml:space="preserve">Le travail humain</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 83 (4), pp.407. </w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1080/1743727X.2020.1724939⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3917/th.834.0407⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02860448v1</w:t>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03404290v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etude des préconceptions de la voiture autonome en vue d’une éducation à la sécurité routière appropriée</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emeline Ah-Tchine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erica de Vries</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1516,269 +1516,269 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01912963v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Exploring time allocation for academic activities by university students in France</w:t>
+                <w:t xml:space="preserve">A Math Textbook Time Machine for teacher training</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fernex Alain</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Laurent Lima</w:t>
+                <w:t xml:space="preserve">Martin Galilee</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Dépret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erica de Vries</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Higher Education</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Romanian Journal of Human-Computer Interaction</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, Visual representations of educational processes, 8 (4), pp.261-279</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01174667v1</w:t>
+                <w:t xml:space="preserve">hal-01873922v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Math Textbook Time Machine for teacher training</w:t>
+                <w:t xml:space="preserve">Exploring time allocation for academic activities by university students in France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Martin Galilee</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Christian Dépret</w:t>
+                <w:t xml:space="preserve">Fernex Alain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Lima</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erica de Vries</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Romanian Journal of Human-Computer Interaction</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Higher Education</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 69 (3), pp.399-420. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10734-014-9782-5⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01873922v1</w:t>
+                <w:t xml:space="preserve">hal-01174667v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A framework for the study of external representations in collaborative settings</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erica de Vries</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Masclet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Human-Computer Studies</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 7 (1), pp.46-58. </w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1940,51 +1940,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tacitation and implicitation: the construction of semiotic tools for representing mathematics teaching</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Maitre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Dépret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erica de Vries</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4872,51 +4872,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etude de systèmes d’interaction piétons-voitures autonomes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emeline Ah-Tchine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erica de Vries</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5202,51 +5202,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Higher Education and Mobilities [Special Issue]</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fernex Alain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erica Vries (de)</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5519,51 +5519,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comprehension of numerical and pictographic displays for road crossing in front of autonomous cars</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emeline Ah-Tchine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erica de Vries</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5886,51 +5886,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Étude des systèmes de communication de la voiture autonome pour orienter des décisions de traverser en réalité virtuelle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emeline Ah-Tchine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erica de Vries</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5962,1880 +5962,1867 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04919144v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jouer et apprendre en classe : Étude des pratiques interactionnelles dans des environnements d’apprentissage hybrides et émergents</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Kristine Lund</w:t>
+                <w:t xml:space="preserve">Studying initial conceptions of the autonomous car as the groundwork for designing road safety training</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Ah-Tchine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erica de Vries</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée d’étude : Jeux Vidéo en pratique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2018, Lyon, France</w:t>
+              <w:t xml:space="preserve">EARLI Special Interest Group 3 "Conceptual change" meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2018, Klagenfurt, Austria</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01928287v1</w:t>
+                <w:t xml:space="preserve">hal-02050979v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">How to represent energy consumption of household appliances in an era of global warming?</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">M. Galilée</w:t>
+                <w:t xml:space="preserve">How Cross-Representational Signaling Affects Learning from Text and Picture: An Eye-Tracking Study.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Désiron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Bétrancourt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erica Vries (de)</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">K. Scheiter</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EARLI Special Interest Group 2 Text and Graphics Comprehension meeting</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Diagrammatic Representation and Inference, Diagrams 2018</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2018, Edinburgh, United Kingdom. pp.725‑728, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-319-91376-6_68⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId162" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02050994v1</w:t>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02050939v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">How Cross-Representational Signaling Affects Learning from Text and Picture: An Eye-Tracking Study.</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">M. Bétrancourt</w:t>
+                <w:t xml:space="preserve">How to represent energy consumption of household appliances in an era of global warming?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Galilée</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erica Vries (de)</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K. Scheiter</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Diagrammatic Representation and Inference, Diagrams 2018</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">EARLI Special Interest Group 2 Text and Graphics Comprehension meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2018, Freibourg, Germany</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId165" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02050939v1</w:t>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02050994v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Learning with text and pictures: Effects of cohesion and cross-representational signalling</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Erica de Vries</w:t>
+                <w:t xml:space="preserve">Jouer et apprendre en classe : Étude des pratiques interactionnelles dans des environnements d’apprentissage hybrides et émergents</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vassiliki Markaki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Quignard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erica Vries (de)</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kristine Lund</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EARLI Special Interest Group 2 Text and Graphics Comprehension meeting</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2018, Freibourg, Germany</w:t>
+              <w:t xml:space="preserve">Journée d’étude : Jeux Vidéo en pratique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2018, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId169" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02050986v1</w:t>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01928287v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Photos in 360° view matter in road crossing decisions in front of traditional and autonomous cars</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Erica Vries (de)</w:t>
+                <w:t xml:space="preserve">Learning with text and pictures: Effects of cohesion and cross-representational signalling</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Désiron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Bétrancourt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erica de Vries</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EARLI Special Interest Group 2 “Text and Graphics Comprehension meeting</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2018, Fribourg, Germany</w:t>
+              <w:t xml:space="preserve">EARLI Special Interest Group 2 Text and Graphics Comprehension meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2018, Freibourg, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId170" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02050973v1</w:t>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02050986v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Studying initial conceptions of the autonomous car as the groundwork for designing road safety training</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId171" w:history="1">
+                <w:t xml:space="preserve">Photos in 360° view matter in road crossing decisions in front of traditional and autonomous cars</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Ah-Tchine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Erica de Vries</w:t>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erica Vries (de)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EARLI Special Interest Group 3 "Conceptual change" meeting</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2018, Klagenfurt, Austria</w:t>
+              <w:t xml:space="preserve">EARLI Special Interest Group 2 “Text and Graphics Comprehension meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2018, Fribourg, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02050979v1</w:t>
+                <w:t xml:space="preserve">hal-02050973v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quelles ressources pour la conception des jeux de formation ? : le cas des Jeux Epistémiques Numériques</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Vassiliki Markaki</w:t>
+                <w:t xml:space="preserve">Format effects on the comprehension of movement from static graphics in engineering education</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olga Kasatkina</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erica Vries (de)</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Boujut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Masclet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ICODOC</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2017, Lyon, France</w:t>
+              <w:t xml:space="preserve">Biannual Conference of the European Association of Research on Learning and Instruction (EARLI)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, Tampere, Finland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01886072v1</w:t>
+                <w:t xml:space="preserve">hal-02051018v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Complementing theoretical frames for understanding global how-to-video sharing</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Quelles ressources pour la conception des jeux de formation ? : le cas des Jeux Epistémiques Numériques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kristine Lund</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vassiliki Markaki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erica Vries (de)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biannual Conference of the European Association of Research on Learning and Instruction (EARLI)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, Tampere, Finland</w:t>
+              <w:t xml:space="preserve">ICODOC</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2017, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02051000v1</w:t>
+                <w:t xml:space="preserve">hal-01886072v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Four reading ability tests as predictors of multimedia document comprehension</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Complementing theoretical frames for understanding global how-to-video sharing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erica Vries (de)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Biannual Conference of the European Association of Research on Learning and Instruction (EARLI)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, Tampere, Finland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02051008v1</w:t>
+                <w:t xml:space="preserve">hal-02051000v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Format effects on the comprehension of movement from static graphics in engineering education</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Olga Kasatkina</w:t>
+                <w:t xml:space="preserve">Four reading ability tests as predictors of multimedia document comprehension</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Désiron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Bétrancourt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erica Vries (de)</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Cédric Masclet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Biannual Conference of the European Association of Research on Learning and Instruction (EARLI)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, Tampere, Finland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02051018v1</w:t>
+                <w:t xml:space="preserve">hal-02051008v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Representing Sequence: The Influence of Timeline Axis and Direction on Causal Reasoning in Litigation Law</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Mental comparisons of magnitudes: Numerical vs. graphical format</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Galilée</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erica Vries (de)</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Amy Rae Fox</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Erica de Vries</w:t>
+                <w:t xml:space="preserve">N. Schwartz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">38th Annual Conference of the Cognitive Science Society</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2016, Philadelphia, United States. pp.450-455</w:t>
+              <w:t xml:space="preserve">EARLI SIG 2 Comprehension of text and graphics Meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, Genève, Switzerland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01983978v1</w:t>
+                <w:t xml:space="preserve">hal-02051046v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Visualizations of cultural symbols and values in a reward allocation task</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Erica Vries (de)</w:t>
+                <w:t xml:space="preserve">Representing Sequence: The Influence of Timeline Axis and Direction on Causal Reasoning in Litigation Law</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amy Rae Fox</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">N. Schwartz</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">A. Bartel</w:t>
+                <w:t xml:space="preserve">Martin van den Berg</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erica de Vries</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EARLI SIG 2 Comprehension of text and graphics Meeting</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, Genève, Switzerland</w:t>
+              <w:t xml:space="preserve">38th Annual Conference of the Cognitive Science Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2016, Philadelphia, United States. pp.450-455</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId180" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02051032v1</w:t>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01983978v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reverse engineering how‐to videos</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Visualizations of cultural symbols and values in a reward allocation task</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Ah-Tchine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erica Vries (de)</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Schwartz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">U. Ludewig</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Bartel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EARLI SIG 6 Instructional Design &amp; 7 Technology-Enhanced Learning and Instruction Meeting</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, Dijon, France</w:t>
+              <w:t xml:space="preserve">EARLI SIG 2 Comprehension of text and graphics Meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, Genève, Switzerland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId184" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02051026v1</w:t>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02051032v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dynamic vs. static visualizations for learning procedural and declarative information</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Reverse engineering how‐to videos</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erica Vries (de)</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">A. Fox</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EARLI SIG 2 Comprehension of text and graphics Meeting</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, Genève, Switzerland</w:t>
+              <w:t xml:space="preserve">EARLI SIG 6 Instructional Design &amp; 7 Technology-Enhanced Learning and Instruction Meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, Dijon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02051052v1</w:t>
+                <w:t xml:space="preserve">hal-02051026v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The role of comprehension ability in multimedia learning</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">M. Bétrancourt</w:t>
+                <w:t xml:space="preserve">Dynamic vs. static visualizations for learning procedural and declarative information</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Loker</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erica Vries (de)</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Fox</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EARLI SIG 2 Comprehension of text and graphics Meetin</w:t>
+              <w:t xml:space="preserve">EARLI SIG 2 Comprehension of text and graphics Meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, Genève, Switzerland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId188" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02051041v1</w:t>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02051052v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Constructing knowledge from interactive visualizations: How conceptual understanding influences representational choice</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">U. Ludewig</w:t>
+                <w:t xml:space="preserve">The role of comprehension ability in multimedia learning</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Désiron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Bétrancourt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erica Vries (de)</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">American Educational Research Association</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, Washington DC, United States</w:t>
+              <w:t xml:space="preserve">EARLI SIG 2 Comprehension of text and graphics Meetin</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, Genève, Switzerland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02051056v1</w:t>
+                <w:t xml:space="preserve">hal-02051041v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Exploring Representations of Student Time-Use</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Constructing knowledge from interactive visualizations: How conceptual understanding influences representational choice</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">U. Ludewig</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erica Vries (de)</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Amy Rae Fox</w:t>
-[...40 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">N. Schwartz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Jacobson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Fox</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Diagrammatic Representation and Inference. Diagrams 2016.</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">American Educational Research Association</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, Washington DC, United States</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId191" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02050949v1</w:t>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02051056v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mental comparisons of magnitudes: Numerical vs. graphical format</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">N. Schwartz</w:t>
+                <w:t xml:space="preserve">Exploring Representations of Student Time-Use</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amy Rae Fox</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erica de Vries</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Lima</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Savannah Loker</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EARLI SIG 2 Comprehension of text and graphics Meeting</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Diagrammatic Representation and Inference. Diagrams 2016.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2016, Philadelphia, United States. pp.40-47, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-319-42333-3_4⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId194" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02051046v1</w:t>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02050949v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fonctions cognitive des représentations mobilisées en séance de créativité</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Jean-François Boujut</w:t>
+                <w:t xml:space="preserve">Comprehending text-graphic combinations: text coherence and level of graphical detail</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Désiron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Schwartz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erica Vries (de)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">14ème colloque national AIP-Primeca</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2015, La Plagne, France</w:t>
+              <w:t xml:space="preserve">Conference of the European Association of Research on Learning and Instruction (EARLI)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, Limassol, Cyprus</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01467936v1</w:t>
+                <w:t xml:space="preserve">hal-02051080v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impact of need for cognition and design of infographics on attitude change: a study on homophobia</w:t>
               </w:r>
@@ -7860,51 +7847,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Nurra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erica Vries (de)</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Schwartz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Conference of the European Association of Research on Learning and Instruction</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, Limassol, Cyprus</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -7923,178 +7910,178 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02051069v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modulation of ambiguity, a cognitive function of representations during idea generation</w:t>
+                <w:t xml:space="preserve">Fonctions cognitive des représentations mobilisées en séance de créativité</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olga Kasatkina</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erica de Vries</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Masclet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Boujut</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">20th Internationale conference on engineering design ICED 15</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2015, Milano, Italy. pp.339</w:t>
+              <w:t xml:space="preserve">14ème colloque national AIP-Primeca</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2015, La Plagne, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01205536v1</w:t>
+                <w:t xml:space="preserve">hal-01467936v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The influence of text coherence and text-graphic correspondence on children’s comprehension</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Désiron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Schwartz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erica Vries (de)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -8145,51 +8132,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The effect of movie trailers’ rhetorical structures on shared meaning and affinity</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Bwana</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Schwartz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erica Vries (de)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -8221,450 +8208,463 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02051064v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comprehending text-graphic combinations: text coherence and level of graphical detail</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Erica Vries (de)</w:t>
+                <w:t xml:space="preserve">Modulation of ambiguity, a cognitive function of representations during idea generation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olga Kasatkina</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erica de Vries</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Masclet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Boujut</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Conference of the European Association of Research on Learning and Instruction (EARLI)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, Limassol, Cyprus</w:t>
+              <w:t xml:space="preserve">20th Internationale conference on engineering design ICED 15</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2015, Milano, Italy. pp.339</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02051080v1</w:t>
+                <w:t xml:space="preserve">hal-01205536v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Grounding Website Navigation: the Effects of Visuospatial Cues on Search Behaviour</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">N. Schwartz</w:t>
+                <w:t xml:space="preserve">Identifying dimensions of socio-technical tools for innovative design and engineering education</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olga Kasatkina</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erica Vries (de)</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Masclet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Boujut</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EARLI SIG 2 Comprehension of text and graphics Meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, Rotterdam, Netherlands</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02051120v1</w:t>
+                <w:t xml:space="preserve">hal-02051124v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Playing with cards; constructing graphical genres</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">M. Ashraf</w:t>
+                <w:t xml:space="preserve">Grounding Website Navigation: the Effects of Visuospatial Cues on Search Behaviour</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Galilée</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Schwartz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erica Vries (de)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EARLI SIG 2 Comprehension of text and graphics Meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, Rotterdam, Netherlands</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02051092v1</w:t>
+                <w:t xml:space="preserve">hal-02051120v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId207" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Identifying dimensions of socio-technical tools for innovative design and engineering education</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Olga Kasatkina</w:t>
+                <w:t xml:space="preserve">Playing with cards; constructing graphical genres</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Ashraf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erica Vries (de)</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Jean-François Boujut</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EARLI SIG 2 Comprehension of text and graphics Meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, Rotterdam, Netherlands</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId207" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02051124v1</w:t>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02051092v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Shared representations: dyadic and triadic perspectives in work and training</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erica de Vries</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Masclet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">coop'10</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2010, Aix en Provence, France. pp.253-263</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -8847,230 +8847,230 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01532915v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Computer-mediated epistemic interactions for co-constructing scientific notions: Lessons learned from a five-year research programme.</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Présentation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erica de Vries</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Matthieu Quignard</w:t>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Philippe Pernin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Pierre Peyrin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Perspectives on Computer-Supported Collaborative Learning 2001</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2001, Maastricht, Netherlands. pp.89-96</w:t>
+              <w:t xml:space="preserve">Cinquième colloque Hypermédias et apprentissages</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2001, Grenoble, France. pp.341-384</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-00376670v1</w:t>
+                <w:t xml:space="preserve">edutice-00000441v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId213" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Présentation</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Computer-mediated epistemic interactions for co-constructing scientific notions: Lessons learned from a five-year research programme.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Baker</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erica de Vries</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId214" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Jean-Pierre Peyrin</w:t>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kristine Lund</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Quignard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cinquième colloque Hypermédias et apprentissages</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2001, Grenoble, France. pp.341-384</w:t>
+              <w:t xml:space="preserve">European Perspectives on Computer-Supported Collaborative Learning 2001</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2001, Maastricht, Netherlands. pp.89-96</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId213" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">edutice-00000441v1</w:t>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00376670v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Designing computer-mediated epistemic interactions</w:t>
               </w:r>
@@ -9736,51 +9736,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03929120v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Picavet" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Henderson" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erica de Vries" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jeap.2022.101214" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04809293v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa Sarda" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olga Kasatkina" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/14703297.2023.2205871" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03954409v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hiroaki Ayabe" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Manalo" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyg.2022.992625" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04181273v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Laurent" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rosamaria Crisci" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Bressoux" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamid Chaachoua" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Nurra" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.learninstruc.2022.101667" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04129844v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04129837v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette D&#233;siron" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireille B&#233;trancourt" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/anpsy1.214.0393" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03404275v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyg.2020.592509" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02734783v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Masclet" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Boujut" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10798-020-09591-0" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03404290v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emeline Ah-Tchine" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/th.834.0407" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02860448v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Dieumegard" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Perrin Nicolas" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/1743727X.2020.1724939" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02897921v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/educationdidactique.5162" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01873717v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Bartel" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nalini Varahamurti" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/bjep.12195" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01657156v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Fernex" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Lima" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/21568235.2017.1265740" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01912963v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01174667v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernex Alain" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10734-014-9782-5" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01873922v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Galilee" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian D&#233;pret" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00765044v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijhcs.2012.07.005" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-Q6S8QS98-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00871561v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Marzin-Janvier" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10798-011-9183-3" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-793VC14K-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03963274v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Maitre" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Baill&#233;" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11858-010-0295-0" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03966221v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rdst.341" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01873942v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.learninstruc.2006.03.006" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-C4NFXD8M-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00360668v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Geronimi" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Prudhomme" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Baille" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telearn.hal.science/hal-00190183v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cedric d'Ham" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Girault" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00103581v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kristine Lund" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Baker" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00376663v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Quignard" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edutice.hal.science/edutice-00000038v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03963256v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/stice.2000.1469" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03963214v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ton de Jong" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/BF00897323" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-J9BH7J8H-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edutice.hal.science/edutice-00000214v2" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Tricot" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03963208v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1006/ijhc.1996.0082" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-FP3ZPTK9-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03963220v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Tiberghien" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04918619v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04028390v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Balacheff" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://issuu.com/utwente/docs/graduating_around_the_globe" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01886170v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vassiliki Markaki" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erica Vries (de)" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/shsconf/20185201001" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01912971v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01912973v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muhammad Ashraf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04129851v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-4419-1428-6_675" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04129861v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04129878v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stavros Demetriadis" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shaaron Ainsworth" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-4020-9827-7_9" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04129890v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04129924v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04129902v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alix G&#233;ronimi" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00099840v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04129955v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04129968v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telearn.hal.science/hal-00190374v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04702544v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Neil Schwartz" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Galil&#233;e" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-71291-3_27" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03954376v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-15146-0_22" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04795114v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yotam Hod" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=June Ahn" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03404266v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-86062-2_32" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03567059v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3450522.3451253" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03598969v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diane Dufort" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dina Adinda" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chayma Yagoubi" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Marquet" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Apollon" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01912970v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Huib Tabbers" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01912968v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04919154v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Pannatier" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04848436v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04919122v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04919073v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireille Betrancourt" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04919113v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04919135v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04919144v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01928287v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02050994v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Galil&#233;e" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Scheiter" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02050939v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. D&#233;siron" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. B&#233;trancourt" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-91376-6_68" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02050986v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02050973v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Ah-Tchine" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02050979v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01886072v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02051000v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02051008v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02051018v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01983978v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amy Rae Fox" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin van den Berg" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02051032v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Schwartz" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=U. Ludewig" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bartel" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02051026v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02051052v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Loker" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Fox" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02051041v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02051056v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Jacobson" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02050949v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Savannah Loker" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-42333-3_4" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02051046v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01467936v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02051069v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Preuss" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Nurra" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01205536v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02051084v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02051064v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Bwana" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02051080v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02051120v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02051092v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Ashraf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02051124v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00556114v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telearn.hal.science/hal-00278460v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01532915v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Dessus" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00376670v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edutice.hal.science/edutice-00000441v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Pernin" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Peyrin" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00195364v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01497199v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01498151v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edutice.hal.science/edutice-00000542v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Dufresne" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Merlet" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Rouet" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04702564v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03929120v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Picavet" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Henderson" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erica de Vries" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jeap.2022.101214" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04809293v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa Sarda" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olga Kasatkina" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/14703297.2023.2205871" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03954409v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hiroaki Ayabe" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Manalo" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyg.2022.992625" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04181273v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Laurent" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rosamaria Crisci" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Bressoux" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamid Chaachoua" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Nurra" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.learninstruc.2022.101667" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04129844v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03404275v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette D&#233;siron" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireille B&#233;trancourt" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyg.2020.592509" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04129837v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/anpsy1.214.0393" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02860448v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Dieumegard" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Perrin Nicolas" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/1743727X.2020.1724939" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02734783v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Masclet" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Boujut" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10798-020-09591-0" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03404290v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emeline Ah-Tchine" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/th.834.0407" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02897921v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/educationdidactique.5162" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01873717v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Bartel" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nalini Varahamurti" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/bjep.12195" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01657156v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Fernex" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Lima" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/21568235.2017.1265740" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01912963v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01873922v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Galilee" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian D&#233;pret" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01174667v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernex Alain" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10734-014-9782-5" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00765044v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijhcs.2012.07.005" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-Q6S8QS98-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00871561v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Marzin-Janvier" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10798-011-9183-3" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-793VC14K-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03963274v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Maitre" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Baill&#233;" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11858-010-0295-0" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03966221v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rdst.341" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01873942v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.learninstruc.2006.03.006" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-C4NFXD8M-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00360668v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Geronimi" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Prudhomme" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Baille" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telearn.hal.science/hal-00190183v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cedric d'Ham" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Girault" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00103581v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kristine Lund" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Baker" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00376663v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Quignard" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edutice.hal.science/edutice-00000038v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03963256v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/stice.2000.1469" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03963214v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ton de Jong" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/BF00897323" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-J9BH7J8H-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edutice.hal.science/edutice-00000214v2" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Tricot" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03963208v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1006/ijhc.1996.0082" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-FP3ZPTK9-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03963220v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Tiberghien" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04918619v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04028390v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Balacheff" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://issuu.com/utwente/docs/graduating_around_the_globe" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01886170v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vassiliki Markaki" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erica Vries (de)" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/shsconf/20185201001" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01912971v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01912973v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muhammad Ashraf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04129851v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-4419-1428-6_675" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04129861v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04129878v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stavros Demetriadis" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shaaron Ainsworth" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-4020-9827-7_9" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04129890v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04129924v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04129902v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alix G&#233;ronimi" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00099840v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04129955v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04129968v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telearn.hal.science/hal-00190374v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04702544v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Neil Schwartz" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Galil&#233;e" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-71291-3_27" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03954376v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-15146-0_22" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04795114v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yotam Hod" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=June Ahn" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03404266v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-86062-2_32" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03567059v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3450522.3451253" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03598969v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diane Dufort" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dina Adinda" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chayma Yagoubi" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Marquet" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Apollon" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01912970v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Huib Tabbers" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01912968v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04919154v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Pannatier" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04848436v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04919122v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04919073v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireille Betrancourt" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04919113v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04919135v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04919144v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02050979v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Ah-Tchine" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02050939v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. D&#233;siron" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. B&#233;trancourt" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-91376-6_68" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02050994v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Galil&#233;e" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Scheiter" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01928287v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02050986v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02050973v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02051018v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01886072v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02051000v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02051008v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02051046v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Schwartz" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01983978v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amy Rae Fox" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin van den Berg" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02051032v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=U. Ludewig" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bartel" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02051026v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02051052v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Loker" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Fox" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02051041v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02051056v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Jacobson" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02050949v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Savannah Loker" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-42333-3_4" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02051080v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02051069v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Preuss" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Nurra" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01467936v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02051084v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02051064v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Bwana" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01205536v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02051124v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02051120v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02051092v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Ashraf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00556114v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telearn.hal.science/hal-00278460v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01532915v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Dessus" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edutice.hal.science/edutice-00000441v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Pernin" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Peyrin" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00376670v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00195364v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01497199v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01498151v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edutice.hal.science/edutice-00000542v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Dufresne" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Merlet" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Rouet" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04702564v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>