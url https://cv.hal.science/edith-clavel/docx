--- v0 (2026-03-07)
+++ v1 (2026-03-28)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Edith Clavel </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (15)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benefits of the ground PEEC modelling approach – Example of a residential building struck by lightning</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edith Clavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Roudet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. K. Hayashi Feuerharmel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. de Luca</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zaki Gouichiche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Electromagnetic Compatibility</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, </w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TEMC.2019.2898234⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02437103v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Nonmeshing Approach for Modeling Grounding</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edith Clavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Roudet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Guichon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zaki Gouichiche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Joyeux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Electromagnetic Compatibility</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 60 (3), pp.795-802. </w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/temc.2017.2743227⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01679809v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modélisation par circuits électriques équivalents des réseaux de terre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Roudet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edith Clavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Guichon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Joyeux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Techniques de l'Ingénieur. Sécurité des systèmes d'information</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02437327v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virtual Bulk Current Injection: Modeling EUT for Several Setups and Quantification of CM-to-DM Conversion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hassan Cheaito</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mor-Sokhna Diop</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marwan Ali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edith Clavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Vollaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Electromagnetic Compatibility</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 59 (3), pp.835 - 844. </w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TEMC.2016.2631721⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01609054v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Numerical multiphysics modeling of temperature rises in gas insulated busbars</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Marty</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nesrine Rebzani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edith Clavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Morin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Dielectrics and Electrical Insulation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 23 (5), pp.2579 - 2586. </w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TDEI.2016.7736815⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01650923v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Study of Lightning Effects on Aircraft Withn Predominately Composite Structures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ali Jazzar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edith Clavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Meunier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enrico Vialardi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Electromagnetic Compatibility</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 56 (3), pp 675-682. </w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/temc.2013.2297444⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01015585v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modélisation électromagnétique des grands systèmes : l'apport des méthodes intégrales dans l'étude du foudroiement des avions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ali Jazzar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Trung Son Nguyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edith Clavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Guichon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Chadebec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Electrical Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, pp.65-86. </w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3166/ejee.16.65-86⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03048119v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Far Field Extrapolation from Near Field Interactions and Shielding Influence Investigations Based on a FE-PEEC Coupling Method</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edith Clavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Son Tran Than</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémie Aimé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Meunier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Roudet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Electronics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, pp.80-93</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00799008v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Using equivalent emission sources to evaluate the coupling between components</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sanaa Zangui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kévin Berger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Moises Ferber de Vieira Lessa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Vincent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ronan Perrussel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Magnetics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 48 (2), pp. 439-442. </w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TMAG.2011.2176316⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00674723v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Numerical Methods for Eddy Currents Modeling of Planar Transformers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémie Aimé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cogitore</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Meunier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edith Clavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Maréchal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Magnetics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 47 (5), pp.1014-1017. </w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/tmag.2010.2091398⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00790101v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">EMC Modeling of an Industrial Variable Speed Drive With an Adapted PEEC Method</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Ardon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémie Aimé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Chadebec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edith Clavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Guichon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Magnetics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 46 (8), pp 2892-2898. </w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TMAG.2010.2043420⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00521938v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modeling of Connections Taking Into Account Return Plane: Application to EMI Modeling for Railway</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edith Clavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Roudet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Chevalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dragos Postariu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Industrial Electronics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 56 (3), pp 678-684</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00373558v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Original cabling conditions to insure balanced current during switching transitions between paralleled semiconductors</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P.-O. Jeannin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.-L. Schanen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Clavel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Industry Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2002, 38 (1), pp.181-188. </w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/28.980374⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03843946v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence of an impedance step in interconnection inductance calculation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Clavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J-L. Schanen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Roudet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Marechal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Magnetics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1996, 32 (3), pp.824-827. </w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/20.497368⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03844043v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modeling of low inductive busbar connections</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J-L. Schanen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Clavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Roudet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Industry Applications Magazine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1996, 2 (5), pp.39-43. </w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/2943.532153⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03844027v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (76)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modélisation du test Cem BCI sous contrainte DO160 & validation avec des mesures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mor Sokhna Diop</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edith Clavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hassan Cheaito</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Vollaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.C. Kedzia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CEM ParisCEM</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2018, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01834959v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">VALIDATION EXPERIMENTALE DE MODELES « CIRCUIT » REPRESENTANT LES CONDUCTEURS ENFOUIS DANS LA TERRE EN VUE DE LA COMPREHENSION DES PERTURBATIONS CEM DANS LES BATIMENTS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Roudet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edith Clavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Derbey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Guichon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zaki Gouichiche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque international et exposition sur ma compatibilité électromagnétique CEM</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2018, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01835450v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Investigation of common mode (CM) impedance : Comparison of pure CM and bulk current injection</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hassan Cheaito</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mor Sokhna Diop</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marwan Ali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edith Clavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Vollaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EMC Europe</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2017, Angers, France. </w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/EMCEurope.2017.8094630⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01609044v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">2D modeling of Bulk Current Injection Probe and validation with measurements</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mor Sokhna Diop</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edith Clavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hassan Cheaito</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Vollaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enrico Vialardi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XXXIInd General Assembly and Scientific Symposium of the International Union of Radio Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2017, Montréal, Canada. </w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.23919/URSIGASS.2017.8105244⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01586749v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assurer la réussite d’un public hétérogène aux objectifs de poursuite d’études et d’insertion professionnelle différents : le cas de l’IUT1 de Grenoble</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edith Clavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Rezenthel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Loretz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Warzagier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IXème colloque Questions de Pédagogies dans l’Enseignement Supérieur (QPES) : relever les défis de l’altérité dans l’enseignement supérieur, 2017</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2017, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01697962v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Parcours spécifiques : allier réussite et contraintes individuelles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Xavier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edith Clavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M Loretz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Oddon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miguel Ardid</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IXème colloque Questions de Pédagogies dans l’Enseignement Supérieur (QPES) relever les défis de l’altérité dans l’enseignement supérieur, 2017</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2017, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01697950v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">2D FEM model for BCI probe-to-cables coupling with several conductors at the secondary winding</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mor Sokhna Diop</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hassan Cheaito</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edith Clavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Vollaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enrico Vialardi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EMC Europe</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2017, Angers, France. </w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/EMCEurope.2017.8094799⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01586670v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analysis of lightning propagation inside building via grounding system</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edith Clavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Roudet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tamiris Grossl Bade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Joyeux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zaki Gouichiche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">GEMCCON</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2017, São Paulo, Brazil</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01693098v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Electro-mechanical de-icer modeling with aeronautics application</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Melissa Estopier Castillo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Trung Nguyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edith Clavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Galopin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Wurtz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Symposium de Genie Electrique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2016, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01361541v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluation of uncertainties related to BCI (Bulk Current Injection) tests</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mor Sokhna Diop</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edith Clavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hassan Cheaito</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Vollaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enrico Vialardi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10th EMF</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2016, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01306828v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analysis of Transient in Buildings Grounding System Using a Modified Image Method</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zaki Gouichiche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Roudet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edith Clavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Joyeux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Electromagnetics Symposium (EUROEM )2016 </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2016, Londres, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01347585v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multiphysics modeling for a new de-icing technology in aeronautics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Melissa Estopier Castillo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edith Clavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Galopin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Wurtz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Le Garrec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Seventeenth Biennial IEEE Conference on Electromagnetic Field Computation (CEFC 2016)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2016, Miami, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01399210v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Perturbations électromagnétiques conduites d’un bras d’onduleur à base de transistors en Nitrure de Galium: Structure « 3D » pour composants horizontaux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Fita</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Olivier Jeannin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Lefranc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edith Clavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johan Delaine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Symposium de Genie Electrique 2016 (SGE 2016)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2016, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01332707v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Utilisation d'essais à 50Hz pour valider l'échauffement de GIS à 60Hz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edith Clavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Bigot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Podda</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Symposium de Genie Electrique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2016, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01361721v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Novel 3D Structure for Synchronous Buck Converter Based on Nitride Gallium Transistors</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Fita</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Olivier Jeannin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Lefranc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edith Clavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johan Delaine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Energy Conversion Congress &amp; Exposition (ECCE 2016)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2016, Milwaukee, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01373687v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Versatile susceptibility model of complex systems for Bulk Current Injection (BCI) test</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hassan Cheaito</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mor-Diop Sokhna</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marwan Ali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edith Clavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Bréard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2016 IEEE International Symposium on Electromagnetic Compatibility - EMC 2016</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2016, Ottawa, Canada. pp.513-518, </w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ISEMC.2016.7571701⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02467489v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Perturbations électromagnétiques conduites d'un bras d'onduleur à base de transistors en Nitrure de Galium: Structure « 3D » pour composants horizontaux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clement Fita</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Lefranc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Olivier Jeannin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edith Clavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johan Delaine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Symposium de Genie Electrique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2016, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01361586v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluation numérique des incertitudes liées au test BCI (Bulk Current Injection) dans le cas de plusieurs conducteurs dans la pince</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mor Sokhna Diop</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edith Clavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hassan Cheaito</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Vollaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enrico Vialardi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CEM</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2016, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01345375v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reduced Domain Modelling of Wiring Coupled Metallic Environment by using the Shading Concept</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Kechicheb</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Clavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. R. Mekideche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Allag</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XVII ISEF 2015</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, Valencia, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02330024v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Avion plus électrique, plus composite: impact de la CEM sur la masse des systèmes électriques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Schanen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edith Clavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Guichon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Club EEA 2015</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2015, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01136378v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ETUDE DE L'ECOULEMENT D'UNE AGRESSION DE TYPE FOUDRE DANS LE RESEAU ELECTRIQUE D'UN HABITAT TYPE</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zaki Gouichiche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Roudet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edith Clavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Joyeux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">17ème colloque International et exposition sur la compatibilité Électromagnétique (CEM) 2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2014, Clermont Ferrand, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01019908v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence of the conductor design on the temperature field in a high voltage gas insulated switchgear</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nesrine Rebzani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Marty</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edith Clavel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ISCAS 2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2014, Melbourne, Australia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01015998v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence de la géométrie du conducteur sur la température dans un poste sous enveloppe métallique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nesrine Rebzani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edith Clavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Marty</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nazmir Presser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Morin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SGE 2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2014, Cachan, France. 5 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01027555v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">THE MTL METHOD AND CONCEPT OF SHADING TO MODEL AUTOMOTIVE WIRING HAVING WIDE AND MULTIPLE GROUD PLANES</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahieddine Kechicheb</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edith Clavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Rachid Mékidèche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICEAA'13 - 2013 International Conference on Electromagnetics in Advanced Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2013, Turin, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00862731v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Méthodes et Outils pour la prise en compte des problématiques de compatibilité électromagnétique dans la conception mécatronique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Leconte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edith Clavel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">NAFEMS 2012</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2012, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00820600v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simulation foudre en aéronautique - Evaluation des méthodes EF et PEEC</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ali Jazzar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oz Ozge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Meunier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edith Clavel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">NUMELEC 2012</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2012, Marseille, France. pp.122</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00716895v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Réponse d'un filtre à une agression de type foudre : modèle et mesure</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarra Ben Gdara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edith Clavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Roudet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Joyeux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CEM 2012</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2012, Rouen, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00820594v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modélisation et mesures sur un caisson pour l'étude du foudroiement d'un avion en matériau composite</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ali Jazzar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edith Clavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Meunier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CEM 2012</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2012, Rouen, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00702828v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Time and frequential modeling of lightning impact on a composite structure</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ali Jazzar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edith Clavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Meunier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enrico Vialardi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EUROEM European Electromagnetics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2012, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00820252v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caractérisation électromagnétique d'une boucle inductive d'aide au shuntage des trains</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edith Clavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Meunier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Bellon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Lorang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Frugier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Electrotechnique du Futur (EF)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2011, Belfort, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00652949v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Méthode de modélisation du câblage pour la CEM des circuits de puissance: méthode PEEC</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Schanen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Roudet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Guichon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Chadebec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edith Clavel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7eme edition de la Conference sur le Genie electrique (CGE'07)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2011, Alger, Algérie</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00773505v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Using Equivalent Emission Sources to Evaluate the Coupling between Components</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sanaa Zangui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kévin Berger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ronan Perrussel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edith Clavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Antonio França Sartori</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Compumag 2011</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2011, Sydney, Australia. pp. 682-683, id. 424, 2 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00605918v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modélisation électromagnétique des grands systèmes : l'apport des méthodes intégrales dans l'étude du foudroiement des avions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ali Jazzar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Trung Son Nguyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Vincent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edith Clavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Guichon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Electrotechnique du Futur (EF)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2011, Belfort, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00652939v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Méthode de modélisation du câblage pour la CEM des circuits de puissance : méthode PEEC</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Schanen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Roudet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Guichon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Chadebec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edith Clavel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7ème édition de la Conférence sur le Génie Electrique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, Alger, Algérie</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00790409v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modeling and simulating the lightning phenomenon: aeronautic materials comparison in conducted and radiated modes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ali Jazzar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edith Clavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Meunier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Vincent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anca Goleanu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ISIE 2011</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2011, Gdansk, Poland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00607314v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">COMPARAISON EXPÉRIMENTALE DE CONFIGURATIONS DE CÂBLAGE</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Son Tran Than</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edith Clavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Fiachetti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Compatibilité Electromagnétique (CEM) 2010</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2010, Limoges, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00472552v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">MODELISATION DE LA CONNECTIQUE D'UN SATELITTE PAR LA METHODE MTL</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Son Tran Than</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edith Clavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Fiachetti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Compatibilité Electromagnétique (CEM) 2010</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2010, Limoges, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00472564v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">MODELISATION DES COUPLAGES EN CHAMP PROCHE DES COMPOSANTS DE FILTRES CEM</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sanaa Zangui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kévin Berger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Vincent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edith Clavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ronan Perrussel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CEM</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2010, Limoges, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00472582v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Equivalent source corresponding to radiated field of EMC filter components</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sanâa Zangui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kévin Berger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Vincent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ronan Perrussel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edith Clavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EMC Europe</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2010, Wroclaw, Poland. pp. 1-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00520107v3</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modélisations et simulations des phénomènes foudre : comparaison des matériaux pour l'aéronautique en modes conduit et rayonné</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ali Jazzar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edith Clavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Meunier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2EMC : embedded EMC</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2010, Rouen, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00538486v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluation of coupling parameters of EMC filter components by using equivalent emission sources</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sanaa Zangui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kévin Berger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Vincent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ronan Perrussel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edith Clavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MOMAG</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2010, Vitória, Brazil. pp.CD</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00502220v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Near-field coupling between EMC filter components</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sanaa Zangui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kévin Berger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Vincent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edith Clavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ronan Perrussel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE CEFC</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2010, Chicago, IL, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00485104v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modélisation d'un capteur a courant de Foucault via un couplage de méthodes intégrales adaptées</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Ardon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Chadebec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edith Clavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Guichon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Labie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Compatibilité Electromagnétique (CEM) 2010</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2010, Limoges, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00472605v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Accélération d'un couplage de méthodes numériques dédié à la modélisation CEM de convertisseurs statiques industriels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Ardon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Chadebec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edith Clavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Guichon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Labie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2EMC : embedded EMC</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2010, Rouen, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00538513v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Electromagnetic characterization of PCB cards for mobile phones</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ali Jazzar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edith Clavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ISIE 2010 IEEE International Symposium on Industrial Electronics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2010, Bari, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00521990v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Electromagnetic Simulation of Power Modules via Adapted Modelling Tools</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enrico Vialardi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edith Clavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Chadebec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Guichon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Lionet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EPE-PEMC 2010 14th International Power Electronics and Motion Control Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2010, Ohrid, Macedonia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00521986v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modélisation des couplages en champ proche des composants de filtres CEM en utilisant des sources équivalentes de rayonnement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sanâa Zangui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kévin Berger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Vincent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edith Clavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ronan Perrussel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">13ème EPF</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2010, Saint-Nazaire, France. pp. 1-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00520122v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Numerical methods for eddy currents modelling of planar transformers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémie Aimé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Meunier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edith Clavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cogitore</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CEFC 2010</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2010, Chicago, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00608305v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modeling the near-field coupling of EMC filter components</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sanâa Zangui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kévin Berger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Vollaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edith Clavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ronan Perrussel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EMC</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2010, Fort Lauderdale, FL, United States. pp. 825-830, 6 p., </w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ISEMC.2010.5711386⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00520119v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modélisation et mesure des couplages en champ proche des composants de filtre CEM</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sanaa Zangui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Vincent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ronan Perrussel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kévin Berger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edith Clavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2EMC</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2010, Rouen, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00538503v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tools dedicated to the Electromagnetic Modelling of Power Structures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Ardon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edith Clavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Chadebec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enrico Vialardi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Guichon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Automotive Power Electronics 2009</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00367111v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Far field extrapolation from near field interactions and shielding influence investigations based on a FE-PEEC coupling method</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémie Aimé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thanh Son Tran</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edith Clavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Roudet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Ecrabey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The 2009 IEEE Energy Conversion Congress and Exposition (ECCE)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2009, San José, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00421424v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">EMC behavior of static converters thanks to radiated field modeling using an equivalent electrical circuit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémie Aimé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Ardon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edith Clavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Roudet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Loizelet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IECON 2009</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2009, Porto, Portugal</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00430247v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Electromagnetic Modelling Process to Improve Cabling of Power Electronic Structures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémie Aimé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edith Clavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Roudet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Meunier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Loizelet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Symposium on electromagnetic fields, ISEF'09</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2009, Arras, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00490459v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">MoM and PEEC Method to Reach a Complete Equivalent Circuit of a Static Converter</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Ardon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémie Aimé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Chadebec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edith Clavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enrico Vialardi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EMC Zurich</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2009, Zurich, Switzerland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00354293v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">EMC Modeling of an Industrial Variable Speed Drive with an Adapted PEEC Method</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Ardon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémie Aimé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Chadebec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edith Clavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Guichon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">COMPUMAG 09, 17th Conference on the Computation of Electromagnetic Fields</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2009, Florianopolis, Brazil</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00437520v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">EMC analysis of static converters by the extraction of a complete equivalent circuit via a dedicated PEEC method</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Ardon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémie Aimé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edith Clavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Chadebec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enrico Vialardi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8th International Symposium on Electric and Magnetic Fields</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2009, Mondovi, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00400682v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magnetic field computation of a common mode filter using Finite Element, PEEC methods and their coupling</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémie Aimé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Than-Son Tran</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edith Clavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Meunier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Le Floch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ISIE 2008, International Symposium on Industrial Electronics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2008, Cambridge, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00293682v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Application of an electroosmotic (EO) pump in power electronics cooling and in the direct methanol fuel cell (DMFC) of a portable system</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Youcef Berrouche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvan Avenas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Schaeffer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edith Clavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. C. Chang</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ISIE 2008, International Symposium on Industrial Electronics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2008, Cambridge, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00293669v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Couplage de la formulation t0-Phi utilisant la condition d'impédance de surface avec la méthode PEEC</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Son Tran Than</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Meunier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Labie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edith Clavel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6ème Conférence Européenne sur les méthodes numériques en Electromagnétisme (NUMELEC'2008)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2008, Liège, Belgique</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00365354v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Determination of the layout influence on the effectiveness of a three-phase common mode filter by using equivalent circuits and PSpice</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémie Aimé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edith Clavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Roudet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Baudesson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ISIE 2008, International Symposium on Industrial Electronics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2008, Cambridge, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00293679v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Extraction des capacités parasites de structures d'électronique de puissance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Ardon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Chadebec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edith Clavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Guichon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enrico Vialardi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6ème Conférence Européenne sur les méthodes numériques en Electromagnétisme (NUMELEC 2008)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2008, Liège, Belgique</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00354301v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence d'un blindage sur le champ proche et les couplages au sein d'un filtre de mode commun</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémie Aimé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Than-Son Tran</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edith Clavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Meunier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Roudet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CEM08 14ème colloque international et exposition sur la compatibilité électromagnétique – JS08 journée scientifique URSI-France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2008, Paris, France. pp.Pages 343 - 345</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00282210v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluation du Modèle Capacitif d'une Structure d'Electronique de Puissance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Ardon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémie Aimé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Chadebec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edith Clavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Le Floch</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CEM08 14ème colloque international et exposition sur la compatibilité électromagnétique - JS08 journée scientifique URSI-France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2008, Paris, France. pp.Session orale</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00365404v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">InCa3D a CAD tool for stray elements computation in Electrical Engineering</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Roudet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edith Clavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Guichon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Schanen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ECPE Seminar: «Virtual Prototyping in Power Electronics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2007, Baden-Dättwil, Switzerland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00293271v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Improving conducted EMI forecasting with accurate layout modeling</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Prades</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Lionet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">X. Brunotte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Le Floch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edith Clavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Symposium on Embedded EMC, 2EMC, ESIGELEC</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2007, Rouen, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00289438v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prediction and measurement of the magnetic near field of a static converter</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémie Aimé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ouafae Aouine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Roudet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Labarre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Costa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE ISIE'07, International Symposium on Industrial Electronics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2007, Vigo, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00289357v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modelling of connections taking into account return plane: Application to EMI modelling for railway</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edith Clavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Roudet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Chevalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dragos Postariu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE ISIE'07, International Symposium on Industrial Electronics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2007, Vigo, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00289291v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Function transfer sensitivity of an electronic filter versus capacitors location on a printed circuit board</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edith Clavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Premont</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Symposium on Embedded EMC, 2EMC, ESIGELEC</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2007, Rouen, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00289424v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Busbar Design: How to Spare Nanohenries ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Guichon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Aime</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Schanen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Roudet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conference Record of the 2006 IEEE Industry Applications Conference Forty-First IAS Annual Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2006, Tampa, France. </w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IAS.2006.256790⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01920107v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Busbar design: how to spare nanohenries</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Guichon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémie Aimé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Schanen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Roudet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IAS-IEEE Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2006, Tampa, Floride, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00198358v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Electrical Distribution Busbars Modeling:Extension of the PEEC Method for LF Ferromagnetic Shieldings</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Paul Gonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Mazauric</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edith Clavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Guichon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">COMPUMAG 2005</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2005, Shenyang, China. pp.COMPUMAG 2005</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00183328v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">PEEC Method Dedicated to Power Busbar Design</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Paul Gonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Mazauric</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edith Clavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Wendling</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Civil or Military ALL-ELECTRIC Ship AES2005 (DGA)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2005, Versailles, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00185639v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introducing Linear Magnetic Materials in PEEC Simulations. Principles, Academic and Industrial Applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Pierre Keradec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edith Clavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Paul Gonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Mazauric</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IAS 2005</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2005, Hong Kong SAR China</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00185592v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Power integration: electrical analysis of new emerging package</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Schanen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edith Clavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Pasterczyk</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Conference on Power Electronics and Applications 10th</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2003, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01196064v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Current evaluation inside a power fuse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.M Guichon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besacier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.L Schanen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Clavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.L Gelet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IASTED, PES'02, Power and Energy System</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2002, Marina del Rey, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00484521v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un vent d’espoir pour Madagascar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edith Clavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Rezenthel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Vassenaix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaëtan Fayolle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Pédagogie et Professionnalisation (JPP), 2017</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2017, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01697990v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (4)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modélisation par circuits électriques équivalents des réseaux de terre - Application</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Roudet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edith Clavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Guichon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Derbey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Joyeux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Editions T.I. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Techniques de l'Ingénieur</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ref. article : d3074, , 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02438035v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Study and Design of an Electro Technical Device for Safety on Railway Network</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edith Clavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Meunier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Bellon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Frugier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Infrastructure Design, Signalling and Security in Railway</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Xavier Perpinya, 2012, 978-953-51-0448-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00685492v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Interconnection modelling</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edith Clavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Roudet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Schanen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Power electronics semiconductors devices</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Wiley, 2009</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00367036v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modélisation de la connectique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edith Clavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Roudet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Schanen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Costa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Composants électroniques de puissance et leur mise en oeuvre</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Hermès, pp.65 à 148, 2005</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00181146v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etat de l’art dans la modélisation et la simulation des phénomènes électromagnétiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mor Sokhna Diop</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edith Clavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Vollaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01113387v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Busbar: design rules & integrated functions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Schanen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Roudet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Guichon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edith Clavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Mandray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00355575v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Generalized Average Model of Series - Parallel Resonant Converter with Capacitive Output Filter for High Power Application</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Romain Sibue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Paul Ferrieux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Meunier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Périot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edith Clavel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00521993v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vers un Outil de Conception de Câblage : Le Logiciel InCa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edith Clavel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Energie électrique. Institut National Polytechnique de Grenoble, 1996. Français. </w:t></w:r><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : ⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-01149858v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">HDR (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Intégration de la méthode de recherche de schémas électriques équivalents (PEEC) pour la modélisation, l'analyse et la conception des interconnexions dans les systèmes complexes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edith Clavel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sciences de l'ingénieur [physics]. Institut National Polytechnique de Grenoble - INPG, 2004</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">HDR</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-00408275v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId245"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Edith Clavel </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (15)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benefits of the ground PEEC modelling approach – Example of a residential building struck by lightning</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edith Clavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Roudet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. K. Hayashi Feuerharmel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. de Luca</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zaki Gouichiche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Electromagnetic Compatibility</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, </w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TEMC.2019.2898234⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02437103v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Nonmeshing Approach for Modeling Grounding</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edith Clavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Roudet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Guichon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zaki Gouichiche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Joyeux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Electromagnetic Compatibility</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 60 (3), pp.795-802. </w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/temc.2017.2743227⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01679809v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modélisation par circuits électriques équivalents des réseaux de terre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Roudet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edith Clavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Guichon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Joyeux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Techniques de l'Ingénieur. Sécurité des systèmes d'information</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02437327v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virtual Bulk Current Injection: Modeling EUT for Several Setups and Quantification of CM-to-DM Conversion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hassan Cheaito</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mor-Sokhna Diop</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marwan Ali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edith Clavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Vollaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Electromagnetic Compatibility</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 59 (3), pp.835 - 844. </w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TEMC.2016.2631721⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01609054v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Numerical multiphysics modeling of temperature rises in gas insulated busbars</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Marty</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nesrine Rebzani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edith Clavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Morin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Dielectrics and Electrical Insulation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 23 (5), pp.2579 - 2586. </w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TDEI.2016.7736815⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01650923v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Study of Lightning Effects on Aircraft Withn Predominately Composite Structures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ali Jazzar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edith Clavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Meunier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enrico Vialardi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Electromagnetic Compatibility</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 56 (3), pp 675-682. </w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/temc.2013.2297444⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01015585v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modélisation électromagnétique des grands systèmes : l'apport des méthodes intégrales dans l'étude du foudroiement des avions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ali Jazzar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Trung Son Nguyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edith Clavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Guichon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Chadebec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Electrical Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, pp.65-86. </w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3166/ejee.16.65-86⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03048119v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Far Field Extrapolation from Near Field Interactions and Shielding Influence Investigations Based on a FE-PEEC Coupling Method</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edith Clavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Son Tran Than</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémie Aimé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Meunier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Roudet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Electronics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, pp.80-93</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00799008v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Using equivalent emission sources to evaluate the coupling between components</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sanaa Zangui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kévin Berger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Moises Ferber de Vieira Lessa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Vincent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ronan Perrussel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Magnetics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 48 (2), pp. 439-442. </w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TMAG.2011.2176316⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00674723v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Numerical Methods for Eddy Currents Modeling of Planar Transformers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémie Aimé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cogitore</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Meunier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edith Clavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Maréchal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Magnetics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 47 (5), pp.1014-1017. </w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/tmag.2010.2091398⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00790101v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">EMC Modeling of an Industrial Variable Speed Drive With an Adapted PEEC Method</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Ardon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémie Aimé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Chadebec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edith Clavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Guichon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Magnetics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 46 (8), pp 2892-2898. </w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TMAG.2010.2043420⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00521938v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modeling of Connections Taking Into Account Return Plane: Application to EMI Modeling for Railway</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edith Clavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Roudet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Chevalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dragos Postariu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Industrial Electronics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 56 (3), pp 678-684</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00373558v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Original cabling conditions to insure balanced current during switching transitions between paralleled semiconductors</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P.-O. Jeannin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.-L. Schanen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Clavel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Industry Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2002, 38 (1), pp.181-188. </w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/28.980374⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03843946v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence of an impedance step in interconnection inductance calculation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Clavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J-L. Schanen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Roudet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Marechal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Magnetics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1996, 32 (3), pp.824-827. </w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/20.497368⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03844043v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modeling of low inductive busbar connections</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J-L. Schanen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Clavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Roudet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Industry Applications Magazine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1996, 2 (5), pp.39-43. </w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/2943.532153⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03844027v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (76)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modélisation du test Cem BCI sous contrainte DO160 & validation avec des mesures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mor Sokhna Diop</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edith Clavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hassan Cheaito</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Vollaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.C. Kedzia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CEM ParisCEM</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2018, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01834959v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">VALIDATION EXPERIMENTALE DE MODELES « CIRCUIT » REPRESENTANT LES CONDUCTEURS ENFOUIS DANS LA TERRE EN VUE DE LA COMPREHENSION DES PERTURBATIONS CEM DANS LES BATIMENTS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Roudet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edith Clavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Derbey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Guichon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zaki Gouichiche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque international et exposition sur ma compatibilité électromagnétique CEM</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2018, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01835450v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Investigation of common mode (CM) impedance : Comparison of pure CM and bulk current injection</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hassan Cheaito</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mor Sokhna Diop</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marwan Ali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edith Clavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Vollaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EMC Europe</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2017, Angers, France. </w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/EMCEurope.2017.8094630⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01609044v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">2D modeling of Bulk Current Injection Probe and validation with measurements</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mor Sokhna Diop</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edith Clavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hassan Cheaito</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Vollaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enrico Vialardi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XXXIInd General Assembly and Scientific Symposium of the International Union of Radio Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2017, Montréal, Canada. </w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.23919/URSIGASS.2017.8105244⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01586749v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Parcours spécifiques : allier réussite et contraintes individuelles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Xavier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edith Clavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M Loretz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Oddon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miguel Ardid</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IXème colloque Questions de Pédagogies dans l’Enseignement Supérieur (QPES) relever les défis de l’altérité dans l’enseignement supérieur, 2017</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2017, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01697950v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assurer la réussite d’un public hétérogène aux objectifs de poursuite d’études et d’insertion professionnelle différents : le cas de l’IUT1 de Grenoble</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edith Clavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Rezenthel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Loretz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Warzagier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IXème colloque Questions de Pédagogies dans l’Enseignement Supérieur (QPES) : relever les défis de l’altérité dans l’enseignement supérieur, 2017</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2017, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01697962v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">2D FEM model for BCI probe-to-cables coupling with several conductors at the secondary winding</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mor Sokhna Diop</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hassan Cheaito</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edith Clavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Vollaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enrico Vialardi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EMC Europe</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2017, Angers, France. </w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/EMCEurope.2017.8094799⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01586670v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analysis of lightning propagation inside building via grounding system</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edith Clavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Roudet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tamiris Grossl Bade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Joyeux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zaki Gouichiche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">GEMCCON</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2017, São Paulo, Brazil</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01693098v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Electro-mechanical de-icer modeling with aeronautics application</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Melissa Estopier Castillo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Trung Nguyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edith Clavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Galopin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Wurtz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Symposium de Genie Electrique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2016, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01361541v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluation of uncertainties related to BCI (Bulk Current Injection) tests</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mor Sokhna Diop</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edith Clavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hassan Cheaito</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Vollaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enrico Vialardi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10th EMF</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2016, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01306828v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analysis of Transient in Buildings Grounding System Using a Modified Image Method</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zaki Gouichiche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Roudet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edith Clavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Joyeux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Electromagnetics Symposium (EUROEM )2016 </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2016, Londres, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01347585v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multiphysics modeling for a new de-icing technology in aeronautics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Melissa Estopier Castillo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edith Clavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Galopin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Wurtz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Le Garrec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Seventeenth Biennial IEEE Conference on Electromagnetic Field Computation (CEFC 2016)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2016, Miami, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01399210v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Perturbations électromagnétiques conduites d’un bras d’onduleur à base de transistors en Nitrure de Galium: Structure « 3D » pour composants horizontaux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Fita</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Olivier Jeannin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Lefranc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edith Clavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johan Delaine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Symposium de Genie Electrique 2016 (SGE 2016)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2016, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01332707v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Utilisation d'essais à 50Hz pour valider l'échauffement de GIS à 60Hz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edith Clavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Bigot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Podda</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Symposium de Genie Electrique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2016, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01361721v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Novel 3D Structure for Synchronous Buck Converter Based on Nitride Gallium Transistors</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Fita</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Olivier Jeannin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Lefranc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edith Clavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johan Delaine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Energy Conversion Congress &amp; Exposition (ECCE 2016)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2016, Milwaukee, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01373687v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Versatile susceptibility model of complex systems for Bulk Current Injection (BCI) test</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hassan Cheaito</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mor-Diop Sokhna</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marwan Ali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edith Clavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Bréard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2016 IEEE International Symposium on Electromagnetic Compatibility - EMC 2016</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2016, Ottawa, Canada. pp.513-518, </w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ISEMC.2016.7571701⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02467489v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Perturbations électromagnétiques conduites d'un bras d'onduleur à base de transistors en Nitrure de Galium: Structure « 3D » pour composants horizontaux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clement Fita</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Lefranc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Olivier Jeannin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edith Clavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johan Delaine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Symposium de Genie Electrique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2016, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01361586v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluation numérique des incertitudes liées au test BCI (Bulk Current Injection) dans le cas de plusieurs conducteurs dans la pince</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mor Sokhna Diop</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edith Clavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hassan Cheaito</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Vollaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enrico Vialardi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CEM</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2016, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01345375v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reduced Domain Modelling of Wiring Coupled Metallic Environment by using the Shading Concept</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Kechicheb</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Clavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. R. Mekideche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Allag</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XVII ISEF 2015</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, Valencia, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02330024v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Avion plus électrique, plus composite: impact de la CEM sur la masse des systèmes électriques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Schanen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edith Clavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Guichon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Club EEA 2015</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2015, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01136378v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ETUDE DE L'ECOULEMENT D'UNE AGRESSION DE TYPE FOUDRE DANS LE RESEAU ELECTRIQUE D'UN HABITAT TYPE</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zaki Gouichiche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Roudet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edith Clavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Joyeux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">17ème colloque International et exposition sur la compatibilité Électromagnétique (CEM) 2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2014, Clermont Ferrand, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01019908v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence of the conductor design on the temperature field in a high voltage gas insulated switchgear</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nesrine Rebzani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Marty</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edith Clavel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ISCAS 2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2014, Melbourne, Australia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01015998v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence de la géométrie du conducteur sur la température dans un poste sous enveloppe métallique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nesrine Rebzani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edith Clavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Marty</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nazmir Presser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Morin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SGE 2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2014, Cachan, France. 5 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01027555v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">THE MTL METHOD AND CONCEPT OF SHADING TO MODEL AUTOMOTIVE WIRING HAVING WIDE AND MULTIPLE GROUD PLANES</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahieddine Kechicheb</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edith Clavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Rachid Mékidèche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICEAA'13 - 2013 International Conference on Electromagnetics in Advanced Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2013, Turin, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00862731v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Méthodes et Outils pour la prise en compte des problématiques de compatibilité électromagnétique dans la conception mécatronique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Leconte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edith Clavel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">NAFEMS 2012</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2012, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00820600v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simulation foudre en aéronautique - Evaluation des méthodes EF et PEEC</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ali Jazzar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oz Ozge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Meunier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edith Clavel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">NUMELEC 2012</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2012, Marseille, France. pp.122</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00716895v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modélisation et mesures sur un caisson pour l'étude du foudroiement d'un avion en matériau composite</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ali Jazzar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edith Clavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Meunier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CEM 2012</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2012, Rouen, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00702828v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Réponse d'un filtre à une agression de type foudre : modèle et mesure</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarra Ben Gdara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edith Clavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Roudet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Joyeux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CEM 2012</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2012, Rouen, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00820594v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Time and frequential modeling of lightning impact on a composite structure</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ali Jazzar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edith Clavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Meunier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enrico Vialardi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EUROEM European Electromagnetics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2012, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00820252v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caractérisation électromagnétique d'une boucle inductive d'aide au shuntage des trains</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edith Clavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Meunier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Bellon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Lorang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Frugier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Electrotechnique du Futur (EF)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2011, Belfort, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00652949v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Using Equivalent Emission Sources to Evaluate the Coupling between Components</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sanaa Zangui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kévin Berger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ronan Perrussel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edith Clavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Antonio França Sartori</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Compumag 2011</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2011, Sydney, Australia. pp. 682-683, id. 424, 2 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00605918v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Méthode de modélisation du câblage pour la CEM des circuits de puissance: méthode PEEC</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Schanen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Roudet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Guichon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Chadebec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edith Clavel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7eme edition de la Conference sur le Genie electrique (CGE'07)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2011, Alger, Algérie</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00773505v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modélisation électromagnétique des grands systèmes : l'apport des méthodes intégrales dans l'étude du foudroiement des avions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ali Jazzar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Trung Son Nguyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Vincent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edith Clavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Guichon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Electrotechnique du Futur (EF)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2011, Belfort, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00652939v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Méthode de modélisation du câblage pour la CEM des circuits de puissance : méthode PEEC</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Schanen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Roudet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Guichon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Chadebec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edith Clavel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7ème édition de la Conférence sur le Génie Electrique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, Alger, Algérie</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00790409v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modeling and simulating the lightning phenomenon: aeronautic materials comparison in conducted and radiated modes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ali Jazzar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edith Clavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Meunier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Vincent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anca Goleanu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ISIE 2011</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2011, Gdansk, Poland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00607314v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">COMPARAISON EXPÉRIMENTALE DE CONFIGURATIONS DE CÂBLAGE</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Son Tran Than</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edith Clavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Fiachetti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Compatibilité Electromagnétique (CEM) 2010</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2010, Limoges, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00472552v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">MODELISATION DE LA CONNECTIQUE D'UN SATELITTE PAR LA METHODE MTL</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Son Tran Than</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edith Clavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Fiachetti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Compatibilité Electromagnétique (CEM) 2010</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2010, Limoges, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00472564v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Near-field coupling between EMC filter components</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sanaa Zangui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kévin Berger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Vincent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edith Clavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ronan Perrussel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE CEFC</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2010, Chicago, IL, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00485104v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">MODELISATION DES COUPLAGES EN CHAMP PROCHE DES COMPOSANTS DE FILTRES CEM</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sanaa Zangui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kévin Berger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Vincent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edith Clavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ronan Perrussel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CEM</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2010, Limoges, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00472582v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluation of coupling parameters of EMC filter components by using equivalent emission sources</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sanaa Zangui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kévin Berger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Vincent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ronan Perrussel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edith Clavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MOMAG</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2010, Vitória, Brazil. pp. 1-6, CD</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00502220v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Equivalent source corresponding to radiated field of EMC filter components</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sanâa Zangui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kévin Berger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Vincent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ronan Perrussel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edith Clavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EMC Europe</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2010, Wroclaw, Poland. pp. 1-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00520107v3</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modélisations et simulations des phénomènes foudre : comparaison des matériaux pour l'aéronautique en modes conduit et rayonné</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ali Jazzar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edith Clavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Meunier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2EMC : embedded EMC</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2010, Rouen, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00538486v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modélisation d'un capteur a courant de Foucault via un couplage de méthodes intégrales adaptées</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Ardon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Chadebec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edith Clavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Guichon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Labie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Compatibilité Electromagnétique (CEM) 2010</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2010, Limoges, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00472605v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Accélération d'un couplage de méthodes numériques dédié à la modélisation CEM de convertisseurs statiques industriels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Ardon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Chadebec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edith Clavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Guichon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Labie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2EMC : embedded EMC</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2010, Rouen, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00538513v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Electromagnetic characterization of PCB cards for mobile phones</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ali Jazzar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edith Clavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ISIE 2010 IEEE International Symposium on Industrial Electronics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2010, Bari, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00521990v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Electromagnetic Simulation of Power Modules via Adapted Modelling Tools</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enrico Vialardi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edith Clavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Chadebec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Guichon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Lionet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EPE-PEMC 2010 14th International Power Electronics and Motion Control Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2010, Ohrid, Macedonia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00521986v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Numerical methods for eddy currents modelling of planar transformers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémie Aimé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Meunier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edith Clavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cogitore</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CEFC 2010</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2010, Chicago, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00608305v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modélisation des couplages en champ proche des composants de filtres CEM en utilisant des sources équivalentes de rayonnement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sanâa Zangui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kévin Berger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Vincent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edith Clavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ronan Perrussel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">13ème EPF</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2010, Saint-Nazaire, France. pp. 1-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00520122v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modélisation et mesure des couplages en champ proche des composants de filtre CEM</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sanaa Zangui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Vincent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ronan Perrussel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kévin Berger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edith Clavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2EMC</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2010, Rouen, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00538503v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modeling the near-field coupling of EMC filter components</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sanâa Zangui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kévin Berger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Vollaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edith Clavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ronan Perrussel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EMC</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2010, Fort Lauderdale, FL, United States. pp. 825-830, 6 p., </w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ISEMC.2010.5711386⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00520119v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tools dedicated to the Electromagnetic Modelling of Power Structures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Ardon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edith Clavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Chadebec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enrico Vialardi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Guichon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Automotive Power Electronics 2009</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00367111v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">MoM and PEEC Method to Reach a Complete Equivalent Circuit of a Static Converter</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Ardon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémie Aimé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Chadebec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edith Clavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enrico Vialardi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EMC Zurich</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2009, Zurich, Switzerland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00354293v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">EMC behavior of static converters thanks to radiated field modeling using an equivalent electrical circuit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémie Aimé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Ardon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edith Clavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Roudet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Loizelet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IECON 2009</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2009, Porto, Portugal</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00430247v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Electromagnetic Modelling Process to Improve Cabling of Power Electronic Structures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémie Aimé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edith Clavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Roudet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Meunier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Loizelet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Symposium on electromagnetic fields, ISEF'09</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2009, Arras, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00490459v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Far field extrapolation from near field interactions and shielding influence investigations based on a FE-PEEC coupling method</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémie Aimé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thanh Son Tran</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edith Clavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Roudet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Ecrabey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The 2009 IEEE Energy Conversion Congress and Exposition (ECCE)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2009, San José, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00421424v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">EMC Modeling of an Industrial Variable Speed Drive with an Adapted PEEC Method</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Ardon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémie Aimé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Chadebec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edith Clavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Guichon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">COMPUMAG 09, 17th Conference on the Computation of Electromagnetic Fields</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2009, Florianopolis, Brazil</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00437520v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">EMC analysis of static converters by the extraction of a complete equivalent circuit via a dedicated PEEC method</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Ardon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémie Aimé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edith Clavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Chadebec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enrico Vialardi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8th International Symposium on Electric and Magnetic Fields</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2009, Mondovi, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00400682v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magnetic field computation of a common mode filter using Finite Element, PEEC methods and their coupling</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémie Aimé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Than-Son Tran</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edith Clavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Meunier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Le Floch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ISIE 2008, International Symposium on Industrial Electronics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2008, Cambridge, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00293682v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Application of an electroosmotic (EO) pump in power electronics cooling and in the direct methanol fuel cell (DMFC) of a portable system</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Youcef Berrouche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvan Avenas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Schaeffer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edith Clavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. C. Chang</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ISIE 2008, International Symposium on Industrial Electronics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2008, Cambridge, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00293669v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Couplage de la formulation t0-Phi utilisant la condition d'impédance de surface avec la méthode PEEC</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Son Tran Than</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Meunier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Labie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edith Clavel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6ème Conférence Européenne sur les méthodes numériques en Electromagnétisme (NUMELEC'2008)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2008, Liège, Belgique</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00365354v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Determination of the layout influence on the effectiveness of a three-phase common mode filter by using equivalent circuits and PSpice</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémie Aimé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edith Clavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Roudet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Baudesson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ISIE 2008, International Symposium on Industrial Electronics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2008, Cambridge, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00293679v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence d'un blindage sur le champ proche et les couplages au sein d'un filtre de mode commun</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémie Aimé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Than-Son Tran</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edith Clavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Meunier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Roudet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CEM08 14ème colloque international et exposition sur la compatibilité électromagnétique – JS08 journée scientifique URSI-France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2008, Paris, France. pp.Pages 343 - 345</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00282210v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Extraction des capacités parasites de structures d'électronique de puissance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Ardon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Chadebec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edith Clavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Guichon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enrico Vialardi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6ème Conférence Européenne sur les méthodes numériques en Electromagnétisme (NUMELEC 2008)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2008, Liège, Belgique</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00354301v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluation du Modèle Capacitif d'une Structure d'Electronique de Puissance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Ardon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémie Aimé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Chadebec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edith Clavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Le Floch</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CEM08 14ème colloque international et exposition sur la compatibilité électromagnétique - JS08 journée scientifique URSI-France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2008, Paris, France. pp.Session orale</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00365404v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">InCa3D a CAD tool for stray elements computation in Electrical Engineering</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Roudet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edith Clavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Guichon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Schanen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ECPE Seminar: «Virtual Prototyping in Power Electronics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2007, Baden-Dättwil, Switzerland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00293271v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Improving conducted EMI forecasting with accurate layout modeling</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Prades</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Lionet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">X. Brunotte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Le Floch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edith Clavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Symposium on Embedded EMC, 2EMC, ESIGELEC</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2007, Rouen, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00289438v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prediction and measurement of the magnetic near field of a static converter</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémie Aimé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ouafae Aouine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Roudet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Labarre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Costa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE ISIE'07, International Symposium on Industrial Electronics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2007, Vigo, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00289357v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modelling of connections taking into account return plane: Application to EMI modelling for railway</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edith Clavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Roudet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Chevalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dragos Postariu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE ISIE'07, International Symposium on Industrial Electronics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2007, Vigo, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00289291v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Function transfer sensitivity of an electronic filter versus capacitors location on a printed circuit board</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edith Clavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Premont</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Symposium on Embedded EMC, 2EMC, ESIGELEC</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2007, Rouen, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00289424v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Busbar Design: How to Spare Nanohenries ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Guichon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Aime</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Schanen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Roudet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conference Record of the 2006 IEEE Industry Applications Conference Forty-First IAS Annual Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2006, Tampa, France. </w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IAS.2006.256790⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01920107v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Busbar design: how to spare nanohenries</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Guichon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémie Aimé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Schanen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Roudet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IAS-IEEE Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2006, Tampa, Floride, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00198358v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Electrical Distribution Busbars Modeling:Extension of the PEEC Method for LF Ferromagnetic Shieldings</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Paul Gonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Mazauric</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edith Clavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Guichon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">COMPUMAG 2005</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2005, Shenyang, China. pp.COMPUMAG 2005</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00183328v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">PEEC Method Dedicated to Power Busbar Design</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Paul Gonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Mazauric</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edith Clavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Wendling</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Civil or Military ALL-ELECTRIC Ship AES2005 (DGA)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2005, Versailles, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00185639v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introducing Linear Magnetic Materials in PEEC Simulations. Principles, Academic and Industrial Applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Pierre Keradec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edith Clavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Paul Gonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Mazauric</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IAS 2005</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2005, Hong Kong SAR China</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00185592v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Power integration: electrical analysis of new emerging package</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Schanen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edith Clavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Pasterczyk</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Conference on Power Electronics and Applications 10th</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2003, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01196064v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Current evaluation inside a power fuse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.M Guichon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besacier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.L Schanen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Clavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.L Gelet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IASTED, PES'02, Power and Energy System</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2002, Marina del Rey, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00484521v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un vent d’espoir pour Madagascar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edith Clavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Rezenthel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Vassenaix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaëtan Fayolle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Pédagogie et Professionnalisation (JPP), 2017</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2017, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01697990v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (4)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modélisation par circuits électriques équivalents des réseaux de terre - Application</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Roudet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edith Clavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Guichon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Derbey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Joyeux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Editions T.I. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Techniques de l'Ingénieur</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ref. article : d3074, , 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02438035v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Study and Design of an Electro Technical Device for Safety on Railway Network</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edith Clavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Meunier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Bellon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Frugier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Infrastructure Design, Signalling and Security in Railway</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Xavier Perpinya, 2012, 978-953-51-0448-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00685492v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Interconnection modelling</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edith Clavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Roudet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Schanen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Power electronics semiconductors devices</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Wiley, 2009</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00367036v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modélisation de la connectique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edith Clavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Roudet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Schanen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Costa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Composants électroniques de puissance et leur mise en oeuvre</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Hermès, pp.65 à 148, 2005</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00181146v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etat de l’art dans la modélisation et la simulation des phénomènes électromagnétiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mor Sokhna Diop</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edith Clavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Vollaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01113387v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Busbar: design rules & integrated functions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Schanen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Roudet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Guichon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edith Clavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Mandray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00355575v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Generalized Average Model of Series - Parallel Resonant Converter with Capacitive Output Filter for High Power Application</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Romain Sibue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Paul Ferrieux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Meunier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Périot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edith Clavel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00521993v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vers un Outil de Conception de Câblage : Le Logiciel InCa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edith Clavel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Energie électrique. Institut National Polytechnique de Grenoble, 1996. Français. </w:t></w:r><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : ⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-01149858v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">HDR (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Intégration de la méthode de recherche de schémas électriques équivalents (PEEC) pour la modélisation, l'analyse et la conception des interconnexions dans les systèmes complexes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edith Clavel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sciences de l'ingénieur [physics]. Institut National Polytechnique de Grenoble - INPG, 2004</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">HDR</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-00408275v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId245"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -185,51 +185,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02437103v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edith Clavel" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James Roudet" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. K. Hayashi Feuerharmel" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. de Luca" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zaki Gouichiche" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TEMC.2019.2898234" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01679809v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Guichon" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Joyeux" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/temc.2017.2743227" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02437327v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01609054v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hassan Cheaito" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mor-Sokhna Diop" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marwan Ali" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Vollaire" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TEMC.2016.2631721" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01650923v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Marty" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nesrine Rebzani" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Morin" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TDEI.2016.7736815" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01015585v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Jazzar" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Meunier" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enrico Vialardi" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/temc.2013.2297444" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03048119v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Trung Son Nguyen" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Chadebec" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/ejee.16.65-86" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/CDBFA012A00A816CF6F862A315B86A95C14FBFFE/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00799008v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Son Tran Than" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Aim&#233;" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00674723v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sanaa Zangui" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K&#233;vin Berger" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moises Ferber de Vieira Lessa" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Vincent" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronan Perrussel" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TMAG.2011.2176316" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00790101v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Cogitore" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Mar&#233;chal" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/tmag.2010.2091398" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00521938v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Ardon" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TMAG.2010.2043420" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00373558v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Chevalier" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dragos Postariu" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03843946v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.-O. Jeannin" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-L. Schanen" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Clavel" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/28.980374" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03844043v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J-L. Schanen" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Roudet" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Marechal" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/20.497368" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03844027v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/2943.532153" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01834959v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mor Sokhna Diop" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.C. Kedzia" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01835450v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Derbey" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01609044v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/EMCEurope.2017.8094630" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01586749v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/URSIGASS.2017.8105244" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01697962v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Rezenthel" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Loretz" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Warzagier" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01697950v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Xavier" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Loretz" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Oddon" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel Ardid" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01586670v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/EMCEurope.2017.8094799" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01693098v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tamiris Grossl Bade" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01361541v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melissa Estopier Castillo" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Trung Nguyen" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Galopin" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Wurtz" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01306828v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01347585v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01399210v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Le Garrec" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01332707v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Fita" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Olivier Jeannin" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Lefranc" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johan Delaine" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01361721v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Bigot" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Podda" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01373687v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02467489v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mor-Diop Sokhna" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Br&#233;ard" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISEMC.2016.7571701" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01361586v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clement Fita" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01345375v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02330024v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Kechicheb" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. R. Mekideche" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Allag" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01136378v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Schanen" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01019908v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01015998v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01027555v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nazmir Presser" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00862731v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mahieddine Kechicheb" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Rachid M&#233;kid&#232;che" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00820600v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Leconte" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00716895v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oz Ozge" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00820594v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarra Ben Gdara" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00702828v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00820252v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00652949v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Bellon" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Lorang" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Frugier" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00773505v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00605918v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Antonio Fran&#231;a Sartori" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00652939v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00790409v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00607314v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anca Goleanu" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00472552v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Fiachetti" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00472564v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00472582v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00520107v3" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=San&#226;a Zangui" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00538486v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00502220v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00485104v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00472605v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Labie" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00538513v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00521990v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Guibert" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00521986v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Lionet" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00520122v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00608305v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00520119v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISEMC.2010.5711386" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00538503v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00367111v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00421424v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thanh Son Tran" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Ecrabey" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00430247v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Loizelet" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00490459v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00354293v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00437520v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00400682v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00293682v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Than-Son Tran" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Le Floch" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00293669v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youcef Berrouche" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvan Avenas" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Schaeffer" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. C. Chang" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00365354v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00293679v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Baudesson" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00354301v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00282210v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00365404v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00293271v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00289438v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Prades" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Lionet" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Brunotte" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00289357v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ouafae Aouine" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Labarre" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Costa" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00289291v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00289424v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Premont" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01920107v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Aime" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Martin" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IAS.2006.256790" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00198358v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00183328v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Gonnet" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Mazauric" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00185639v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Wendling" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00185592v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Keradec" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01196064v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Pasterczyk" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00484521v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M Guichon" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Besacier" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.L Schanen" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.L Gelet" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01697990v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Vassenaix" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;tan Fayolle" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02438035v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00685492v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bellon" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00367036v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00181146v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01113387v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00355575v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Mandray" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00521993v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Romain Sibue" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Ferrieux" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert P&#233;riot" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-01149858v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00408275v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02437103v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edith Clavel" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James Roudet" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. K. Hayashi Feuerharmel" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. de Luca" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zaki Gouichiche" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TEMC.2019.2898234" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01679809v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Guichon" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Joyeux" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/temc.2017.2743227" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02437327v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01609054v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hassan Cheaito" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mor-Sokhna Diop" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marwan Ali" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Vollaire" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TEMC.2016.2631721" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01650923v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Marty" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nesrine Rebzani" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Morin" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TDEI.2016.7736815" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01015585v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Jazzar" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Meunier" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enrico Vialardi" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/temc.2013.2297444" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03048119v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Trung Son Nguyen" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Chadebec" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/ejee.16.65-86" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/CDBFA012A00A816CF6F862A315B86A95C14FBFFE/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00799008v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Son Tran Than" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Aim&#233;" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00674723v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sanaa Zangui" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K&#233;vin Berger" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moises Ferber de Vieira Lessa" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Vincent" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronan Perrussel" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TMAG.2011.2176316" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00790101v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Cogitore" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Mar&#233;chal" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/tmag.2010.2091398" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00521938v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Ardon" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TMAG.2010.2043420" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00373558v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Chevalier" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dragos Postariu" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03843946v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.-O. Jeannin" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-L. Schanen" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Clavel" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/28.980374" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03844043v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J-L. Schanen" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Roudet" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Marechal" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/20.497368" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03844027v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/2943.532153" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01834959v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mor Sokhna Diop" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.C. Kedzia" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01835450v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Derbey" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01609044v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/EMCEurope.2017.8094630" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01586749v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/URSIGASS.2017.8105244" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01697950v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Xavier" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Loretz" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Oddon" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel Ardid" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01697962v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Rezenthel" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Loretz" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Warzagier" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01586670v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/EMCEurope.2017.8094799" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01693098v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tamiris Grossl Bade" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01361541v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melissa Estopier Castillo" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Trung Nguyen" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Galopin" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Wurtz" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01306828v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01347585v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01399210v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Le Garrec" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01332707v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Fita" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Olivier Jeannin" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Lefranc" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johan Delaine" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01361721v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Bigot" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Podda" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01373687v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02467489v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mor-Diop Sokhna" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Br&#233;ard" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISEMC.2016.7571701" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01361586v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clement Fita" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01345375v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02330024v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Kechicheb" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. R. Mekideche" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Allag" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01136378v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Schanen" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01019908v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01015998v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01027555v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nazmir Presser" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00862731v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mahieddine Kechicheb" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Rachid M&#233;kid&#232;che" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00820600v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Leconte" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00716895v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oz Ozge" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00702828v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00820594v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarra Ben Gdara" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00820252v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00652949v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Bellon" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Lorang" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Frugier" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00605918v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Antonio Fran&#231;a Sartori" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00773505v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00652939v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00790409v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00607314v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anca Goleanu" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00472552v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Fiachetti" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00472564v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00485104v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00472582v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00502220v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00520107v3" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=San&#226;a Zangui" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00538486v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00472605v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Labie" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00538513v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00521990v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Guibert" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00521986v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Lionet" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00608305v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00520122v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00538503v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00520119v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISEMC.2010.5711386" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00367111v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00354293v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00430247v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Loizelet" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00490459v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00421424v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thanh Son Tran" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Ecrabey" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00437520v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00400682v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00293682v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Than-Son Tran" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Le Floch" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00293669v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youcef Berrouche" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvan Avenas" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Schaeffer" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. C. Chang" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00365354v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00293679v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Baudesson" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00282210v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00354301v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00365404v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00293271v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00289438v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Prades" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Lionet" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Brunotte" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00289357v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ouafae Aouine" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Labarre" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Costa" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00289291v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00289424v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Premont" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01920107v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Aime" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Martin" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IAS.2006.256790" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00198358v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00183328v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Gonnet" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Mazauric" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00185639v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Wendling" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00185592v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Keradec" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01196064v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Pasterczyk" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00484521v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M Guichon" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Besacier" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.L Schanen" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.L Gelet" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01697990v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Vassenaix" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;tan Fayolle" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02438035v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00685492v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bellon" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00367036v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00181146v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01113387v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00355575v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Mandray" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00521993v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Romain Sibue" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Ferrieux" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert P&#233;riot" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-01149858v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00408275v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>