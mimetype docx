--- v0 (2026-03-05)
+++ v1 (2026-03-29)
@@ -72,2692 +72,2816 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
+        <w:t xml:space="preserve">Pré-publication, Document de travail (1)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId7" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Preliminary evaluation of the Transfer Learning capabilities of MOTL for multi-omics cancer survival analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Gloaguen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Le Goff</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edith Le Floch</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2026</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (working paper)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId7" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">cea-05554714v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
         <w:t xml:space="preserve">Article dans une revue (20)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId7" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Characterization of challenging forensic DNA traces using advanced molecular technologies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amel Larnane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Lefèvre-Horgues</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Cruaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Fund</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edith Le Floch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Legal Medicine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 139 (4), pp.1511-1527. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/s00414-025-03448-8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId7" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05159911v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">GNNenrich: a novel method for pathway enrichment analysis based on graph neural network</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mallek Mziou-Sallami</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierrick Roger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Gloaguen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Dandine-Roulland</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Jiogho Ngaho</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bioinformatics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 41 (9), pp.btaf478. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1093/bioinformatics/btaf478⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05492025v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Human genetic structure in Northwest France provides new insights into West European historical demography</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabel Alves</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joanna Giemza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Blum</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carolina Bernhardsson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Chatel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nature Communications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 15 (1), pp.6710. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1038/s41467-024-51087-1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04683810v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comprehensive catalog of variants potentially associated with hidradenitis suppurativa, including newly identified variants from a cohort of 100 patients</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kévin Muret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Le Goff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Dandine-Roulland</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Hotz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francette Jean-Louis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Molecular Sciences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 25 (19), pp.10374. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3390/ijms251910374⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">cea-04719777v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Shared Heritability of Blood Pressure and Pulse Wave Velocity</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Constance Xhaard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre de Villemereuil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Athanase Benetos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erwan Bozec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Dandine-Roulland</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Hypertension</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 80 (7), pp.1526-1533. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1161/HYPERTENSIONAHA.122.20740⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04193168v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Layer myocardial strain is the most heritable echocardiographic trait</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Huttin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Constance Xhaard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Dandine-Roulland</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edith Le Floch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Bacq-Daian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Heart Journal - Cardiovascular Imaging</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 24 (10), pp.1394-1403. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1093/ehjci/jead146⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04192912v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Weak association between genetic markers of hyperuricemia and cardiorenal outcomes: insights from the STANISLAS study cohort with a 20‐year follow‐up</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mehmet Kanbay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Constance Xhaard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edith Le Floch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Dandine-Roulland</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Girerd</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of the American Heart Association</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 11, pp.e023301. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1161/JAHA.121.023301⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03652891v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Identification of risk loci for primary aldosteronism in genome-wide association studies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edith Le Floch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Teresa Cosentino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Casper K Larsen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Felix Beuschlein</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Reincke</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nature Communications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 13 (1), pp.5198. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1038/s41467-022-32896-8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">inserm-03845164v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fatty acid desaturase genetic variations and dietary omega-3 fatty acid intake associate with arterial stiffness</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Magnus Bäck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Constance Xhaard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphael Rouget</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Thuillier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Oscar Plunde</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Heart Journal Open</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, pp.oeac016. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1093/ehjopen/oeac016⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03613927v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Genome-wide haplotype association study in imaging genetics using whole-brain sulcal openings of 16,304 UK Biobank subjects</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Slim Karkar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Dandine-Roulland</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Mangin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Le Guen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cathy Philippe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Journal of Human Genetics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 29 (9), pp.1424-1437. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1038/s41431-021-00827-8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">cea-04359983v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">PIntMF: Penalized Integrative Matrix Factorization method for multi-omics data</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Morgane Pierre-Jean</w:t>
+                <w:t xml:space="preserve">Impact of natriuretic peptide polymorphisms on diastolic and metabolic function in a populational cohort: insights from the STANISLAS cohort</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Constance Xhaard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Florence Mauger</w:t>
+                <w:t xml:space="preserve">Raphaël Rouget</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-François Deleuze</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Nicolas Vodovar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edith Le Floch</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Dandine‐roulland</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bioinformatics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/bioinformatics/btab786⟩</w:t>
+              <w:t xml:space="preserve">ESC Heart Failure</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/ehf2.13674⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId66" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03154671v1</w:t>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03414759v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of natriuretic peptide polymorphisms on diastolic and metabolic function in a populational cohort: insights from the STANISLAS cohort</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">PIntMF: Penalized Integrative Matrix Factorization method for multi-omics data</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Vodovar</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Morgane Pierre-Jean</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Mauger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Deleuze</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edith Le Floch</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ESC Heart Failure</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/ehf2.13674⟩</w:t>
+              <w:t xml:space="preserve">Bioinformatics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 38 (4), pp.900-907. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/bioinformatics/btab786⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03414759v1</w:t>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03154671v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Genetics of severe hypercholesterolemia in the general population</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Constance Xhaard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">João Pedro Ferreira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edith Le Floch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zohra Lamiral</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Dandine-Roulland</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Atherosclerosis Prevention and Treatment</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 12 (3), pp.73-83. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.53590/japt.02.1026⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03579126v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Region-specific expression of young small-scale duplications in the human central nervous system</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Solène Brohard-Julien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Frouin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Meyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Smahane Chalabi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Deleuze</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">BMC Ecology and Evolution</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 21, pp.59. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1186/s12862-021-01794-w⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03353892v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Circulating plasma proteins and new-onset diabetes in a population-based study: proteomic and genomic insights from the STANISLAS cohort</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joao Pedro Ferreira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zohra Lamiral</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Constance Xhaard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kévin Duarte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Bresso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Journal of Endocrinology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 183 (3), pp.285-295. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1530/EJE-20-0246⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02917113v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Exploring the link between additive heritability and prediction accuracy from a ridge regression perspective</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arthur Frouin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Dandine-Roulland</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Morgane Pierre-Jean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Deleuze</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Ambroise</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Frontiers in Genetics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 11, pp.581594. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3389/fgene.2020.581594⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">cea-04419427v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Where are the missing gene defects in inherited retinal disorders? Intronic and synonymous variants contribute at least to 4% of CACNA1F-mediated inherited retinal disorders</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christina Zeitz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle Michiels</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Neuillé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christoph Friedburg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christel Condroyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Human Mutation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 40 (6), pp.765-787. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1002/humu.23735⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02616948v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clustering and variable selection evaluation of 13 unsupervised methods for multi-omics data integration</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Morgane Pierre-Jean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Deleuze</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edith Le Floch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Mauger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Briefings in Bioinformatics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/bib/bbz138⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId103" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">cea-02393847v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Toxoplasma gondii exposure may modulate the influence of TLR2 genetic variation on bipolar disorder: a gene–environment interaction study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">José Oliveira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Kazma</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edith Le Floch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Meriem Bennabi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nora Hamdani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Bipolar Disorders</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 4 (1), pp.11. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1186/s40345-016-0052-6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">cea-04557509v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Voxelwise multivariate statistics and brain-wide machine learning using the full diffusion tensor.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Laure Fouque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Fillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Bargiacchi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Cachia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Monica Zilbovicius</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Med Image Comput Comput Assist Interv</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 14 (Pt 2), pp.9-16</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00700801v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -2767,151 +2891,151 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">SurvNMF: Non-Negative Matrix Factorization supervised for survival data analysis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Le Goff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Guillemot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cathy Philippe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Deleuze</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edith Le Floch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Institut Pasteur Paris; CEA. 2025</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId117" w:history="1">
-              <w:r>
-[...71 lines deleted...]
-            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04975434v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -2921,525 +3045,525 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impact of joint Dimension Reduction methods for survival prediction - extension of a multi-omics benchmark study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Le Goff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Guillemot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cathy Philippe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gwendoline Mendes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean‐françois Deleuze</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ISMB/ECCB 2025</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2025, Liverpool, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05318178v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impact of joint Dimension Reduction methods for survival prediction - Extension of a multi-omics benchmark study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Le Goff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Guillemot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cathy Philippe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gwendoline Mendes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Deleuze</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées Ouvertes en Biologie, Informatique et Mathématiques (JOBIM)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2024, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">cea-04734003v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benchmark study of Adaptive Sampling algorithms: Simulation of various viral mixtures</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Vacus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edith Le Floch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zuzana Gerber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Deleuze</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Gloaguen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées Ouvertes en Biologie, Informatique et Mathématiques (JOBIM)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2024, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">cea-04734006v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A benchmark study of deconvolution methods and target enrichment kits to estimate the proportions of COVID 19 lineages in wastewater samples sequenced with ONT</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin VACUS</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Délépine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zuzana Gerber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Sandron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Daviaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">he 31st Annual Intelligent Systems For Molecular Biology and the 22nd Annual European Conference on Computational Biology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2023, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">cea-04600532v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -3449,582 +3573,582 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">PIntMF : Une méthode de factorisation matricielle pénalisée pour l'intégration de données multi-omiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Morgane Pierre-Jean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Mauger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Deleuze</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edith Le Floch</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">JDS 21 - 52èmes Journées de Statistique de la Société Française de Statistique (SFdS) (reportées en 2021)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2021, Nice, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02945894v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Multivariate haplotype analysis of 96 sulci opening for 15,612 UK-Biobank subjects</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Karkar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Gloaguen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y. Le Guen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Morgane Pierre-Jean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Dandine-Roulland</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ISBI 2019 - Proceedings of the IEEE International Symposium on Biomedical Imaging</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2019, Venice, Italy. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/isbi.2019.8759497⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">cea-02016827v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dimension reduction and regularisation combined with Partial Least Squares in high dimensional imaging-genetics studies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edith Le Floch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laura Trinchera</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arthur Tenenhaus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Baptiste Poline</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Frouin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PLS'12</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2012, Houston, United States. CD-ROM Proceedings (8 p.)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00752233v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Variable Selection via Correlated Component PLS-type Regression</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laura Trinchera</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edith Le Floch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arthur Tenenhaus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">8th Scientific Meeting of the CLAssification and Data Analysis Group of the Italian Statistical Society (GLADAG'11)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2011, Pavia, Italy. 4 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00656584v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Variable Selection in Partial Least Squares Methods: overview and recent developments</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laura Trinchera</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edith Le Floch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arthur Tenenhaus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Symposium on Business and Industrial Statistics (ISBI'10)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2010, Portoroz, Slovenia. pp.102</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00529791v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -4034,189 +4158,189 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dimension Reduction and Regularization Combined with Partial Least Squares in High Dimensional Imaging Genetics Studies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edith Le Floch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laura Trinchera</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Guillemot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arthur Tenenhaus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Baptiste Poline</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">New Perspectives in Partial Least Squares and Related Methods</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Springer, pp.147-158, 2013, Springer Proceedings in Mathematics &amp; Statistics, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-1-4614-8283-3_9⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId143" w:history="1">
-              <w:r>
-[...29 lines deleted...]
-            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01068983v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId145"/>
+      <w:footerReference w:type="default" r:id="rId146"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -4363,51 +4487,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05159911v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amel Larnane" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Lef&#232;vre-Horgues" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Cruaud" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Fund" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edith Le Floch" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00414-025-03448-8" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05492025v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mallek Mziou-Sallami" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierrick Roger" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Gloaguen" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Dandine-Roulland" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Jiogho Ngaho" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/bioinformatics/btaf478" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04683810v2" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabel Alves" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joanna Giemza" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Blum" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carolina Bernhardsson" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Chatel" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-024-51087-1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04719777v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K&#233;vin Muret" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Le Goff" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Hotz" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francette Jean-Louis" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms251910374" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04193168v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Constance Xhaard" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre de Villemereuil" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Athanase Benetos" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Bozec" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1161/HYPERTENSIONAHA.122.20740" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04192912v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Huttin" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Bacq-Daian" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/ehjci/jead146" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03652891v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehmet Kanbay" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Girerd" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1161/JAHA.121.023301" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03845164v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Teresa Cosentino" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Casper K Larsen" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felix Beuschlein" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Reincke" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-022-32896-8" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03613927v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magnus B&#228;ck" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raphael Rouget" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Thuillier" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oscar Plunde" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/ehjopen/oeac016" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04359983v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Slim Karkar" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Mangin" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Le Guen" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cathy Philippe" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41431-021-00827-8" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03154671v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Pierre-Jean" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Mauger" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Deleuze" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/bioinformatics/btab786" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03414759v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Rouget" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Vodovar" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Dandine&#8208;roulland" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ehf2.13674" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03579126v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#227;o Pedro Ferreira" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zohra Lamiral" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.53590/japt.02.1026" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://universite-paris-saclay.hal.science/hal-03353892v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sol&#232;ne Brohard-Julien" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Frouin" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Meyer" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Smahane Chalabi" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12862-021-01794-w" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02917113v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joao Pedro Ferreira" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K&#233;vin Duarte" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Bresso" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1530/EJE-20-0246" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04419427v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Frouin" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Ambroise" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fgene.2020.581594" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-02616948v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christina Zeitz" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Michiels" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Neuill&#233;" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christoph Friedburg" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christel Condroyer" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/humu.23735" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02393847v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/bib/bbz138" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04557509v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Oliveira" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Kazma" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meriem Bennabi" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nora Hamdani" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40345-016-0052-6" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00700801v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Fouque" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Fillard" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Bargiacchi" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Cachia" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monica Zilbovicius" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04975434v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Guillemot" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05318178v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwendoline Mendes" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;fran&#231;ois Deleuze" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04734003v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04734006v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Vacus" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zuzana Gerber" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04600532v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin VACUS" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc D&#233;l&#233;pine" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Sandron" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Daviaud" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02945894v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02016827v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Karkar" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Gloaguen" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Le Guen" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/isbi.2019.8759497" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00752233v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Trinchera" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Tenenhaus" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Poline" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00656584v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00529791v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01068983v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-4614-8283-3_9" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HCB-X5T90G3F-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-05554714v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Gloaguen" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Le Goff" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edith Le Floch" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05159911v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amel Larnane" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Lef&#232;vre-Horgues" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Cruaud" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Fund" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00414-025-03448-8" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05492025v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mallek Mziou-Sallami" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierrick Roger" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Dandine-Roulland" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Jiogho Ngaho" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/bioinformatics/btaf478" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04683810v2" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabel Alves" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joanna Giemza" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Blum" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carolina Bernhardsson" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Chatel" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-024-51087-1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04719777v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K&#233;vin Muret" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Hotz" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francette Jean-Louis" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms251910374" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04193168v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Constance Xhaard" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre de Villemereuil" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Athanase Benetos" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Bozec" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1161/HYPERTENSIONAHA.122.20740" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04192912v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Huttin" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Bacq-Daian" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/ehjci/jead146" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03652891v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehmet Kanbay" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Girerd" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1161/JAHA.121.023301" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03845164v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Teresa Cosentino" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Casper K Larsen" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felix Beuschlein" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Reincke" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-022-32896-8" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03613927v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magnus B&#228;ck" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raphael Rouget" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Thuillier" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oscar Plunde" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/ehjopen/oeac016" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04359983v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Slim Karkar" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Mangin" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Le Guen" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cathy Philippe" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41431-021-00827-8" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03414759v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Rouget" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Vodovar" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Dandine&#8208;roulland" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ehf2.13674" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03154671v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Pierre-Jean" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Mauger" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Deleuze" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/bioinformatics/btab786" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03579126v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#227;o Pedro Ferreira" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zohra Lamiral" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.53590/japt.02.1026" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://universite-paris-saclay.hal.science/hal-03353892v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sol&#232;ne Brohard-Julien" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Frouin" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Meyer" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Smahane Chalabi" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12862-021-01794-w" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02917113v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joao Pedro Ferreira" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K&#233;vin Duarte" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Bresso" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1530/EJE-20-0246" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04419427v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Frouin" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Ambroise" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fgene.2020.581594" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-02616948v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christina Zeitz" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Michiels" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Neuill&#233;" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christoph Friedburg" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christel Condroyer" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/humu.23735" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02393847v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/bib/bbz138" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04557509v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Oliveira" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Kazma" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meriem Bennabi" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nora Hamdani" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40345-016-0052-6" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00700801v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Fouque" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Fillard" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Bargiacchi" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Cachia" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monica Zilbovicius" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04975434v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Guillemot" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05318178v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwendoline Mendes" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;fran&#231;ois Deleuze" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04734003v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04734006v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Vacus" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zuzana Gerber" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04600532v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin VACUS" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc D&#233;l&#233;pine" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Sandron" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Daviaud" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02945894v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02016827v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Karkar" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Gloaguen" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Le Guen" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/isbi.2019.8759497" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00752233v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Trinchera" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Tenenhaus" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Poline" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00656584v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00529791v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01068983v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-4614-8283-3_9" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HCB-X5T90G3F-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>