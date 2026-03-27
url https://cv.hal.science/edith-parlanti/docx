--- v0 (2026-03-07)
+++ v1 (2026-03-27)
@@ -2192,265 +2192,265 @@
                 </w:rPr>
                 <w:t xml:space="preserve">bioemco-00605313v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Properties of fluorescent dissolved organic matter in the Gironde Estuary</w:t>
+                <w:t xml:space="preserve">Fluorescence spectroscopy applied to the optimisation of a desalting step by electrodialysis for the characterisation of marine organic matter</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Huguet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stéphane Relexans</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Hélène Roux De-Balmann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edith Parlanti</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Organic Geochemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.orggeochem.2009.03.002⟩</w:t>
+              <w:t xml:space="preserve">Journal of Membrane Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 326 (1), pp.186-196. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/J.MEMSCI.2008.09.051⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">bioemco-00605318v1</w:t>
+                <w:t xml:space="preserve">bioemco-00605321v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fluorescence spectroscopy applied to the optimisation of a desalting step by electrodialysis for the characterisation of marine organic matter</w:t>
+                <w:t xml:space="preserve">Properties of fluorescent dissolved organic matter in the Gironde Estuary</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Huguet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lilian Vacher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Relexans</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Saubusse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hélène Roux De-Balmann</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Jean-Marie Froidefond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Membrane Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2009, 326 (1), pp.186-196. </w:t>
+              <w:t xml:space="preserve">Organic Geochemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 40 (6), pp.706-719. </w:t>
             </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/J.MEMSCI.2008.09.051⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.orggeochem.2009.03.002⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId92" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">bioemco-00605321v1</w:t>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">bioemco-00605318v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Experimental leaching of podzol soil lipids. Nature and biological origin of water soluble components</w:t>
               </w:r>
@@ -2967,545 +2967,545 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04868701v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chemical characterization of water extractable organic matter from plants: A better understanding of soil dissolved organic matter sources and path in permafrost thawing regions </w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Caractéristiques optiques de la matière organique dissoute dans des eaux usées domestiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Masson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edith Parlanti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amine Boukra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alienor Allain</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Edith Parlanti</w:t>
+                <w:t xml:space="preserve">Corinne Brosse-Quilgars</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mahaut Sourzac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EGU General Assembly 2021</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">27e édition de la Réunion des Sciences de la Terre</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, SGF, CNRS, Laboratoire de Géologie de Lyon ou l’étude de la Terre, des planètes et de l’environnement, Nov 2021, Lyon, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03184151v1</w:t>
+                <w:t xml:space="preserve">hal-03589151v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Does temperature affect soil organic matter decomposition and dissolved organic matter optical properties ?</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Sylvie Bussiere</w:t>
+                <w:t xml:space="preserve">Chemical characterization of water extractable organic matter from plants: A better understanding of soil dissolved organic matter sources and path in permafrost thawing regions </w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alienor Allain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Anne Alexis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yannick Agnan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Humbert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edith Parlanti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">30. International Meeting on Organic Geochemistry (IMOG 2021)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3997/2214-4609.202134202⟩</w:t>
+              <w:t xml:space="preserve">EGU General Assembly 2021</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2021, online, France. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5194/egusphere-egu21-12002⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId117" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05046556v1</w:t>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03184151v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Approche multi-analytique pour étudier les sources de matière organique dissoute dans un bassin versant périurbain</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Loïc Richard</w:t>
+                <w:t xml:space="preserve">Does temperature affect soil organic matter decomposition and dissolved organic matter optical properties ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Ouédraogo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Denaix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mahaut Sourzac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Coriou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Bussiere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">27e édition de la Réunion des Sciences de la Terre</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">30. International Meeting on Organic Geochemistry (IMOG 2021)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, IMOG, Sep 2021, Online, France. pp.1-2, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3997/2214-4609.202134202⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId122" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03589142v1</w:t>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05046556v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Caractéristiques optiques de la matière organique dissoute dans des eaux usées domestiques</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Approche multi-analytique pour étudier les sources de matière organique dissoute dans un bassin versant périurbain</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amine Boukra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Masson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Myriam Arhror</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Brosse-Quilgars</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Mahaut Sourzac</w:t>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loïc Richard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">27e édition de la Réunion des Sciences de la Terre</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, SGF, CNRS, Laboratoire de Géologie de Lyon ou l’étude de la Terre, des planètes et de l’environnement, Nov 2021, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId126" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03589151v1</w:t>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03589142v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Chapitre d'ouvrage (2)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -4611,51 +4611,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05108424v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhe-Xuan Zhang" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Huguet" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zo&#233; Hayet" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edith Parlanti" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.watres.2025.123900" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04595888v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Anquetil" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Morelle" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anniet M. Laverman" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/bg-21-2227-2024" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04687631v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Lecarpentier" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2024.174643" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04495801v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Zilber" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Fortin" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fenvc.2024.1342500" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04495783v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Ouedraogo" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Cornu" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Fanin" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233;mie Janot" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mahaut Sourzac" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemosphere.2024.141137" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04477915v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Huguet" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Richard" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Roose-Amsaleg" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jembe.2024.152000" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04286276v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amine Boukra" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Masson" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Brosse" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2023.162104" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03348974v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Ou&#233;draogo" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Nguyen" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11356-021-16361-5" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03798587v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Gaillard" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Couillaud" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coralie Genevois" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-022-18440-0" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04272269v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Gutierrez" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sitraka Randriamamonjy" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Gaudin" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.geoderma.2022.115897" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03195720v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soizic Morin" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Coquill&#233;" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lissa &#201;on" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Budzinski" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2021.146881" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03036129v2" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davide Palma" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Voldoire" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Beauger" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10311-020-01137-z" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02954173v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamad Sleiman" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11356-020-09005-7" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03148868v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Thibault" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Derenne" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.marchem.2019.04.007" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01533268v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Coelho" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Parot" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Gonsior" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Nikolantonaki" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Schmitt-Kopplin" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00216-017-0221-1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-bioemco.ccsd.cnrs.fr/bioemco-00605313v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lilian Vacher" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Saubusse" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Etcheber" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwena&#235;l Abril" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.orggeochem.2010.02.006" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-WJX8WLC6-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-bioemco.ccsd.cnrs.fr/bioemco-00605318v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Relexans" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Froidefond" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.orggeochem.2009.03.002" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-bioemco.ccsd.cnrs.fr/bioemco-00605321v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Roux De-Balmann" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/J.MEMSCI.2008.09.051" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00160389v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Ambl&#232;s" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Colina-Tejada" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Jambu" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Lem&#233;e" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04283869v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z. Zhang" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Anquetil" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Sourzac" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z. Hayet" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3997/2214-4609.202333113" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04660727v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Denaix" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Pierdet" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Macary" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04868701v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03184151v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alienor Allain" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Anne Alexis" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Agnan" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Humbert" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu21-12002" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05046556v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Denaix" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Coriou" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Bussiere" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3997/2214-4609.202134202" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03589142v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Arhror" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Brosse-Quilgars" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Richard" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03589151v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02954179v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Varrault" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z. Matar" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Garnier" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Nguyen" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link-springer-com.extranet.enpc.fr/chapter/10.1007/698_2019_383" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/698_2019_383" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02293390v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zeinab Matar" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghassan Chebbo" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Troupel" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lila Boudhamane" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-94-007-5634-2_94" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04827982v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mich&#232;le Tackx" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyne Buffan-Dubau" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;deric Az&#233;mar" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#235;lle Bernard" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa Bou" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-04396894v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fulvia Baratelli" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Alliot" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Ayrault" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc F. Benedetti" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Berthe" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03793605v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Orvain" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Thouvenin" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03533492v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Flipo" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Guillon" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Rivi&#232;re" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01885867v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Susperregui" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Gaudin" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Lauga" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Duran" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Rouaud" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05108424v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhe-Xuan Zhang" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Huguet" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zo&#233; Hayet" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edith Parlanti" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.watres.2025.123900" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04595888v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Anquetil" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Morelle" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anniet M. Laverman" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/bg-21-2227-2024" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04687631v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Lecarpentier" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2024.174643" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04495801v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Zilber" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Fortin" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fenvc.2024.1342500" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04495783v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Ouedraogo" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Cornu" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Fanin" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233;mie Janot" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mahaut Sourzac" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemosphere.2024.141137" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04477915v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Huguet" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Richard" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Roose-Amsaleg" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jembe.2024.152000" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04286276v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amine Boukra" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Masson" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Brosse" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2023.162104" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03348974v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Ou&#233;draogo" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Nguyen" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11356-021-16361-5" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03798587v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Gaillard" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Couillaud" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coralie Genevois" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-022-18440-0" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04272269v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Gutierrez" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sitraka Randriamamonjy" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Gaudin" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.geoderma.2022.115897" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03195720v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soizic Morin" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Coquill&#233;" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lissa &#201;on" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Budzinski" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2021.146881" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03036129v2" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davide Palma" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Voldoire" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Beauger" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10311-020-01137-z" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02954173v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamad Sleiman" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11356-020-09005-7" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03148868v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Thibault" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Derenne" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.marchem.2019.04.007" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01533268v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Coelho" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Parot" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Gonsior" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Nikolantonaki" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Schmitt-Kopplin" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00216-017-0221-1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-bioemco.ccsd.cnrs.fr/bioemco-00605313v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lilian Vacher" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Saubusse" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Etcheber" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwena&#235;l Abril" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.orggeochem.2010.02.006" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-WJX8WLC6-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-bioemco.ccsd.cnrs.fr/bioemco-00605321v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Roux De-Balmann" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/J.MEMSCI.2008.09.051" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-bioemco.ccsd.cnrs.fr/bioemco-00605318v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Relexans" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Froidefond" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.orggeochem.2009.03.002" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00160389v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Ambl&#232;s" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Colina-Tejada" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Jambu" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Lem&#233;e" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04283869v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z. Zhang" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Anquetil" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Sourzac" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z. Hayet" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3997/2214-4609.202333113" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04660727v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Denaix" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Pierdet" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Macary" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04868701v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03589151v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Brosse-Quilgars" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03184151v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alienor Allain" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Anne Alexis" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Agnan" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Humbert" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu21-12002" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05046556v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Denaix" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Coriou" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Bussiere" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3997/2214-4609.202134202" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03589142v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Arhror" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Richard" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02954179v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Varrault" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z. Matar" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Garnier" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Nguyen" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link-springer-com.extranet.enpc.fr/chapter/10.1007/698_2019_383" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/698_2019_383" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02293390v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zeinab Matar" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghassan Chebbo" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Troupel" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lila Boudhamane" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-94-007-5634-2_94" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04827982v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mich&#232;le Tackx" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyne Buffan-Dubau" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;deric Az&#233;mar" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#235;lle Bernard" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa Bou" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-04396894v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fulvia Baratelli" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Alliot" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Ayrault" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc F. Benedetti" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Berthe" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03793605v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Orvain" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Thouvenin" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03533492v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Flipo" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Guillon" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Rivi&#232;re" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01885867v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Susperregui" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Gaudin" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Lauga" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Duran" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Rouaud" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>