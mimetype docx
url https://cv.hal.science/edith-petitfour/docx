--- v0 (2026-03-09)
+++ v1 (2026-03-30)
@@ -3670,204 +3670,204 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04944237v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Conditions et contraintes d’accessibilité didactique pour des élèves sourds et aveugles scolarisés en classe ordinaire</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Enseignement-apprentissage de la géométrie : entre terrain et recherche, quels apports mutuels ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Édith Petitfour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Teresa Assude</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Karine Millon Faure</w:t>
+                <w:t xml:space="preserve">Claire Lommé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">49ème Colloque de la COPIRELEM</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, Marseille (13), France. pp.27-52</w:t>
+              <w:t xml:space="preserve">Journées nationales de l'APMEP</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, APMEP, Oct 2024, Le Havre, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04436570v1</w:t>
+                <w:t xml:space="preserve">hal-04761446v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Enseignement-apprentissage de la géométrie : entre terrain et recherche, quels apports mutuels ?</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Conditions et contraintes d’accessibilité didactique pour des élèves sourds et aveugles scolarisés en classe ordinaire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Teresa Assude</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Édith Petitfour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Claire Lommé</w:t>
+                <w:t xml:space="preserve">Karine Millon Faure</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées nationales de l'APMEP</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, APMEP, Oct 2024, Le Havre, France</w:t>
+              <w:t xml:space="preserve">49ème Colloque de la COPIRELEM</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, Marseille (13), France. pp.27-52</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04761446v1</w:t>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04436570v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Un simulateur d’interactions humaines pour enseigner la géométrie aux élèves dyspraxiques</w:t>
               </w:r>
@@ -4309,217 +4309,217 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04761096v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Design of a &amp;quot;framework-document&amp;quot; for training schoolteachers to teach mathematics</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">L’analyse du développement de connaissances géométriques lors d’une séquence de reproduction de figures</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Blanquart-Henry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Guille-Biel Winder</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Édith Petitfour</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Frédérick Tempier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Thirteenth Congress of the European Society for Research in Mathematics Education (CERME13)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Alfréd Rényi Institute of Mathematics; Eötvös Loránd University of Budapest, Jul 2023, Budapest, Hungary</w:t>
+              <w:t xml:space="preserve">Journée d'étude axe 3 RTP éducation. "Regards croisés sur l’analyse et l’évaluation des pratiques en classe"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, CNRS, Dec 2023, Aix-Marseille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04407606v1</w:t>
+                <w:t xml:space="preserve">hal-04762026v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’analyse du développement de connaissances géométriques lors d’une séquence de reproduction de figures</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Design of a &amp;quot;framework-document&amp;quot; for training schoolteachers to teach mathematics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Guille-Biel Winder</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Édith Petitfour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédérick Tempier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée d'étude axe 3 RTP éducation. "Regards croisés sur l’analyse et l’évaluation des pratiques en classe"</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, CNRS, Dec 2023, Aix-Marseille, France</w:t>
+              <w:t xml:space="preserve">Thirteenth Congress of the European Society for Research in Mathematics Education (CERME13)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Alfréd Rényi Institute of Mathematics; Eötvös Loránd University of Budapest, Jul 2023, Budapest, Hungary</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04762026v1</w:t>
+                <w:t xml:space="preserve">hal-04407606v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Troubles des apprentissages en mathématiques : la dyspraxie</w:t>
               </w:r>
@@ -8139,51 +8139,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="0E7DB9E8"/>
+    <w:nsid w:val="E4A21AC4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -8287,51 +8287,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2">
-    <w:nsid w:val="F706E054"/>
+    <w:nsid w:val="6BFA4F87"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -8521,51 +8521,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/edith-petitfour" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-8927-693X" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/190565292" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05450289v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Guille-Biel Winder" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;dith Petitfour" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/15dhs" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04743993v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rick Tempier" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04708058v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edith Petitfour" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Houdement" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Audoin-Latourte" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/11ny0" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04368317v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/adsc.2726" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04140406v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04063608v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04063606v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03835513v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03741755v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s42330-022-00211-8" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03169999v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/educationdidactique.8924" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02937282v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Emprin" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s40751-020-00077-1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03197929v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02012574v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02081181v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01902807v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02516421v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02517139v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Allard" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02268417v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02268418v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/nras.078.0047" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03198486v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02268415v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04878145v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04238087v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04238091v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04238086v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04238090v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04761021v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03596700v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03675915v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03170004v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Mangiante" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Masselot" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Simard" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05244038v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Blanquart-Henry" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05244018v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Bezard-Falgas" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Coulombel" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04761107v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04761292v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04761099v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Bilgot" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05123552v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elann Lesnes" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04761102v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Lauren&#231;ot Sorgius" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04759846v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04944237v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Grenier-Boley" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04436570v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Teresa Assude" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Millon Faure" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04761446v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Lomm&#233;" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04762059v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04761062v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04238073v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Thomas" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Metin" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04238078v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04761096v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04407606v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04762026v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04761353v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04761359v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04761056v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04761399v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04238049v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04238020v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Eysseric" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04238042v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04238034v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03586524v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Guille-&#173;biel Winder" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03586526v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03207744v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03203067v2" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03198712v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03203561v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03586515v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Barrier" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02458780v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02081193v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02458779v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02458715v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02270262v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03207826v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02270263v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03207693v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01724629v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Billy" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Cabassut" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01724636v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02059606v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01925527v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02052853v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Bueno-Ravel" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Mangiante-Orsola" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02066517v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=- Edith Petitfour" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03198494v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02119848v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03198490v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02052822v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Girmens" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02270261v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Winder" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02270258v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03198500v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03198669v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02270257v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05244052v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03586516v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-01228248v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/edith-petitfour" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-8927-693X" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/190565292" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05450289v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Guille-Biel Winder" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;dith Petitfour" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/15dhs" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04743993v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rick Tempier" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04708058v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edith Petitfour" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Houdement" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Audoin-Latourte" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/11ny0" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04368317v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/adsc.2726" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04140406v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04063608v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04063606v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03835513v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03741755v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s42330-022-00211-8" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03169999v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/educationdidactique.8924" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02937282v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Emprin" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s40751-020-00077-1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03197929v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02012574v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02081181v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01902807v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02516421v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02517139v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Allard" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02268417v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02268418v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/nras.078.0047" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03198486v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02268415v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04878145v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04238087v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04238091v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04238086v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04238090v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04761021v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03596700v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03675915v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03170004v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Mangiante" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Masselot" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Simard" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05244038v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Blanquart-Henry" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05244018v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Bezard-Falgas" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Coulombel" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04761107v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04761292v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04761099v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Bilgot" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05123552v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elann Lesnes" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04761102v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Lauren&#231;ot Sorgius" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04759846v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04944237v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Grenier-Boley" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04761446v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Lomm&#233;" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04436570v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Teresa Assude" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Millon Faure" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04762059v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04761062v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04238073v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Thomas" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Metin" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04238078v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04761096v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04762026v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04407606v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04761353v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04761359v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04761056v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04761399v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04238049v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04238020v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Eysseric" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04238042v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04238034v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03586524v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Guille-&#173;biel Winder" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03586526v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03207744v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03203067v2" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03198712v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03203561v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03586515v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Barrier" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02458780v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02081193v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02458779v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02458715v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02270262v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03207826v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02270263v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03207693v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01724629v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Billy" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Cabassut" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01724636v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02059606v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01925527v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02052853v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Bueno-Ravel" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Mangiante-Orsola" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02066517v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=- Edith Petitfour" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03198494v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02119848v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03198490v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02052822v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Girmens" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02270261v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Winder" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02270258v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03198500v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03198669v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02270257v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05244052v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03586516v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-01228248v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>