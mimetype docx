--- v0 (2026-03-03)
+++ v1 (2026-03-24)
@@ -391,434 +391,434 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04214930v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La mise en visibilité des forces de l’ordre sur Twitter pendant le mouvement des Gilets jaunes</w:t>
+                <w:t xml:space="preserve">L’avenir de la politique se joue-t-il sur une plateforme de jeux vidéo ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Édouard Bouté</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Questions de communication</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 39, pp.185-208. </w:t>
+              <w:t xml:space="preserve">Alternatives Non-Violentes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 2 (199), pp.14-15. </w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/questionsdecommunication.25524⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3917/anv.199.0014⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-03561824v1</w:t>
+                <w:t xml:space="preserve">halshs-03561818v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’avenir de la politique se joue-t-il sur une plateforme de jeux vidéo ?</w:t>
+                <w:t xml:space="preserve">Le code fait-il vraiment la loi ? Analyse de la participation politique sur la plateforme GitHub</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Édouard Bouté</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Mabi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Alternatives Non-Violentes</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3917/anv.199.0014⟩</w:t>
+              <w:t xml:space="preserve">Recherches en communication</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 52, pp.99-125. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.14428/rec.v52i52.61793⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-03561818v1</w:t>
+                <w:t xml:space="preserve">halshs-03366089v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le code fait-il vraiment la loi ? Analyse de la participation politique sur la plateforme GitHub</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Les plateformes à l’épreuve des dynamiques de plateformisation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Édouard Bigot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Édouard Bouté</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cléo Collomb</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Mabi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Recherches en communication</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.14428/rec.v52i52.61793⟩</w:t>
+              <w:t xml:space="preserve">Questions de communication</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 40, pp.9-22. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/questionsdecommunication.26584⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-03366089v1</w:t>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03952555v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les plateformes à l’épreuve des dynamiques de plateformisation</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">La mise en visibilité des forces de l’ordre sur Twitter pendant le mouvement des Gilets jaunes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Édouard Bouté</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Clément Mabi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Questions de communication</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2021, 40, pp.9-22. </w:t>
+              <w:t xml:space="preserve">, 2021, 39, pp.185-208. </w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/questionsdecommunication.26584⟩</w:t>
+                <w:t xml:space="preserve">⟨10.4000/questionsdecommunication.25524⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-03952555v1</w:t>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03561824v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Des images en débat : de la blessure de Geneviève Legay à la répression des Gilets Jaunes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Édouard Bouté</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Mabi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Études de communication - Langages, information, médiations</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 54, pp.29-52. </w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
@@ -966,51 +966,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le &amp;quot;nudge&amp;quot; pour faire de bons citoyens ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Édouard Bouté</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Mabi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Anaïs Theviot. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Petit dico critique du big data</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, FYP, 2023</w:t>
@@ -1052,51 +1052,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Plateformisation des sociétés : La plateformisation des sociétés est-elle inévitable ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Édouard Bouté</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Mabi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Anaïs Theviot. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Petit dico critique du big data</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, FYP, 2023</w:t>
@@ -1246,549 +1246,536 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05064621v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">De la fraternisation avec les “jeunes de banlieue” à l’hostilité à l’égard des “familles de délinquants” : accueillir et rejeter les autres victimes de violences policières en tant que Gilets jaunes</w:t>
+                <w:t xml:space="preserve">PANOPTIC, un outil d'exploration par similarité de vastes corpus d'images</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Édouard Bouté</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virginie Julliard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Félix Alié</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Gödicke</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fred Pailler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée d’études Communautés politiques, émotions et réactions</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Maison de la Recherche de Sorbonne Université, Jun 2024, Paris, France</w:t>
+              <w:t xml:space="preserve">Humanistica 2024</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Association francophone des humanités numériques, May 2024, Meknès, Maroc</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05064616v1</w:t>
+                <w:t xml:space="preserve">hal-04687627v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">PANOPTIC, un outil d'exploration par similarité de vastes corpus d'images</w:t>
+                <w:t xml:space="preserve">Saisir la circulation des biens informationnels dans un contexte transplateforme. Le cas des images de la répression policière des Gilets jaunes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Édouard Bouté</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...54 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Humanistica 2024</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Association francophone des humanités numériques, May 2024, Meknès, Maroc</w:t>
+              <w:t xml:space="preserve">Séminaire hybride du GT Enjeux sociaux, Mutations et Pouvoirs de la vidéo du consortium Canevas</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ICP, Sep 2024, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04687627v1</w:t>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05064617v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Saisir la circulation des biens informationnels dans un contexte transplateforme. Le cas des images de la répression policière des Gilets jaunes</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Analyser des documents audiovisuels numériques dans un espace dédié : comparaison d’un corpus de vidéos courtes issues du web et d’un corpus de films</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léa Andolfi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Édouard Bouté</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virginie Julliard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Séminaire hybride du GT Enjeux sociaux, Mutations et Pouvoirs de la vidéo du consortium Canevas</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, ICP, Sep 2024, Paris, France</w:t>
+              <w:t xml:space="preserve">Colloque international du consortium Huma-Num Canevas : Des corpus audiovisuels en Humanités. Méthodes, expériences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2024, MSH Paris Nord, Saint-Denis, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05064617v1</w:t>
+                <w:t xml:space="preserve">hal-05064613v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Enjeux de collecte et d’exploration de corpus plurisémiotiques issus de Twitter. Le cas de la diffusion de l’idéologie du “grand remplacement”</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Édouard Bouté</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virginie Julliard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque Analyser les réseaux socionumériques : questionner les méthodes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Université de Toulouse Jean Jaurès, Mar 2024, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05064609v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analyser des documents audiovisuels numériques dans un espace dédié : comparaison d’un corpus de vidéos courtes issues du web et d’un corpus de films</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">De la fraternisation avec les “jeunes de banlieue” à l’hostilité à l’égard des “familles de délinquants” : accueillir et rejeter les autres victimes de violences policières en tant que Gilets jaunes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Édouard Bouté</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Virginie Julliard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque international du consortium Huma-Num Canevas : Des corpus audiovisuels en Humanités. Méthodes, expériences</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2024, MSH Paris Nord, Saint-Denis, France</w:t>
+              <w:t xml:space="preserve">Journée d’études Communautés politiques, émotions et réactions</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Maison de la Recherche de Sorbonne Université, Jun 2024, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05064613v1</w:t>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05064616v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Appréhender de grands corpus de vidéos : captures d’écran, tri et exploration avec Pellipop et Panoptic</w:t>
+                <w:t xml:space="preserve">Militantisme transplateforme : la répression policière des Gilets jaunes entre Facebook et Twitter</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Édouard Bouté</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Virginie Julliard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée d’études Travailler avec les images en mouvement</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2023, Paris, France</w:t>
+              <w:t xml:space="preserve">XXIIIème Congrès de la Sfsic : la numérisation des sociétés</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2023, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05064607v1</w:t>
+                <w:t xml:space="preserve">hal-04221613v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les images de la contestation connectée des Gilets jaunes au croisement des terrains et des méthodes</w:t>
               </w:r>
@@ -1850,575 +1837,588 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05064606v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Militantisme transplateforme : la répression policière des Gilets jaunes entre Facebook et Twitter</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Génèse, création et fonctionnement de l’outil de visualisation Panoptic</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Félix Alié</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Édouard Bouté</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vanille Ecrement</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XXIIIème Congrès de la Sfsic : la numérisation des sociétés</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2023, Bordeaux, France</w:t>
+              <w:t xml:space="preserve">Metsem, Séminaire méthodologie de Sciences Po</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04221613v1</w:t>
+                <w:t xml:space="preserve">hal-05053077v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Génèse, création et fonctionnement de l’outil de visualisation Panoptic</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Félix Alié</w:t>
+                <w:t xml:space="preserve">Game of pol : la participation politiques sur Twitch à l'épreuve des logiques de plateformisation du web</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Édouard Bouté</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Vanille Ecrement</w:t>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Mabi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Metsem, Séminaire méthodologie de Sciences Po</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, Paris, France</w:t>
+              <w:t xml:space="preserve">Journée d’études CEDITEC/CIS : La politique sur Twitch</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2023, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05053077v1</w:t>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04221784v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Game of pol : la participation politiques sur Twitch à l'épreuve des logiques de plateformisation du web</w:t>
+                <w:t xml:space="preserve">Les réseaux de la tempête qui s’annonce : Quel rôle a joué Facebook dans la structuration du mouvement des Gilets jaunes entre janvier et novembre 2018 ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Édouard Bouté</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Clément Mabi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée d’études CEDITEC/CIS : La politique sur Twitch</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2023, Paris, France</w:t>
+              <w:t xml:space="preserve">Séminaire COMUN de l'Université Toulouse 1 Capitole</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2023, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04221784v1</w:t>
+                <w:t xml:space="preserve">halshs-04221802v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les réseaux de la tempête qui s’annonce : Quel rôle a joué Facebook dans la structuration du mouvement des Gilets jaunes entre janvier et novembre 2018 ?</w:t>
+                <w:t xml:space="preserve">Enjeux de tri et d’exploration de vastes corpus d’images fixes et vidéos collectées sur Twitter</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Édouard Bouté</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virginie Julliard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Séminaire COMUN de l'Université Toulouse 1 Capitole</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2023, Toulouse, France</w:t>
+              <w:t xml:space="preserve">Journée d'études du CERES : Travailler avec les images</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2023, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-04221802v1</w:t>
+                <w:t xml:space="preserve">hal-04221773v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Enjeux de tri et d’exploration de vastes corpus d’images fixes et vidéos collectées sur Twitter</w:t>
+                <w:t xml:space="preserve">Appréhender de grands corpus de vidéos : captures d’écran, tri et exploration avec Pellipop et Panoptic</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Édouard Bouté</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virginie Julliard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée d'études du CERES : Travailler avec les images</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2023, Paris, France</w:t>
+              <w:t xml:space="preserve">Journée d’études Travailler avec les images en mouvement</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2023, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04221773v1</w:t>
+                <w:t xml:space="preserve">hal-05064607v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les réseaux de la tempête qui s’annonce : Quel rôle a joué Facebook dans la structuration du mouvement des Gilets jaunes entre janvier et novembre 2018 ?</w:t>
+                <w:t xml:space="preserve">La participation politique en ligne face à la plateformisation du web</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Édouard Bouté</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Mabi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées d'études à l'ENS Ulm : Les Gilets jaunes trois ans après – Un état des lieux</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2022, Paris, France</w:t>
+              <w:t xml:space="preserve">Séminaire POIETIC de l'Université Côte d’Azur</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2022, Nice, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-03952737v1</w:t>
+                <w:t xml:space="preserve">halshs-04221842v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La participation politique en ligne face à la plateformisation du web</w:t>
+                <w:t xml:space="preserve">Les réseaux de la tempête qui s’annonce : Quel rôle a joué Facebook dans la structuration du mouvement des Gilets jaunes entre janvier et novembre 2018 ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Édouard Bouté</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Clément Mabi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Séminaire POIETIC de l'Université Côte d’Azur</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2022, Nice, France</w:t>
+              <w:t xml:space="preserve">Journées d'études à l'ENS Ulm : Les Gilets jaunes trois ans après – Un état des lieux</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2022, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-04221842v1</w:t>
+                <w:t xml:space="preserve">halshs-03952737v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Circulation des signes et du sens sur Twitter dans le cadre des mobilisations contre les violences policières</w:t>
               </w:r>
@@ -2486,51 +2486,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’influence des technologies numériques dans l’injonction à la transparence parlementaire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Édouard Bouté</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Mabi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journée d’études interdisciplinaires « Médias, discours et transparence » de l’IUT de Tours</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2019, Tours, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3201,51 +3201,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05064576v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;douard Bout&#233;" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05064579v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/12dkj" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utc.hal.science/hal-04214930v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Igor Galligo" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Duhem" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.34746/cahierscostech172" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03561824v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/questionsdecommunication.25524" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03561818v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/anv.199.0014" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03366089v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Mabi" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14428/rec.v52i52.61793" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03952555v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-&#201;douard Bigot" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;o Collomb" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/questionsdecommunication.26584" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02942011v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/edc.9996" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05064597v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04221588v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04221585v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05064621v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F&#233;lix Ali&#233;" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David G&#246;dicke" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05064616v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04687627v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Julliard" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fred Pailler" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05064617v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05064609v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05064613v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Andolfi" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05064607v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05064606v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Lupovici" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04221613v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05053077v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanille Ecrement" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04221784v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04221802v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04221773v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03952737v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04221842v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04221854v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03595053v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04221863v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03562423v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03592659v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04221873v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-04671169v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2022COMP2710" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03595461v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05064576v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;douard Bout&#233;" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05064579v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/12dkj" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utc.hal.science/hal-04214930v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Igor Galligo" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Duhem" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.34746/cahierscostech172" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03561818v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/anv.199.0014" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03366089v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Mabi" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14428/rec.v52i52.61793" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03952555v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-&#201;douard Bigot" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;o Collomb" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/questionsdecommunication.26584" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03561824v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/questionsdecommunication.25524" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02942011v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/edc.9996" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05064597v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04221588v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04221585v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05064621v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F&#233;lix Ali&#233;" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David G&#246;dicke" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04687627v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Julliard" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fred Pailler" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05064617v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05064613v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Andolfi" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05064609v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05064616v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04221613v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05064606v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Lupovici" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05053077v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanille Ecrement" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04221784v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04221802v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04221773v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05064607v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04221842v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03952737v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04221854v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03595053v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04221863v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03562423v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03592659v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04221873v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-04671169v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2022COMP2710" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03595461v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>