--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -508,1746 +508,1746 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03331820v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Genetic parameters of resistance to pasteurellosis using novel response traits in rabbits</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Identification of a New Equid Herpesvirus 1 DNA Polymerase (ORF30) Genotype with the Isolation of a C2254/H752 Strain in French Horses Showing no Major Impact on the Strain Behaviour</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabrielle Sutton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Côme Thieulent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Merina Shrestha</w:t>
+                <w:t xml:space="preserve">Christine Fortier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erika Hue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hervé Garreau</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Ingrid David</w:t>
+                <w:t xml:space="preserve">Christel Marcillaud-Pitel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Genetics Selection Evolution</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/s12711-020-00552-8⟩</w:t>
+              <w:t xml:space="preserve">Viruses</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 12 (10), 23 p. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/v12101160⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02883281v1</w:t>
+                <w:t xml:space="preserve">hal-02971415v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Production of Germ-Free Fast-Growing Broilers from a Commercial Line for Microbiota Studies</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The Absence of Gut Microbiota Alters the Development of the Apicomplexan Parasite Eimeria tenella</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pauline Gaboriaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Sadrin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edouard Guitton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Pauline Gaboriaud</w:t>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Geneviève Fort</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alisson Niepceron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of visualized experiments : JoVE</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3791/61148⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Cellular and Infection Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 10, pp.632556. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fcimb.2020.632556⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02953979v1</w:t>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03156323v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gut microbiota composition before infection determines the Salmonella super‐ and low‐shedder phenotypes in chicken</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florent Kempf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierrette Menanteau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ivan Rychlik</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tereza Kubasová</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
-              <w:r>
-[...50 lines deleted...]
-            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Trotereau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Microbial Biotechnology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 13 (5), pp.1611-1630. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1111/1751-7915.13621⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02953002v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Absence of Gut Microbiota Alters the Development of the Apicomplexan Parasite Eimeria tenella</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Edouard Guitton</w:t>
+                <w:t xml:space="preserve">The antibody response induced FMDV vaccines in sheep correlates with early transcriptomic responses in blood</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Jouneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David J. Lefebvre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fleur Costa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurore Romey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Geneviève Fort</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Alisson Niepceron</w:t>
+                <w:t xml:space="preserve">Sandra S. Blaise-Boisseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Cellular and Infection Microbiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fcimb.2020.632556⟩</w:t>
+              <w:t xml:space="preserve">NPJ vaccines</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 5 (1), pp.1. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41541-019-0151-3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03156323v1</w:t>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02445465v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Identification of a New Equid Herpesvirus 1 DNA Polymerase (ORF30) Genotype with the Isolation of a C2254/H752 Strain in French Horses Showing no Major Impact on the Strain Behaviour</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Côme Thieulent</w:t>
+                <w:t xml:space="preserve">Production of Germ-Free Fast-Growing Broilers from a Commercial Line for Microbiota Studies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edouard Guitton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Faurie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christine Fortier</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Erika Hue</w:t>
+                <w:t xml:space="preserve">Sébastien Lavillatte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christel Marcillaud-Pitel</w:t>
+                <w:t xml:space="preserve">Thierry Chaumeil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pauline Gaboriaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Viruses</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 12 (10), 23 p. </w:t>
+              <w:t xml:space="preserve">Journal of visualized experiments : JoVE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 160, 8 p. </w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/v12101160⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3791/61148⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02971415v1</w:t>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02953979v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The antibody response induced FMDV vaccines in sheep correlates with early transcriptomic responses in blood</w:t>
+                <w:t xml:space="preserve">Genetic parameters of resistance to pasteurellosis using novel response traits in rabbits</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Luc Jouneau</w:t>
+                <w:t xml:space="preserve">Merina Shrestha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">David J. Lefebvre</w:t>
+                <w:t xml:space="preserve">Hervé Garreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fleur Costa</w:t>
+                <w:t xml:space="preserve">Elodie Balmisse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aurore Romey</w:t>
+                <w:t xml:space="preserve">Bertrand Bed’hom</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sandra S. Blaise-Boisseau</w:t>
+                <w:t xml:space="preserve">Ingrid David</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">NPJ vaccines</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 5 (1), pp.1. </w:t>
+              <w:t xml:space="preserve">Genetics Selection Evolution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 52 (1), 14 p. </w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/s41541-019-0151-3⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1186/s12711-020-00552-8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02445465v1</w:t>
+                <w:t xml:space="preserve">hal-02883281v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Projet RELAPA (génomique pour la REsistance génétique des LApins a la PAsteurellose) : paramètres génétiques</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Development and optimization of a hybridization technique to type the classical class I and class II B genes of the chicken MHC.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bertrand Bed'Hom</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Ingrid David</w:t>
+                <w:t xml:space="preserve">Nicola D. Potts</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Coraline Bichet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Merat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edouard Guitton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrew P. Krupa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cuniculture Magazine</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Immunogenetics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 71 (10), pp.647-663. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00251-019-01149-2⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02628304v1</w:t>
+                <w:t xml:space="preserve">hal-02397824v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Relations entre la résistance à la pasteurellose après infection expérimentale et les caractères de croissance et de reproduction mesurés en élevage commercial</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Garreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Lantier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edouard Guitton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virginie Helies</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Le Cren</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cuniculture Magazine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 46, pp.81-84</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02628209v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Development and optimization of a hybridization technique to type the classical class I and class II B genes of the chicken MHC.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Projet RELAPA (génomique pour la REsistance génétique des LApins a la PAsteurellose) : statut hématologique de lapins résistants et sensibles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Gunia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicola D. Potts</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Laurence Merat</w:t>
+                <w:t xml:space="preserve">Frédéric Lantier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elodie Balmisse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edouard Guitton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Andrew P. Krupa</w:t>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Helloin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Immunogenetics</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Cuniculture Magazine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 46, pp.73-76</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02397824v1</w:t>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02628210v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effects of gut microbiota transfer on emotional reactivity in Japanese quails (Coturnix japonica)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Narjis Kraimi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Calandreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Zemb</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Germain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christele Dupont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Experimental Biology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 222 (10), 9 p. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1242/jeb.202879⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (article de synthèse)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02629417v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Projet RELAPA (génomique pour la REsistance génétique des LApins a la PAsteurellose) : statut hématologique de lapins résistants et sensibles</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId30" w:history="1">
+                <w:t xml:space="preserve">Projet RELAPA (génomique pour la REsistance génétique des LApins a la PAsteurellose) : paramètres génétiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Merina Shrestha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Garreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elodie Balmisse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emmanuelle Helloin</w:t>
+                <w:t xml:space="preserve">Bertrand Bed'Hom</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ingrid David</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cuniculture Magazine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2019, 46, pp.73-76</w:t>
+              <w:t xml:space="preserve">, 2019, 46 (77-80), pp.77-80</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02628210v1</w:t>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02628304v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Role of systemic infection, cross contaminations and super-shedders in Salmonella carrier state in chicken</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Absence of Gut Microbiota Reduces Emotional Reactivity in Japanese Quails (Coturnix japonica)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Isabelle Virlogeux-Payant</w:t>
+                <w:t xml:space="preserve">Narjis Kraïmi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovic Calandreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manon Biesse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Rabot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edouard Guitton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Environmental Microbiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/1462-2920.14294⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Physiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 9, pp.1-9. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fphys.2018.00603⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02628240v1</w:t>
+                <w:t xml:space="preserve">hal-02625096v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Absence of Gut Microbiota Reduces Emotional Reactivity in Japanese Quails (Coturnix japonica)</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Manon Biesse</w:t>
+                <w:t xml:space="preserve">Role of systemic infection, cross contaminations and super-shedders in Salmonella carrier state in chicken</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierrette Menanteau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florent Kempf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Trotereau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sylvie Rabot</w:t>
+                <w:t xml:space="preserve">Isabelle Virlogeux-Payant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edouard Guitton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Physiology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 9, pp.1-9. </w:t>
+              <w:t xml:space="preserve">Environmental Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 20 (9), pp.3246-3260. </w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3389/fphys.2018.00603⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/1462-2920.14294⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId86" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02625096v1</w:t>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02628240v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Melarsomine hydrochloride (Cymelarsan®) fails to cure horses with &amp;lt;em&amp;gt;Trypanosoma equiperdum&amp;lt;/em&amp;gt; OVI parasites in their cerebrospinal fluid</w:t>
               </w:r>
@@ -2661,51 +2661,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Déborah Bellet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Maudet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Narjis Kraïmi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien François</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2773,77 +2773,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Intérêt des études sur le microbiote intestinal chez l'oiseau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Leterrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Narjis Kraïmi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Velge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierrette Menanteau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edouard Guitton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2898,90 +2898,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rôle du microbiote intestinal dans le phénotype Super excréteur, crucial dans l'infection asymptomatique des poussins par Salmonella</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Velge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierrette Menanteau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elisabeth Bottreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Trotereau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Kempf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">STAL Sciences et Techniques de l'Animal de Laboratoire</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 42 (4), pp.43</w:t>
@@ -3062,51 +3062,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrice Cousin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Dubés</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Lavillatte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">STAL Sciences et Techniques de l'Animal de Laboratoire</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 42 (4), pp.44</w:t>
@@ -3426,77 +3426,77 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Détection de QTL de résistance à la Pasteurellose</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Gunia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rim Debbiche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Bed’hom</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Demars</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3676,103 +3676,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Relationship between resistance to a Pasteurella Multocida experimental infection and production traits in rabbits</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Garreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Lantier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Bed’hom</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edouard Guitton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virginie Helies</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">12. World Congress on Genetics Applied to Livestock Production ( WCGALP 2022 )</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2022, Rotterdam, Netherlands</w:t>
@@ -3795,302 +3795,302 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03979184v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Identification and in vitro and in vivo characterization of a new equid herpesvirus‐1 DNA polymerase (ORF30) genotype associated with a C2254 / H752 strain in French horses</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Traitement au valganciclovir des infections à herpèsvirus équin 1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Côme Thieulent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabrielle Sutton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erika Hue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Fortier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Christel Marcillaud Pitel</w:t>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Pierre Toquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">11th International Equine Infectious Diseases Conference</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Journées Sciences &amp; Innovations Equines - 2021</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, IFCE, May 2021, Saumur, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03375470v1</w:t>
+                <w:t xml:space="preserve">hal-03230969v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pasteurella multocida experimental infection (2): genetic parameters</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Virginie Helies</w:t>
+                <w:t xml:space="preserve">Development of an assay using real time cell analysis for the measurement of equid herpesvirus 1 specific neutralizing antibody in horses after experimental infection or field vaccination</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabrielle Sutton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Flora Carnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Normand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Côme Thieulent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erika Hue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">12th World Rabbit Congress</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">11th International Equine Infectious Diseases Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2021, Online, France. pp.54-55, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/evj.79_13495⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId143" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03508609v1</w:t>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03375462v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Intérêt du valganciclovir dans le traitement des infections à herpèsvirus équin 1 chez les équidés.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Côme Thieulent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -4099,547 +4099,547 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabrielle Sutton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erika Hue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Fortier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Pierre Toquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">XXIIIème journées francophones de virologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Société Française de Virologie, Apr 2021, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03232358v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Traitement au valganciclovir des infections à herpèsvirus équin 1</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Marie-Pierre Toquet</w:t>
+                <w:t xml:space="preserve">Pasteurella multocida experimental infection 1): resistance and hematological response</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Gunia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Lantier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Bed’hom</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edouard Guitton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virginie Helies</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées Sciences &amp; Innovations Equines - 2021</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, IFCE, May 2021, Saumur, France</w:t>
+              <w:t xml:space="preserve">12th World Rabbit Congress</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2021, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId145" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03230969v1</w:t>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03508584v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Development of an assay using real time cell analysis for the measurement of equid herpesvirus 1 specific neutralizing antibody in horses after experimental infection or field vaccination</w:t>
+                <w:t xml:space="preserve">Identification and in vitro and in vivo characterization of a new equid herpesvirus‐1 DNA polymerase (ORF30) genotype associated with a C2254 / H752 strain in French horses</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabrielle Sutton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId147" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Flora Carnet</w:t>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Côme Thieulent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Fortier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erika Hue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Camille Normand</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Erika Hue</w:t>
+                <w:t xml:space="preserve">Christel Marcillaud Pitel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">11th International Equine Infectious Diseases Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Sep 2021, Online, France. pp.54-55, </w:t>
+              <w:t xml:space="preserve">, Sep 2021, Online, France. pp.58-59, </w:t>
             </w:r>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/evj.79_13495⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/evj.86_13495⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId146" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03375462v1</w:t>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03375470v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pasteurella multocida experimental infection 1): resistance and hematological response</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId81" w:history="1">
+                <w:t xml:space="preserve">Pasteurella multocida experimental infection (2): genetic parameters</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Gunia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Lantier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Bed’hom</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edouard Guitton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virginie Helies</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">12th World Rabbit Congress</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2021, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03508584v1</w:t>
+                <w:t xml:space="preserve">hal-03508609v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Faecal gut microbiota composition determines susceptibility to Salmonella Enteritidis primo-colonization</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Kempf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierrette Menanteau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ivan Rychlik</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rosanna Drumo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4688,234 +4688,234 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03186758v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Relations entre la résistance à la pasteurellose après infection expérimentale et les caractères de croissance et de reproduction mesurés en élevage commercial</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId64" w:history="1">
+                <w:t xml:space="preserve">Projet RELAPA (génomique pour la REsistance génétique des LApins a la PAsteurellose) : statut hématologique de lapins résistants et sensibles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Gunia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Lantier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elodie Balmisse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edouard Guitton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Helloin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">18. Journées de la Recherche Cunicole</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Institut Technique de l'Aviculture et des Elevages de Petits Animaux (ITAVI). FRA., May 2019, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02738194v1</w:t>
+                <w:t xml:space="preserve">hal-02736041v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Projet RELAPA (génomique pour la REsistance génétique des LApins a la PAsteurellose) : paramètres génétiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Merina Shrestha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Garreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elodie Balmisse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Bed'Hom</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ingrid David</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">18. Journées de la Recherche Cunicole</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Institut Technique de l'Aviculture et des Elevages de Petits Animaux (ITAVI). FRA., May 2019, Nantes, France</w:t>
@@ -4938,984 +4938,984 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02736316v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Projet RELAPA (génomique pour la REsistance génétique des LApins a la PAsteurellose) : statut hématologique de lapins résistants et sensibles</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Elodie Balmisse</w:t>
+                <w:t xml:space="preserve">Physiopathology of Eimeria tenella infection and integrity of the intestinal barrier: influence of the microbiota</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pauline Gaboriaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Sadrin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edouard Guitton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Emmanuelle Helloin</w:t>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Geneviève Fort</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Le Vern</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">18. Journées de la Recherche Cunicole</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Institut Technique de l'Aviculture et des Elevages de Petits Animaux (ITAVI). FRA., May 2019, Nantes, France</w:t>
+              <w:t xml:space="preserve">ApiCOWplexa 2019. 5. International Meeting on Apicomplexan Parasites in Farm Animals</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2019, Berlin, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02736041v1</w:t>
+                <w:t xml:space="preserve">hal-03307268v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Physiopathology of Eimeria tenella infection and integrity of the intestinal barrier: influence of the microbiota</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Guillaume Sadrin</w:t>
+                <w:t xml:space="preserve">Relations entre la résistance à la pasteurellose après infection expérimentale et les caractères de croissance et de reproduction mesurés en élevage commercial</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Garreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Lantier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edouard Guitton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Yves Le Vern</w:t>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virginie Helies</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Helloin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ApiCOWplexa 2019. 5. International Meeting on Apicomplexan Parasites in Farm Animals</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2019, Berlin, Germany</w:t>
+              <w:t xml:space="preserve">18. Journées de la Recherche Cunicole</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Institut Technique de l'Aviculture et des Elevages de Petits Animaux (ITAVI). FRA., May 2019, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId157" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03307268v1</w:t>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02738194v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Intégrité de la barrière intestinale lors de l’infection par &amp;lt;em&amp;gt;Eimeria tenella&amp;lt;/em&amp;gt; : importance des macrophages et l’influence du microbiote</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Florian Tomal</w:t>
+                <w:t xml:space="preserve">Sélection génétique pour la résistance aux maladies : projets et avancées</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Gunia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Merina Shrestha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elodie Balmisse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Bed'Hom</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rodrigo Guabiraba</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Yves Le Vern</w:t>
+                <w:t xml:space="preserve">Stéphane Bertagnoli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées d'animation scientifique de la fédération de recherche en infectiologie (FéRI)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2018, Tours, France. 47 p</w:t>
+              <w:t xml:space="preserve">Journée Nationale d’Information des Professionnels du Lapin</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2018, Cesson Sévigné, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02737465v1</w:t>
+                <w:t xml:space="preserve">hal-02788724v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">&amp;lt;em&amp;gt;Salmonella&amp;lt;/em&amp;gt; carrier state in chicken: role of gut microbiota in the super-shedder and resistant phenotypes</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Ivan Rychlik</w:t>
+                <w:t xml:space="preserve">Influence du microbiote sur la physiopathologie de l'infection par &amp;lt;em&amp;gt;Eimeria tenella&amp;lt;/em&amp;gt;</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florian Tomal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rodrigo Guabiraba</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edouard Guitton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Jérôme Trotereau</w:t>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Geneviève Fort</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Le Vern</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Pathobiome 2018 "Pathogens in Microbiotas in Hosts"</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2018, Ajaccio, France</w:t>
+              <w:t xml:space="preserve">Journées d'Animation Scientifique du Département Santé Animale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2018, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02733606v1</w:t>
+                <w:t xml:space="preserve">hal-02733553v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">From genotype to phenotype: influence of the gut microbiota in Japanese quails (&amp;lt;em&amp;gt;Coturnix japonica&amp;lt;/em&amp;gt;)</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Sylvie Rabot</w:t>
+                <w:t xml:space="preserve">&amp;lt;em&amp;gt;Salmonella&amp;lt;/em&amp;gt; carrier state in chicken: role of gut microbiota in the super-shedder and resistant phenotypes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florent Kempf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierrette Menanteau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ivan Rychlik</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edouard Guitton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId114" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Philippe Velge</w:t>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Trotereau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Conference on Behavioural Biology (ECBB 2018)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2018, Liverpool, United Kingdom</w:t>
+              <w:t xml:space="preserve">Pathobiome 2018 "Pathogens in Microbiotas in Hosts"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2018, Ajaccio, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId162" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02738441v1</w:t>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02733606v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence du microbiote sur la physiopathologie de l'infection par &amp;lt;em&amp;gt;Eimeria tenella&amp;lt;/em&amp;gt;</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Rodrigo Guabiraba</w:t>
+                <w:t xml:space="preserve">From genotype to phenotype: influence of the gut microbiota in Japanese quails (&amp;lt;em&amp;gt;Coturnix japonica&amp;lt;/em&amp;gt;)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Narjis Kraïmi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovic Calandreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Rabot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edouard Guitton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Yves Le Vern</w:t>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Velge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées d'Animation Scientifique du Département Santé Animale</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2018, Nantes, France</w:t>
+              <w:t xml:space="preserve">European Conference on Behavioural Biology (ECBB 2018)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2018, Liverpool, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId163" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02733553v1</w:t>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02738441v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sélection génétique pour la résistance aux maladies : projets et avancées</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Stéphane Bertagnoli</w:t>
+                <w:t xml:space="preserve">Intégrité de la barrière intestinale lors de l’infection par &amp;lt;em&amp;gt;Eimeria tenella&amp;lt;/em&amp;gt; : importance des macrophages et l’influence du microbiote</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florian Tomal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rodrigo Guabiraba</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edouard Guitton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Geneviève Fort</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Le Vern</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée Nationale d’Information des Professionnels du Lapin</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2018, Cesson Sévigné, France</w:t>
+              <w:t xml:space="preserve">Journées d'animation scientifique de la fédération de recherche en infectiologie (FéRI)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2018, Tours, France. 47 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId164" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02788724v1</w:t>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02737465v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Influence du microbiote intestinal initial sur les comportements émotionnels de la caille japonaise (&amp;lt;em&amp;gt;Coturnix japonica&amp;lt;/em&amp;gt;)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Narjis Kraïmi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Calandreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Rabot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edouard Guitton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Lavillatte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">30. Colloque Biotechnocentre</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Biotechnocentre. FRA., Oct 2017, Seillac, France</w:t>
@@ -5944,103 +5944,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Premiers résultats du projet RELAPA : génomique pour la résistance génétique des lapins à la pasteurellose</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Gunia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Lantier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marc Babilliot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elodie Balmisse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Bed'Hom</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">17. Journées de la Recherche Cunicole</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Institut Technique de l'Aviculture et des Elevages de Petits Animaux (ITAVI). FRA., Nov 2017, Le Mans, France. 205 p</w:t>
@@ -6063,402 +6063,402 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01648183v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rôle du microbiote intestinal dans le phénotype Super excréteur, crucial dans l'infection asymptomatique des poussins par &amp;lt;em&amp;gt;Salmonella&amp;lt;/em&amp;gt;</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Florent Kempf</w:t>
+                <w:t xml:space="preserve">Volailles axéniques : des modèles originaux pour l'étude du microbiote</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edouard Guitton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Campone</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrice Cousin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Dubés</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Lavillatte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">42. Colloque annuel de l'AFSTAL</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Association Française des Sciences et Techniques de l'Animal de Laboratoire (AFSTAL). FRA., Oct 2016, Nantes, France. 204 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02740454v1</w:t>
+                <w:t xml:space="preserve">hal-02739225v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Volailles axéniques : des modèles originaux pour l'étude du microbiote</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Sébastien Lavillatte</w:t>
+                <w:t xml:space="preserve">L’immunisation locale réduit la sévérité des mammites provoquées par &amp;lt;em&amp;gt;E. coli&amp;lt;/em&amp;gt; chez des vaches primipares en début de lactation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Herry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Germon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence B. Gilbert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Tabouret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Sarradin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">42. Colloque annuel de l'AFSTAL</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Association Française des Sciences et Techniques de l'Animal de Laboratoire (AFSTAL). FRA., Oct 2016, Nantes, France. 204 p</w:t>
+              <w:t xml:space="preserve">Journées d'Animation Scientifique du Département Santé Animale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2016, Chasseneuil-du-Poitou, France. 98 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02739225v1</w:t>
+                <w:t xml:space="preserve">hal-02740839v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’immunisation locale réduit la sévérité des mammites provoquées par &amp;lt;em&amp;gt;E. coli&amp;lt;/em&amp;gt; chez des vaches primipares en début de lactation</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Pierre Sarradin</w:t>
+                <w:t xml:space="preserve">Rôle du microbiote intestinal dans le phénotype Super excréteur, crucial dans l'infection asymptomatique des poussins par &amp;lt;em&amp;gt;Salmonella&amp;lt;/em&amp;gt;</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Velge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierrette Menanteau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elisabeth Bottreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Trotereau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florent Kempf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées d'Animation Scientifique du Département Santé Animale</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2016, Chasseneuil-du-Poitou, France. 98 p</w:t>
+              <w:t xml:space="preserve">42. Colloque annuel de l'AFSTAL</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Association Française des Sciences et Techniques de l'Animal de Laboratoire (AFSTAL). FRA., Oct 2016, Nantes, France. 204 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId171" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02740839v1</w:t>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02740454v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Preclinical Evaluation of a Novel Epicutaneous Vaccine against Respiratory Syncytial Virus</w:t>
               </w:r>
@@ -6483,51 +6483,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte Deloizy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas N. Bertho</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Chaumeil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maud Renouard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -6944,51 +6944,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sélection divergente pour les troubles digestifs dans deux lignées commerciales : Réponse de lapins &amp;quot;sensibles&amp;quot; ou &amp;quot;résistants&amp;quot; à une inoculation expérimentale de Escherichia Coli 0103</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Garreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Brard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7194,51 +7194,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Divergent selection for digestive disorders in two commercial rabbit lines : response of crossbred young rabbits to an experimental inoculation of Echerichia coli 0103.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Garreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Brard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7565,307 +7565,307 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Key role of the gut microbial composition in the occurrence of Salmonella super‐and low‐shedder phenotypes in chicken</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Isabelle Virlogeux-Payant</w:t>
+                <w:t xml:space="preserve">Développement d'un test de neutralisation en temps réel utilisant la technologie xCELLigence® (Real Time Cell Analysis, RTCA) pour titrer les anticorps neutralisant l'herpèsvirus équin 1 chez les chevaux après infection et/ou vaccination</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabrielle Sutton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Flora Carnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Normand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Côme Thieulent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erika Hue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Symposium Salmonella and Salmonellosis (I3S) 2022</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2022, Saint-Malo, France</w:t>
+              <w:t xml:space="preserve">XXIVème journées francophones de virologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2022, Strasbourg, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03729396v1</w:t>
+                <w:t xml:space="preserve">hal-03653120v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Développement d'un test de neutralisation en temps réel utilisant la technologie xCELLigence® (Real Time Cell Analysis, RTCA) pour titrer les anticorps neutralisant l'herpèsvirus équin 1 chez les chevaux après infection et/ou vaccination</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Erika Hue</w:t>
+                <w:t xml:space="preserve">Key role of the gut microbial composition in the occurrence of Salmonella super‐and low‐shedder phenotypes in chicken</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florent Kempf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierrette Menanteau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ivan Rychlik</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Trotereau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Virlogeux-Payant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XXIVème journées francophones de virologie</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2022, Strasbourg, France</w:t>
+              <w:t xml:space="preserve">International Symposium Salmonella and Salmonellosis (I3S) 2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2022, Saint-Malo, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03653120v1</w:t>
+                <w:t xml:space="preserve">hal-03729396v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Inoculation of four commensal bacteria in chicken has an impact on the gut microbiota composition, Salmonella colonisation and the immune response</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Kempf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rosanna Drumo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7873,51 +7873,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Marie Chaussé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tereza Kubasova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierrette Menanteau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EJP-One Health Annual Scientific Meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2021, Copenhagen, Denmark</w:t>
@@ -7940,1109 +7940,1109 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03472686v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Faecal gut microbiota composition of chicks can predict resistance to &amp;lt;em&amp;gt;Salmonella&amp;lt;/em&amp;gt; Enteritidis colonization</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Ivan Rychlik</w:t>
+                <w:t xml:space="preserve">Effet du microbiote sur le développement du parasite &amp;lt;em&amp;gt;Eimeria tenella&amp;lt;/em&amp;gt;</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pauline Gaboriaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edouard Guitton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Jérôme Trotereau</w:t>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Geneviève Fort</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alisson Niepceron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rodrigo Guabiraba-Brito</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Gordon Research Conference - Salmonella Biology and Pathogenesis : Molecular mechanisms, evolution and treatment of Salmonella</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2019, Easton, United States. , 2019</w:t>
+              <w:t xml:space="preserve">Congrès SFP-SFMM 2019</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2019, Tours, France. , 2019, One Health - De l'animal à l'homme en parasitologie-mycologie</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02789159v1</w:t>
+                <w:t xml:space="preserve">hal-02737207v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId213" w:history="1">
+            <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Genetics of pasteurellosis resistance in rabbits</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Gunia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Merina Shrestha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Bed'Hom</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ingrid David</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edouard Guitton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Animal Genetics and Diseases</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2019, Hinxton, United Kingdom. , 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId213" w:history="1">
+            <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02738384v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId214" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effet du microbiote sur le développement du parasite &amp;lt;em&amp;gt;Eimeria tenella&amp;lt;/em&amp;gt;</w:t>
+                <w:t xml:space="preserve">Effect of the microbiota on the development of the parasite Eimeria tenella</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pauline Gaboriaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edouard Guitton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Geneviève Fort</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alisson Niepceron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId215" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Rodrigo Guabiraba-Brito</w:t>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rodrigo Guabiraba</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Congrès SFP-SFMM 2019</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2019, Tours, France. , 2019, One Health - De l'animal à l'homme en parasitologie-mycologie</w:t>
+              <w:t xml:space="preserve">ApiCOWplexa 2019. 5. International Meeting on Apicomplexan Parasites in Farm Animals</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2019, Berlin, Germany. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId214" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02737207v1</w:t>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03307586v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effect of the microbiota on the development of the parasite Eimeria tenella</w:t>
+                <w:t xml:space="preserve">Physiopathologie de l’infection par &amp;lt;em&amp;gt;Eimeria tenella&amp;lt;/em&amp;gt; et intégrité de la barrière intestinale : influence du microbiote</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pauline Gaboriaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Sadrin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edouard Guitton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Geneviève Fort</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Rodrigo Guabiraba</w:t>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Le Vern</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ApiCOWplexa 2019. 5. International Meeting on Apicomplexan Parasites in Farm Animals</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2019, Berlin, Germany. </w:t>
+              <w:t xml:space="preserve">Congrès SFP-SFMM 2019</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2019, Tours, France. , 2019, One Health - De l'animal à l'homme en parasitologie-mycologie</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03307586v1</w:t>
+                <w:t xml:space="preserve">hal-02737331v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Physiopathologie de l’infection par &amp;lt;em&amp;gt;Eimeria tenella&amp;lt;/em&amp;gt; et intégrité de la barrière intestinale : influence du microbiote</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Guillaume Sadrin</w:t>
+                <w:t xml:space="preserve">The European Platform for animal experimentation to study veterinary and emerging diseases and to develop new vaccine against pathogens</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mickaël Riou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Dimier-Poisson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Francois Valarcher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Schwartz-Cornil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edouard Guitton</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Yves Le Vern</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Congrès SFP-SFMM 2019</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2019, Tours, France. , 2019, One Health - De l'animal à l'homme en parasitologie-mycologie</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02737331v1</w:t>
+                <w:t xml:space="preserve">hal-02737681v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId218" w:history="1">
+            <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The European Platform for animal experimentation to study veterinary and emerging diseases and to develop new vaccine against pathogens</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Isabelle Schwartz-Cornil</w:t>
+                <w:t xml:space="preserve">Faecal gut microbiota composition of chicks can predict resistance to &amp;lt;em&amp;gt;Salmonella&amp;lt;/em&amp;gt; Enteritidis colonization</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florent Kempf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierrette Menanteau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ivan Rychlik</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edouard Guitton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Trotereau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Congrès SFP-SFMM 2019</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2019, Tours, France. , 2019, One Health - De l'animal à l'homme en parasitologie-mycologie</w:t>
+              <w:t xml:space="preserve">Gordon Research Conference - Salmonella Biology and Pathogenesis : Molecular mechanisms, evolution and treatment of Salmonella</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2019, Easton, United States. , 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId218" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02737681v1</w:t>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02789159v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Faecal gut microbiota composition of chicks can predict resistance to &amp;lt;em&amp;gt;Salmonella enteritidis&amp;lt;/em&amp;gt; colonization</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Ivan Rychlik</w:t>
+                <w:t xml:space="preserve">The European Platform for animal experimentation on infectious diseases, to study animal and emerging diseases and the immune response to vaccination against pathogens</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mickaël Riou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Dimier-Poisson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Francois Valarcher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Schwartz-Cornil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edouard Guitton</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jérôme Trotereau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées d'Animation Scientifique du Département Santé Animale</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2018, Nantes, France. , 2018, Santé Animale et Santé Publique</w:t>
+              <w:t xml:space="preserve">7. Biofit 2018</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2018, Lille, France. , 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02735113v1</w:t>
+                <w:t xml:space="preserve">hal-02785306v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId224" w:history="1">
+            <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The European Platform for animal experimentation on infectious diseases, to study animal and emerging diseases and the immune response to vaccination against pathogens</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Isabelle Schwartz-Cornil</w:t>
+                <w:t xml:space="preserve">Faecal gut microbiota composition of chicks can predict resistance to &amp;lt;em&amp;gt;Salmonella enteritidis&amp;lt;/em&amp;gt; colonization</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florent Kempf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierrette Menanteau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ivan Rychlik</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edouard Guitton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Trotereau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">7. Biofit 2018</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2018, Lille, France. , 2018</w:t>
+              <w:t xml:space="preserve">Journées d'Animation Scientifique du Département Santé Animale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2018, Nantes, France. , 2018, Santé Animale et Santé Publique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId224" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02785306v1</w:t>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02735113v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les niveaux d’excrétion de &amp;lt;em&amp;gt;Salmonella&amp;lt;/em&amp;gt; sont liés à la composition du microbiota intestinal chez le Poulet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florent Kempf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierrette Menanteau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Florent Kempf</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Jérôme Trotereau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edouard Guitton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ivan Rychlik</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque Adebiotech MBIO 2018 Les microbiotes et la santé humaine, animale et environnementale : Prévention et traitements du futur</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2018, Romainville, France. , 2018</w:t>
@@ -9196,90 +9196,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The European platform for animal experimentation on infectious diseases, to study animal and emerging diseases and the immune response to vaccination against pathogens</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mickaël Riou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mickaël Riou</w:t>
+                <w:t xml:space="preserve">Isabelle Dimier-Poisson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Isabelle Dimier-Poisson</w:t>
+                <w:t xml:space="preserve">Jean-Francois Valarcher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId221" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Schwartz-Cornil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edouard Guitton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -9321,103 +9321,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Estimation of Genetic Parameters of Pasteurellosis Resistance in Crossbred Rabbits</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Merina Shrestha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Garreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elodie Balmisse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Bed'Hom</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ingrid David</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">11. World Congress on Genetics Applied to Livestock Production (WCGALP)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Feb 2018, Auckland, New Zealand. , 2018</w:t>
@@ -9440,277 +9440,277 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01811445v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence du microbiote intestinal initial sur les comportements émotionnels de la caille japonaise (Coturnix japonica)</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Edouard Guitton</w:t>
+                <w:t xml:space="preserve">Contrasting effects of genetic selection on feed efficiency on resistance to avian influenza and colibacillosis in the chicken</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascale Quéré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Chanteloup</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tatiana Zerjal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vanaïque Guillory</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Evelyne Esnault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">47. Colloque Annuel de la Société Française pour l’Etude du Comportement Animal</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2017, Gif-sur-Yvette, France. , 126 p., 2017, 47ème Colloque de la Société Française pour l’Etude du Comportement Animal</w:t>
+              <w:t xml:space="preserve">International Symposium 2017 of the Avian Genetics and Immunity</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2017, Guildford, United Kingdom. 2017, International Symposium 2017 of the Avian Genetics and Immunity</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01603865v1</w:t>
+                <w:t xml:space="preserve">hal-01605151v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId235" w:history="1">
+            <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Contrasting effects of genetic selection on feed efficiency on resistance to avian influenza and colibacillosis in the chicken</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Evelyne Esnault</w:t>
+                <w:t xml:space="preserve">Influence du microbiote intestinal initial sur les comportements émotionnels de la caille japonaise (Coturnix japonica)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Narjis Kraïmi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovic Calandreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Rabot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Velge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edouard Guitton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Symposium 2017 of the Avian Genetics and Immunity</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2017, Guildford, United Kingdom. 2017, International Symposium 2017 of the Avian Genetics and Immunity</w:t>
+              <w:t xml:space="preserve">47. Colloque Annuel de la Société Française pour l’Etude du Comportement Animal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2017, Gif-sur-Yvette, France. , 126 p., 2017, 47ème Colloque de la Société Française pour l’Etude du Comportement Animal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId235" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01605151v1</w:t>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01603865v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">BCAR4 is involved in in vitro preimplantation development: investigating its role in vivo by genome efditing in rabbit</w:t>
               </w:r>
@@ -9748,51 +9748,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maud Peyny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edouard Guitton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Lavillatte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2. Journées du GdR 3606 Repro</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2017, Tours, France. 75 p., 2017, 2èmes Journées Scientifiques du GdR Repro</w:t>
@@ -9940,402 +9940,402 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02734642v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Recontaminations between chicks are required to induce homogeneous levels of &amp;lt;em&amp;gt;Salmonella&amp;lt;/em&amp;gt; infection and excretion at the flock level</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId41" w:history="1">
+                <w:t xml:space="preserve">Intérêt des études sur le microbiote intestinal chez l'oiseau</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Leterrier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Narjis Kraïmi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Velge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierrette Menanteau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId116" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Samantha Schaeffer</w:t>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edouard Guitton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">I3S International Symposium Salmonella and Salmonellosis</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2016, Saint-Malo, France. 2016</w:t>
+              <w:t xml:space="preserve">42. Colloque annuel de l'AFSTAL</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2016, Nantes, France. , 204 p., 2016, Microbiote et Modèles animaux</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02738954v1</w:t>
+                <w:t xml:space="preserve">hal-01533911v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId250" w:history="1">
+            <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Development of a new infection model to analyse the heterogeneity of &amp;lt;em&amp;gt;Salmonella&amp;lt;/em&amp;gt; infection in chicks</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId41" w:history="1">
+                <w:t xml:space="preserve">Recontaminations between chicks are required to induce homogeneous levels of &amp;lt;em&amp;gt;Salmonella&amp;lt;/em&amp;gt; infection and excretion at the flock level</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierrette Menanteau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elisabeth Bottreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Trotereau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Kempf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId249" w:history="1">
+            <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samantha Schaeffer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">5. ASM Conference on Salmonella</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2016, Potsdam, Germany. 145 p., 2016</w:t>
+              <w:t xml:space="preserve">I3S International Symposium Salmonella and Salmonellosis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2016, Saint-Malo, France. 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId250" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02743905v1</w:t>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02738954v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Intérêt des études sur le microbiote intestinal chez l'oiseau</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId41" w:history="1">
+                <w:t xml:space="preserve">Development of a new infection model to analyse the heterogeneity of &amp;lt;em&amp;gt;Salmonella&amp;lt;/em&amp;gt; infection in chicks</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierrette Menanteau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Edouard Guitton</w:t>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elisabeth Bottreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Trotereau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florent Kempf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId250" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samantha Schaeffer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">42. Colloque annuel de l'AFSTAL</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2016, Nantes, France. , 204 p., 2016, Microbiote et Modèles animaux</w:t>
+              <w:t xml:space="preserve">5. ASM Conference on Salmonella</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2016, Potsdam, Germany. 145 p., 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01533911v1</w:t>
+                <w:t xml:space="preserve">hal-02743905v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">KO d’un gène OvocytAire chez le Lapin (KOALA)</w:t>
               </w:r>
@@ -10446,90 +10446,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Relapa : Génomique pour la résistance du lapin à la pasteurellose</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Garreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Gunia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Moreno-Romieux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Bertagnoli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elodie Balmisse Balmisse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -10965,51 +10965,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04187670v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Tomal" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Sadrin" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Gaboriaud" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edouard Guitton" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Sedano" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fcimb.2023.1250080" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03665741v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#244;me Thieulent" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabrielle Sutton" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Pierre Toquet" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Fremaux" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erika Hue" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/pathogens11050539" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03331820v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahlame Saidi" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Christine Lalmanach" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lise Vanderlynden" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Fessard" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rvsc.2021.08.013" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02883281v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Merina Shrestha" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Garreau" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Balmisse" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Bed&#8217;hom" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ingrid David" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12711-020-00552-8" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02953979v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Faurie" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Lavillatte" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Chaumeil" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3791/61148" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02953002v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Kempf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierrette Menanteau" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan Rychlik" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tereza Kubasov&#225;" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Trotereau" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1751-7915.13621" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03156323v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Genevi&#232;ve Fort" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alisson Niepceron" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fcimb.2020.632556" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02971415v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Fortier" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christel Marcillaud-Pitel" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/v12101160" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02445465v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Jouneau" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David J. Lefebvre" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fleur Costa" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Romey" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra S. Blaise-Boisseau" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41541-019-0151-3" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02628304v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Bed'Hom" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02628209v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Lantier" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Helies" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Le Cren" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02397824v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicola D. Potts" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coraline Bichet" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Merat" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew P. Krupa" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00251-019-01149-2" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02629417v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Narjis Kraimi" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Calandreau" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Zemb" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Germain" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christele Dupont" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1242/jeb.202879" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02628210v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Gunia" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Helloin" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02628240v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Virlogeux-Payant" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1462-2920.14294" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02625096v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Narjis Kra&#239;mi" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Biesse" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Rabot" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fphys.2018.00603" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02622053v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent H&#233;bert" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Madeline" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan G&#233;raud" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phan Zientara" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.vetpar.2018.11.005" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02626204v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Carnicer" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.vetpar.2018.10.005" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01608363v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Herry" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Gitton" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Tabouret" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryline Ferter" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurine Forge" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-017-03724-7" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02629390v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D&#233;borah Bellet" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Maudet" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Fran&#231;ois" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Rivi&#232;re" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01533946v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Leterrier" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Velge" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01602456v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Bottreau" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01604369v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Campone" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Cousin" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Dub&#233;s" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01205127v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Beck" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Despr&#232;s" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Paulous" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica Vanhomwegen" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steeve Lowenski" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1155/2015/678084" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01129673v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Rizzo" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Francois" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Fassier" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Baril" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05075112v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rim Debbiche" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Demars" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Gilbert" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04143368v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Larcher" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03979184v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03375470v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christel Marcillaud Pitel" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/evj.86_13495" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03508609v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03232358v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03230969v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03375462v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flora Carnet" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Normand" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/evj.79_13495" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03508584v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03186758v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rosanna Drumo" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ignacio Caballero" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02738194v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02736316v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02736041v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03307268v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Le Vern" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02737465v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodrigo Guabiraba" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02733606v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02738441v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02733553v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02788724v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Bertagnoli" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02737444v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01648183v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Babilliot" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02740454v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02739225v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02740839v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Germon" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence B. Gilbert" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Sarradin" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02742873v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Louis Herv&#233;" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Deloizy" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas N. Bertho" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Renouard" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01209207v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Grasteau" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Narcy" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand M&#233;da" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Lessire" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nabeel Al Nahhas" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01193902v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Arnould" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Bertin" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Yvonne Boscher" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01209208v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nabeel Alnahhas" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02748551v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Brard" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Hurtaud" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Cauquil" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02748439v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joel Moreau" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Delaunay" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice F. Reigner" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02745187v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Hurtaud" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02744953v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Boucher" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Morel Saives" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02757006v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Huber Rizzo" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03729396v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03653120v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03472686v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Marie Chauss&#233;" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tereza Kubasova" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02789159v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02738384v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02737207v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodrigo Guabiraba-Brito" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03307586v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02737331v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02737681v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Riou" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Dimier-Poisson" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Francois Valarcher" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Schwartz-Cornil" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02735113v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02785306v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Francois Valarcher" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02738132v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02738296v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Qu&#233;r&#233;" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tatiana Zerjal" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonja H&#228;rtle" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vana&#239;que Guillory" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02733634v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01811445v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01603865v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01605151v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Chanteloup" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyne Esnault" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01608768v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rozenn Dalbies-Tran" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peggy Jarrier-Gaillard" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Peyny" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02734642v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elias Salem" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; H. Cassard" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Hagglund" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Siamak Zohari" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Boulesteix" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02738954v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samantha Schaeffer" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02743905v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01533911v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02741333v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peggy Jarrier" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Linda Beauclair" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02800250v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Moreno-Romieux" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Balmisse Balmisse" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05095687v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitri Rigaudeau" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Langevin" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03952340v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Ehrenmann" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Chaumeil" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Jacob" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04187670v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Tomal" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Sadrin" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Gaboriaud" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edouard Guitton" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Sedano" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fcimb.2023.1250080" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03665741v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#244;me Thieulent" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabrielle Sutton" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Pierre Toquet" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Fremaux" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erika Hue" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/pathogens11050539" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03331820v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahlame Saidi" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Christine Lalmanach" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lise Vanderlynden" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Fessard" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rvsc.2021.08.013" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02971415v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Fortier" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christel Marcillaud-Pitel" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/v12101160" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03156323v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Genevi&#232;ve Fort" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alisson Niepceron" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fcimb.2020.632556" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02953002v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Kempf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierrette Menanteau" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan Rychlik" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tereza Kubasov&#225;" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Trotereau" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1751-7915.13621" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02445465v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Jouneau" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David J. Lefebvre" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fleur Costa" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Romey" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra S. Blaise-Boisseau" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41541-019-0151-3" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02953979v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Faurie" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Lavillatte" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Chaumeil" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3791/61148" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02883281v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Merina Shrestha" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Garreau" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Balmisse" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Bed&#8217;hom" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ingrid David" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12711-020-00552-8" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02397824v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicola D. Potts" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coraline Bichet" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Merat" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew P. Krupa" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00251-019-01149-2" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02628209v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Lantier" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Helies" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Le Cren" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02628210v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Gunia" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Helloin" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02629417v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Narjis Kraimi" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Calandreau" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Zemb" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Germain" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christele Dupont" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1242/jeb.202879" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02628304v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Bed'Hom" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02625096v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Narjis Kra&#239;mi" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Biesse" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Rabot" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fphys.2018.00603" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02628240v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Virlogeux-Payant" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1462-2920.14294" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02622053v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent H&#233;bert" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Madeline" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan G&#233;raud" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phan Zientara" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.vetpar.2018.11.005" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02626204v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Carnicer" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.vetpar.2018.10.005" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01608363v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Herry" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Gitton" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Tabouret" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryline Ferter" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurine Forge" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-017-03724-7" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02629390v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D&#233;borah Bellet" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Maudet" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Fran&#231;ois" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Rivi&#232;re" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01533946v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Leterrier" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Velge" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01602456v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Bottreau" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01604369v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Campone" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Cousin" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Dub&#233;s" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01205127v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Beck" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Despr&#232;s" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Paulous" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica Vanhomwegen" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steeve Lowenski" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1155/2015/678084" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01129673v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Rizzo" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Francois" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Fassier" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Baril" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05075112v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rim Debbiche" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Demars" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Gilbert" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04143368v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Larcher" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03979184v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03230969v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03375462v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flora Carnet" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Normand" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/evj.79_13495" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03232358v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03508584v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03375470v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christel Marcillaud Pitel" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/evj.86_13495" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03508609v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03186758v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rosanna Drumo" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ignacio Caballero" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02736041v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02736316v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03307268v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Le Vern" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02738194v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02788724v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Bertagnoli" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02733553v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodrigo Guabiraba" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02733606v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02738441v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02737465v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02737444v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01648183v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Babilliot" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02739225v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02740839v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Germon" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence B. Gilbert" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Sarradin" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02740454v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02742873v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Louis Herv&#233;" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Deloizy" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas N. Bertho" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Renouard" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01209207v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Grasteau" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Narcy" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand M&#233;da" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Lessire" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nabeel Al Nahhas" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01193902v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Arnould" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Bertin" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Yvonne Boscher" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01209208v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nabeel Alnahhas" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02748551v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Brard" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Hurtaud" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Cauquil" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02748439v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joel Moreau" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Delaunay" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice F. Reigner" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02745187v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Hurtaud" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02744953v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Boucher" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Morel Saives" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02757006v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Huber Rizzo" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03653120v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03729396v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03472686v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Marie Chauss&#233;" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tereza Kubasova" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02737207v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodrigo Guabiraba-Brito" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02738384v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03307586v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02737331v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02737681v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Riou" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Dimier-Poisson" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Francois Valarcher" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Schwartz-Cornil" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02789159v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02785306v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Francois Valarcher" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02735113v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02738132v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02738296v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Qu&#233;r&#233;" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tatiana Zerjal" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonja H&#228;rtle" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vana&#239;que Guillory" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02733634v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01811445v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01605151v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Chanteloup" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyne Esnault" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01603865v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01608768v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rozenn Dalbies-Tran" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peggy Jarrier-Gaillard" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Peyny" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02734642v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elias Salem" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; H. Cassard" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Hagglund" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Siamak Zohari" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Boulesteix" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01533911v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02738954v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samantha Schaeffer" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02743905v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02741333v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peggy Jarrier" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Linda Beauclair" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02800250v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Moreno-Romieux" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Balmisse Balmisse" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05095687v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitri Rigaudeau" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Langevin" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03952340v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Ehrenmann" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Chaumeil" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Jacob" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>