--- v0 (2026-03-05)
+++ v1 (2026-03-29)
@@ -118,221 +118,221 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Introduction</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Contre l’office du blé ! » L’enjeu du vote paysan lors des élections du Front Populaire. Affiche du centre de propagande des républicains nationaux, sd [1935-1936], d’André Galland</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Édouard Lynch</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Parlement[s], Revue d'histoire politique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2025, 41, pp.11-20</w:t>
+              <w:t xml:space="preserve">, 2025, 41, p. 245-255</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05081412v1</w:t>
-[...14 lines deleted...]
-            </w:pPr>
+                <w:t xml:space="preserve">hal-04996316v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Introduction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Bourquin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...10 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne de Mathan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Édouard Lynch</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Parlement[s], Revue d'histoire politique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2025, 41, p. 245-255</w:t>
+              <w:t xml:space="preserve">, 2025, 41, pp.11-20</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04996316v1</w:t>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05081412v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« Une historiographie en « reconversion ». Retour sur trente ans d’historiographie ruraliste du XXe siècle »,</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Édouard Lynch</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Histoire &amp; sociétés rurales</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 62, p. 213-226</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -357,51 +357,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le collectif Front paysan : films de luttes et travail syndical dans les années 1970</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Édouard Lynch</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Images du travail, travail des images</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -426,51 +426,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« Épouse de… sans profession » : la difficile mise en image de la formation professionnelle des agricultrices (France, 1950-1980)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Édouard Lynch</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Histoire de l’éducation </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 156, pp.73-96. </w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
@@ -504,51 +504,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Introduction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Édouard Lynch</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Études rurales</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, La caméra explore les champs – Cinéma et monde rural, 199, pp.9-14</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -605,51 +605,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« Guerres et mondes ruraux : perspectives historiographiques (1ère et 2nde Guerre mondiale) »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Édouard Lynch</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Séminaire EHESS - Acteurs, institutions, Interactions : ce que la guerre transforme XXe – XXIe siècle</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Julien Blanc et Emmanuel Saint-Fuscien, Mar 2024, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -668,195 +668,195 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05009318v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Grèves, manifestations et conflits dans les campagnes au XXe siècle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Édouard Lynch</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journées d’étude agrégation Histoire moderne &amp; contemporaine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université Bordeaux Montaigne, Oct 2024, Bordeaux, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05009306v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">La fin des fermières ? Reclasser les femmes rurales au temps de la « révolution silencieuse ».</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Édouard Lynch</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journée d'études - Quel État social en milieu rural ? Action sociale, usagers, territoires ruraux (France, XIXe-XXIe siècles)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2024, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05009296v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId19" w:history="1">
-[...67 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dire et montrer la modernisation agricole dans les actualités françaises</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Édouard Lynch</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Histoire mondiale des actualités cinématographiques pendant la seconde moitié du xxe siècle</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, ANR - Antract, Sep 2020, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -881,51 +881,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A regional point of view of French countryside transformation: The example of “Télé Promotion Rural” movies (1970-1990)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Édouard Lynch</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Rural history 2019</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, EURHO confé, Sep 2019, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -950,51 +950,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Et si les paysans avaient inventés mai 1968</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Édouard Lynch</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Troubler l'ordre. Engagements contestataires, rencontres et décloisonnements sociaux dans les années 1968</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2018, Rouen, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1019,51 +1019,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Au cœur de la tourmente, les préfets dans la révolution “bruyante” : entre gestion économique et gestion du maintien de l’ordre faces aux mobilisations agricoles du début des années 1960</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Édouard Lynch</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les préfets dans la modernisation de la France (1953-1972)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2018, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1088,51 +1088,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Blending agricultural pedagogy and cinematographic narrative : the &amp;quot;silent revolution&amp;quot; in the agricultural cinema of the 1950s</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Édouard Lynch</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Rural History 2017</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2017, Louvain, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1157,51 +1157,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cooperation and cooperative movements in French agriculture (1880-1980)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Édouard Lynch</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Rural History 2017</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2017, Louvain, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1226,51 +1226,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Disseminating modernity in the French countryside : the tractor in the films of the Ministry of Agriculture (1920-1960)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Édouard Lynch</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Rural History 2017</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2017, Louvain, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1295,51 +1295,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’historien dans le champ : les archives audiovisuelles des sociétés rurales en France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Édouard Lynch</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Collections de l’agriculture : nouvelles dynamiques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2014, Marseille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1364,51 +1364,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cooperative system in the French Mountains, between collective organisations and state strategy : the Beaufort exemple</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Édouard Lynch</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Rural History 2015</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2015, Louvain, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1465,51 +1465,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nous paysans</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Édouard Lynch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Poirier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1540,51 +1540,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La noix de Grenoble, une AOP pionnière</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Édouard Lynch</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Libel, 187 p., 2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1602,51 +1602,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Insurrections paysannes. De la terre à la rue. Usages de la violence au XXe siècle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Édouard Lynch</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Vendémiaire, 2019, 978-2-36358-321-5</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1658,295 +1658,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02089372v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Études rurales</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Édouard Lynch</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">199, 2017, La caméra explore les champs – Cinéma et monde rural</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02089389v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Orienter et réguler les marchés agricoles : entre pilotage national et politique agricole commune</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Chatriot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Conord</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Édouard Lynch</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">FranceAgriMer / Comité d’histoire des offices agricoles, pp.242, 2017, 9782956323617</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">hal-04313807v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le Beaufort. Réinventer le fruit commun</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Édouard Lynch</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Libel, 2016, 2917659467</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02089380v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Organiser les marchés agricoles. Le temps des fondateurs, des années 1930 aux années 1950</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Alain Chatriot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Fabien Conord</w:t>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edgar Leblanc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...211 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Édouard Lynch</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Alain Chatriot; Edgar Leblanc; Édouard Lynch. </w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Armand Colin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
@@ -2009,51 +2009,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La révolution silencieuse à l’écran : jalons pour une «nouvelle histoire» de La transformation de l’agriculture française depuis 1945</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Édouard Lynch</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les campagnes dans l’histoire. Mélanges offerts à Jean-Marc Moriceau</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2078,51 +2078,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Collective peasant struggles under the Third Republic in France: learning and inventing new protest tactics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Édouard Lynch</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Making Politics in the European Countryside</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 19, Brepols Publishers, pp.195-211, 2022, Comparative Rural History of the North Sea Area, </w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2156,51 +2156,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">3. Représenter le vote au village</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Édouard Lynch</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Voter au village</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Presses universitaires du Septentrion, pp.85-100, 2021, </w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2234,51 +2234,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Représenter le vote au village. Télévision et reconfiguration des regards à l’heure de la révolution silencieuse</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Édouard Lynch</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Laurent Le Gall, Christophe Granger, Sébastien Vignon (dir.). </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Voter au village</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Presses universitaires du Septentrion, A paraître</w:t>
@@ -2307,51 +2307,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Repenser les alpages communaux au temps de la “révolution silencieuse” : autour du film “Alpages” d’Armand Chartier (1953)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Édouard Lynch</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Fabien Locher (dir.). </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Pour une histoire environnementale des Communs. Communautés, nature et Institutions. France et Empire français, XVIIe-XXe siècles</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Champvallon, A paraître</w:t>
@@ -2380,51 +2380,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Produit des alpages de Savoie : une contribution régionale à l’élaboration de la “loi Montagne&amp;quot; du 9 janvier 1985</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Édouard Lynch</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Gilles Richard, Sylvie Ollitrault (dir.). </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les années Mitterrand, 1984-1988. L’alternance et la première cohabitation vue des régions</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, , pp.221-232, 2018, 978-2-7535-7313-0</w:t>
@@ -2453,77 +2453,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Introduction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Chatriot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Conord</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Édouard Lynch</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Alain Chatriot; Fabien Conord; Édouard Lynch. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Orienter et réguler les marchés agricoles : entre pilotage national et politique agricole commune</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, FranceAgriMer, pp.13 - 26, 2017, 9782956323600</w:t>
@@ -2552,51 +2552,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nourrir ou épurer : un enjeu pour les socialistes dans la France de la Libération</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Édouard Lynch</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Noëlline Castagnez, Frédéric Cépède, Gilles Morin et Anne-Laure Olivier (dir.). </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les socialistes français à l’heure de la Libération. Perspectives françaises et européennes (1943-1947)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, L’Ours/CHS du XXe siècle, 2016, 978-2-911518-08-9</w:t>
@@ -2625,51 +2625,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agricultures</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Édouard Lynch</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Florence Charpigny, Bruno Dumons (dir.). </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Rhône-Alpes : La construction d’une région, XIXe-XXe siècles</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Presses universitaires de Rennes, pp.21-30, 2015</w:t>
@@ -2698,51 +2698,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paysans</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Édouard Lynch</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Florence Charpigny, Bruno Dumons (dir.). </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Rhône-Alpes : La construction d’une région, XIXe-XXe siècles</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Presses universitaires de Rennes, pp.139-148, 2015</w:t>
@@ -2771,51 +2771,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vichy’s agricultural policy: An “allergy” to fascism or modernity?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Édouard Lynch</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Lourenzo Fernández Prieto, Juan Pan-Montojo, Miguel Cabo. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Agriculture in the Age of Fascism Authoritarian Technocracy and rural modernization, 1922-1945</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Brepols, 2014</w:t>
@@ -3013,51 +3013,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lemans.hal.science/hal-05081412v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Bourquin" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne de Mathan" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;douard Lynch" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lyon2.fr/hal-04996316v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lyon2.fr/hal-04996319v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lyon2.fr/hal-04995781v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lyon2.fr/hal-04996330v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/histoire-education.6706" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02089384v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lyon2.fr/hal-05009318v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lyon2.fr/hal-05009296v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lyon2.fr/hal-05009306v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lyon2.fr/hal-05009329v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lyon2.fr/hal-05038740v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02092493v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02092499v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02092506v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02092504v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02092505v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02092474v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02092507v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lyon2.fr/hal-04996323v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Poirier" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lyon2.fr/hal-04996325v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02089372v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-04313807v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Chatriot" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Conord" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02089389v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02089380v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03256763v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edgar Leblanc" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.armand-colin.com/organiser-les-marches-agricoles-le-temps-des-fondateurs-9782200281434" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lyon2.fr/hal-04996322v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lyon2.fr/hal-04996331v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1484/M.CORN-EB.5.128250" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lyon2.fr/hal-04996328v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.septentrion.102749" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02089402v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02092452v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02092462v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03380473v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02092485v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02089406v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02089411v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02089410v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lyon2.fr/hal-04996316v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;douard Lynch" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lemans.hal.science/hal-05081412v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Bourquin" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne de Mathan" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lyon2.fr/hal-04996319v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lyon2.fr/hal-04995781v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lyon2.fr/hal-04996330v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/histoire-education.6706" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02089384v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lyon2.fr/hal-05009318v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lyon2.fr/hal-05009306v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lyon2.fr/hal-05009296v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lyon2.fr/hal-05009329v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lyon2.fr/hal-05038740v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02092493v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02092499v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02092506v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02092504v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02092505v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02092474v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02092507v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lyon2.fr/hal-04996323v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Poirier" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lyon2.fr/hal-04996325v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02089372v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02089389v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-04313807v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Chatriot" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Conord" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02089380v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03256763v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edgar Leblanc" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.armand-colin.com/organiser-les-marches-agricoles-le-temps-des-fondateurs-9782200281434" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lyon2.fr/hal-04996322v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lyon2.fr/hal-04996331v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1484/M.CORN-EB.5.128250" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lyon2.fr/hal-04996328v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.septentrion.102749" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02089402v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02092452v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02092462v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03380473v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02092485v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02089406v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02089411v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02089410v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>