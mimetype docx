--- v0 (2026-03-06)
+++ v1 (2026-03-26)
@@ -66,1720 +66,1798 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (20)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (21)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Problématique réelle et analyse monétaire chez François Quesnay</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edwin Le Héron</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue d'histoire de la pensée économique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 2025-2 (20), pp.43-67. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.48611/isbn.978-2-406-19167-4.p.0043⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId7" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05555866v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The macroeconomic effects of climate policy: A Keynesian point of view</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Piluso</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Le Héron</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Environmental Economics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 13 (1), pp.16-27. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.21511/ee.13(1).2022.02⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03777346v2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Le chômage involontaire de Keynes n’est-il que conjoncturel ? Un retour sur les débats autour de la formalisation du chômage keynésien</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Piluso</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Le Héron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edouard Cottin-Euziol</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Interventions Economiques : Papers in Political Economy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 68, pp.1-18. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/interventionseconomiques.19694⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03826068v2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dynamique d’un modèle post-keynésien stock-flux cohérent avec financement des dépenses courantes de production</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Le Héron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edouard Cottin-Euziol</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Economie appliquée</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 2, pp.83-114. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.48611/isbn.978-2-406-12814-4.p.0083⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03563079v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Impacts des chocs politiques et sanitaires sur la croissance économique. Le cas de la Tunisie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Edwin Le Héron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amine Marouane</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Economie appliquée</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 1, pp.159-187. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.48611/isbn.978-2-406-11904-3.p.0159⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03412949v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Un économiste dans le monde, hommage à Julio López Gallardo, 1941-2020</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Le Héron</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Economie appliquée</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 2, pp.15-21. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.48611/isbn.978-2-406-12814-4.p.0015⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03563045v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The macroeconomic effects of migrants’ remittances in Moldova: a stock–flow consistent model</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edwin Le Héron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Yol</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">European Journal of Economics and Economic Policies: Intervention</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 16 (1), pp.31 - 54. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4337/ejeep.2018.00039⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01885949v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La taxe carbone dans une économie d'inspiration keynésienne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Nicolas Piluso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">E. Le Héron</w:t>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edwin Le Héron</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Développement durable et territoires</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, Vol. 8, n°3, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/developpementdurable.11928⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01454866v3</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’euro, une monnaie incomplète : retour sur les ambiguïtés du compromis historique, politique et idéologique lors de la création de la BCE</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edwin Le Héron</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Economie et institutions</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 22, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/ei.1024⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02615087v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Renouveler la macroéconomie postkeynésienne ? Les modèles stock-flux cohérent et multi-agents</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mickaël Clévenot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...30 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edwin Le Héron</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de la régulation. Capitalisme, institutions, pouvoirs</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, pp.[en ligne]</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId7" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">The macroeconomic effects of climate policy: A Keynesian point of view</w:t>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01362012v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Confidence and financial crisis in a post-keynesian stock-flow consistent model</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Piluso</w:t>
+                <w:t xml:space="preserve">Edwin Le Héron</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">European Journal of Economics and Economic Policies: Intervention</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 8 (2), pp.361-388. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4337/ejeep.2011.02.09⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00646622v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les développements récents de la macroéconomie post-keynésienne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Angel Asensio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
-[...28 lines deleted...]
-                <w:t xml:space="preserve">⟨10.21511/ee.13(1).2022.02⟩</w:t>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Charles</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edwin Le Héron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dany Lang</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de la régulation. Capitalisme, institutions, pouvoirs</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, Post-keynésianisme et théorie de la régulation : des perspectives communes, 10, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/regulation.9372⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...66 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00664867v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pour un changement de paradigme avec Keynes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edwin Le Héron</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Constructif</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 22, 3 p</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
-[...41 lines deleted...]
-                <w:t xml:space="preserve">E. Le Héron</w:t>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00389171v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fiscal and Monetary Policies in a Keynesian Stock-flow Consistent Model</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edwin Le Héron</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">GEMF Working Papers</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 1, pp.1-23</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00385799v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Post-Keynesian Stock-Flow Consistent Model for Dynamic Analysis of Monetary Policy Shock on Banking behaviour</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edwin Le Héron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...28 lines deleted...]
-                <w:t xml:space="preserve">⟨10.48611/isbn.978-2-406-12814-4.p.0083⟩</w:t>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tarik Mouakil</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Metroeconomica</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 59 (3), pp.405-440. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/j.1467-999X.2008.00313.x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...35 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00326500v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Keynes et ses combats&amp;quot; de Gilles Dostaler, chez Albin Michel, bibliothèquz Histoire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edwin Le Héron</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...34 lines deleted...]
-            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cahiers d'Economie Politique = Papers in political economy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 52 (Histoire de la pensée politique), pp.167-176</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...35 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00186706v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alan Greenspan, la stratégie de la confiance</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edwin Le Héron</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...32 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4337/ejeep.2018.00039⟩</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'Économie politique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, Greenspan, magicien ou illusionniste?, 29, pp.26-39. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/leco.029.0026⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">La taxe carbone dans une économie d'inspiration keynésienne</w:t>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00159995v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alan Greenspan, The Confidence Strategy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Piluso</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Edwin Le Héron</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Développement durable et territoires</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4000/developpementdurable.11928⟩</w:t>
+              <w:t xml:space="preserve">Revista de economia politica/Brazilian journal of political economy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 26 (4), pp.502-518. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1590/S0101-31572006000400002⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
-[...35 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00159844v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">From the Canadian Experiment of the 1990's: A New Consensus on Monetary Policy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edwin Le Héron</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Economie et institutions</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Investigación económica</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2004, 63 (249), pp.13-54</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...48 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00159897v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A New Consensus on Monetary Policy?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edwin Le Héron</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue de la régulation. Capitalisme, institutions, pouvoirs</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, pp.[en ligne]</w:t>
+              <w:t xml:space="preserve">Brazilian journal of political economy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2003, 23 (4), pp.3-27</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...35 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00159854v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ogólny Zarys Przemian Ekonomicznych W Europie Srodkowej I Wschodniej</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edwin Le Héron</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Economics and Economic Policies: Intervention</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve"> Regiony Polski</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2003, Regions of Poland, 1 (5), pp.5-29</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
-[...789 lines deleted...]
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00160007v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -1789,2499 +1867,2499 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’impact d’une augmentation de la préférence pour la liquidité de Keynes : présentation à partir d'un modèle SFC Post-Keynésien</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Le Héron</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Xe Colloque internationale de l’AFEP</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2021, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03604737v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Taux d'intérêt négatifs à la BCE : une forme de politique budgétaire européenne ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Le Héron</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées d’études internationales "Innovations et métamorphoses monétaires. Quelles monnaies pour quelles politiques économiques dans le contexte de crises ?"</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, IRISSO, CEPN, PACTE, MSH, Oct 2021, Paris-Nord, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03604758v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le plan de relance et ses perspectives</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François-Vivien Guiot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Le Héron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas de Michelis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'Union européenne après la Covid-19</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2021, Bordeaux, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas de Michelis</w:t>
-[...14 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2021, Bordeaux, France</w:t>
+                <w:t xml:space="preserve">hal-03609101v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Taux d’intérêt négatifs à la BCE : quelle cohérence entre les objectifs de la politique monétaire et de la stabilité financière ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Le Héron</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Conférence internationale : Théories et évolution des banques centrales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, CRIISEA; Université Jules Verne-Picardie, Oct 2020, Amiens, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
-[...35 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03073808v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The Two Theory of Money in Keynes's general Theory</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Le Héron</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Conférence internationale : Théories et évolution des banques centrales</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, CRIISEA; Université Jules Verne-Picardie, Oct 2020, Amiens, France</w:t>
+              <w:t xml:space="preserve">Conférence invitée, Facultad de economía (UNAM) et Doctorado en Ciencias económicas (UAM)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université autonome métropolitaine, Oct 2019, Mexico, Mexico</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
-[...21 lines deleted...]
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02890904v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'introduction des idées de Keynes en France de 1936 à 1960</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Le Héron</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">15e Congrès de l'AFSP, Session thématique 13 : Les « troisièmes voies » en politique : acteurs, idées, répertoires</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Association française de science politique, Jul 2019, Pessac, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02506111v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">What's new in the ECB's policy since 2008 ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Le Héron</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Conférence invitée à l'Instituto de Investigaciones Económicas (UNAM)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université nationale autonome du Mexique, Oct 2019, Mexico, Mexico</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02890837v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Endogenous Money, Liquidity Preference and Confidence: For a qualitative theory of money</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Le Héron</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Conférence post keynésienne sur la monnaie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Université nationale autonome du Mexique, Oct 2019, Mexico, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-02890871v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId59" w:history="1">
-[...13 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La politique monétaire par les banques centrales aujourd'hui ? Que disent les post-keynésiens</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Le Héron</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">15e Congrès de l'AFSP, Session thématique 13 : Les « troisièmes voies » en politique : acteurs, idées, répertoires</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Association française de science politique, Jul 2019, Pessac, France</w:t>
+              <w:t xml:space="preserve">Journées du CRIISEA - Gouverner le capitalisme ?</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université de Picardie Jules Verne, Dec 2018, Amiens, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
-[...35 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02301680v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Generalized Liquidity Preference and Endogenous Money in a SFC Model: A Reconciliation of the Two Keynes’ Theories of Money</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Le Héron</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Conférence invitée, Facultad de economía (UNAM) et Doctorado en Ciencias económicas (UAM)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Université autonome métropolitaine, Oct 2019, Mexico, Mexico</w:t>
+              <w:t xml:space="preserve">Workshop Modelling and analysis of complex monetary economies V (MACME 5)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Centre d’Économie de l’Université Paris Nord, Dec 2018, Villetaneuse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Université nationale autonome du Mexique, Oct 2019, Mexico, Mexico</w:t>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02372805v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Financial Crisis and Unconventional Monetary Policy in Europe: Consequences for the CFA Franc Zone?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edwin Le Héron</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Workshop "The Euro Area and the Emergent Countries in the Financial Crisis"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2010, Pessac, Sciences Po Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Université de Picardie Jules Verne, Dec 2018, Amiens, France</w:t>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00523487v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The Euro Area and the Emergent Countries in the Financial Crisis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edwin Le Héron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Carré</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Workshop "The Euro Area and the Emergent Countries in the Financial Crisis"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2010, Pessac, Sciences Po Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Centre d’Économie de l’Université Paris Nord, Dec 2018, Villetaneuse, France</w:t>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00523490v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Crise financière et comportement bancaire dans un modèle SFC keynésien</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edwin Le Héron</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Conférence du CEPN</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université Paris XIII, Jan 2009, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
-[...35 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00570226v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Monetary and Fiscal Rules in a SFC Model with a Demand Shock</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edwin Le Héron</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Workshop "The Euro Area and the Emergent Countries in the Financial Crisis"</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2010, Pessac, Sciences Po Bordeaux, France</w:t>
+              <w:t xml:space="preserve">47e Conférence de l'Association canadienne d'économie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Association canadienne d'économie, May 2009, Toronto, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
-[...35 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00570228v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Coordination of Monetary Policies in a SFC Macro-Model</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edwin Le Héron</w:t>
               </w:r>
             </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journée d'études : Financiarisation: Approches Post-Keynésiennes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université de Lille 1, USTL, CLERSÉ, May 2009, Lille, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00570230v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Financial Crisis and Central Banking in a SFC Model</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edwin Le Héron</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Conférence : New approaches in Central Banking</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2009, Toronto, Canada</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00570227v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La crise financière selon un modèle keynésien SFC</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edwin Le Héron</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Conférence</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université FEUC, Oct 2008, Coïmbra, Portugal</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00570229v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The Post-keynesian Economics in France: 1937-2007</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edwin Le Héron</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1er colloque international de l'Association Keynésienne Brésilienne</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2008, Campinas, Université de Campinas, État de Sao Paulo, Brazil</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00570232v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Un modèle SFC pour l'intégration des variables financières</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edwin Le Héron</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque "Financement du Développement"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2008, Sfax, Tunisie</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00570233v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Conseil de politique monétaire : délibération et design institutionnel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edwin Le Héron</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journée d'études intercentres "Gouvernance et délibération au sein des Conseils de politique monétaire des banques centrales indépendantes"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2008, Pessac, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00374422v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La régulation dans la science économique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edwin Le Héron</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Séminaire de l'axe 2 de l'équipe RI de SPIRIT : "La régulation dans les relations internationales et transnationales : vers un objet de recherche collectif", séance 1 : Regard croisé sur les approches de la régulation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2008, Pessac, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00374384v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fiscal and Monetary Policies in a Stock-Flow Consistent Model</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edwin Le Héron</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4th International Conference "Developments in Economic Theory and policy"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2007, Bilbao, University of Bilbao, Spain</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00570237v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Taylor's Rules in a Stock-Flow Consistent Model</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edwin Le Héron</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque international du CEMF</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2007, Dijon, Université de Bourgogne, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00570235v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Politiques économiques comparées dans un modèle post-keynesien et nouveau keynésien Stock-Flux-Cohérent</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edwin Le Héron</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Séminaire Hétérodoxies du MATISSE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université Paris 1 Pantheon-Sorbonne, Apr 2007, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00570240v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Liquidity Preference and Endogenous Money: A Reconciliation in a Post Keynesian Stock-Flow Consistent Model</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edwin Le Héron</w:t>
+              </w:r>
+            </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
-[...20 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2010, Pessac, Sciences Po Bordeaux, France</w:t>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tarik Mouakil</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3nd International Conference "Developments in Economic Theory and Policy"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2006, Bilbao, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
-[...35 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00570241v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Comportement bancaire avec choc de politique monétaire dans un modèle de croissance stock-flux cohérent</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edwin Le Héron</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Conférence du CEPN</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Université Paris XIII, Jan 2009, Paris, France</w:t>
+              <w:t xml:space="preserve">Conférence au CEPN</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université Paris Nord, Jun 2006, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
-[...35 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00572819v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Liquidity Preference and Endogenous Money : A Reconciliation in a Post-Keynesian Stock-Flow Consistent Model with 3 Hypotheses on Fiscal Policy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edwin Le Héron</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...11 lines deleted...]
-              <w:t xml:space="preserve">, Association canadienne d'économie, May 2009, Toronto, Canada</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tarik Mouakil</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">9th International Post Keynesian Conference "A Celebration of the Impact of Keynesian Economics on Policy"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2006, Kansas City, Missouri, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
-[...35 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00570245v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La politique monétaire de la BCE : un exemple de non gouvernance</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edwin Le Héron</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée d'études : Financiarisation: Approches Post-Keynésiennes</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Université de Lille 1, USTL, CLERSÉ, May 2009, Lille, France</w:t>
+              <w:t xml:space="preserve">Colloque du CRECQSS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2006, Pessac, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
-[...35 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00572821v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The Dynamic Analysis of Monetary Policy Shock on Banking Behaviour</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edwin Le Héron</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Conférence : New approaches in Central Banking</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2009, Toronto, Canada</w:t>
+              <w:t xml:space="preserve">2nd International Conference "Developments in Economic Theory and policy"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, University of Bilbao, Jul 2005, Bilbao, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
-[...35 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00570239v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'histoire de l'économétrie et la controverse Keynes-Tinbergen-Haavelmo-Frisch- Marschak-Lange-Friedman</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edwin Le Héron</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Séminaire de l'axe 2 de l'équipe RI de SPIRIT : "La régulation dans les relations internationales et transnationales : vers un objet de recherche collectif", séance 1 : Regard croisé sur les approches de la régulation</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2008, Pessac, France</w:t>
+              <w:t xml:space="preserve">Conférence au PHARE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université de Paris 1, Maison des Sciences économiques, Jul 2005, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
-[...35 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00570243v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La nouvelle gouvernance en politique monétaire selon Alan Greenspan : 1987-2006</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edwin Le Héron</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée d'études intercentres "Gouvernance et délibération au sein des Conseils de politique monétaire des banques centrales indépendantes"</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2008, Pessac, France</w:t>
+              <w:t xml:space="preserve">Colloque international "L'Économie politique de la gouvernance"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, CEMF, Dec 2005, Dijon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId72" w:history="1">
-[...784 lines deleted...]
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00572822v1</w:t>
-              </w:r>
-[...136 lines deleted...]
-                <w:t xml:space="preserve">halshs-00570243v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Ouvrages (3)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">À quoi sert la Banque centrale européenne ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Le Héron</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">La Documentation française, pp.232, 2013, Réflexe Europe, série Débats, 978-2-11-008893-2</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00833301v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les banques centrales doivent-elles être indépendantes ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edwin Le Héron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Moutot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Prométhée, 2, pp.128, 2008, Pour ou contre ?, 978-2-916623-02-3</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00295011v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aspects of Modern Monetary and Macroeconomic Policies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philip Arestis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eckhard Hein</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edwin Le Héron</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Palgrave Macmillan, pp.278, 2007, 978-0-230-62734-5. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1057/9780230627345⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId91" w:history="1">
-              <w:r>
-[...46 lines deleted...]
-            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00155170v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -4291,2502 +4369,2502 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'évolution de l'action et de la politique monétaire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Le Héron</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Association française d'économie politique, Yann Guy, Anaïs Henneguelle, Emmanuelle Puissant (coord.). </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Grand manuel d'économie politique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dunod</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.270-286, 2023, 978-2-10-084101-1. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/dunod.franc.2023.01.0270⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04323379v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La création monétaire et le rôle des banques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Le Héron</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Association française d'économie politique, Yann Guy, Anaïs Henneguelle, Emmanuelle Puissant (coord.). </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Grand manuel d'économie politique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dunod</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.258-269, 2023, 978-2-10-084101-1. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/dunod.franc.2023.01.0258⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04321468v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Keynes et la socialisation de l’investissement comme troisième voie en France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Le Héron</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Hubert Bonin (dir.). </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Enjeux du social et du sociétal : entre histoire et droit (en hommage à Robert Lafore)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le Bord de l'eau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.311-331, 2023, Territoires du politique, 978-2-35687-979-0</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04282956v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Avant-propos</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Le Héron</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ezzedine Ghlamallah. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Islam &amp; éthique des affaires économiques et financières : des fondations théologico-juridiques à la constitution d'un système économique et financier</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Presses Universitaires d'Aix-Marseille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.13-14, 2022, Centre d'Ethique Economique, 978-2-7314-1243-7</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04025934v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Monetary policy committees at the Central Bank of West African States (BCEAO) and the Bank of the Central African States (BEAC)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Régis Bokino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Le Héron</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Sylvio Kappes, Louis-Philippe Rochon, Guillaume Vallet (ed.). </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The Future of Central Banking</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Edward Elgar Publishing, pp.337-359, 2022, Economics 2022, 9781839100925. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4337/9781839100932.00029⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03766593v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Endogenous money, liquidity preference and confidence: for a qualitative theory of money</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Le Héron</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Louis-Philippe Rochon; Hassan Bougrine (eds.). </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Credit, Money and Crises in Post-Keynesian Economics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Edward Elgar Publishing, pp.133-151, 2020, New Directions in Post-Keynesian Economics series, 9781786439543. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4337/9781786439550.00018⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02993143v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La modélisation post-keynésienne stock-flux cohérente contemporaine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Le Héron</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Éric Berr; Virginie Monvoisin; Jean-François Ponsot (dir.). </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'économie post-keynésienne : histoire, théories et politiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éditions du Seuil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.257-277, 2018, Économie humaine, 978-2-02-137788-0</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01960258v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La politique monétaire post-keynésienne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Le Héron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Carré</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Éric Berr; Virginie Monvoisin; Jean-François Ponsot (dir.). </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'économie post-keynésienne : histoire, théories et politiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éditions du Seuil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.373-393, 2018, Économie humaine, 978-2-02-137788-0</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01961818v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Une histoire de la politique monétaire contemporaine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edwin Le Héron</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Hubert Bonin et Jean-Marc Figuet (dir.). </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Crises et régulation bancaires : Les cheminements de l’instabilité et de la stabilité bancaire</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Librairie Droz, pp.333-352, 2016, Publications d'histoire économique et sociale internationale, 978-2-600-01964-4. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/droz.bonin.2016.01.0333⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03409167v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Confidence, increasing risks and crisis in a Post Kaleckian stock-flow consistent model</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edwin Le Héron</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Riccardo Bellofiore; Ewa Karwowski; Jan Toporowski (eds.). </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Economic Crisis and Political Economy. Volume 2 of Essays in Honour of Tadeusz Kowalik</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Palgrave-Macmillan, pp.118-147, 2014, Palgrave studies in the history of economic thought series, 978-1-137-33575-3. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1057/9781137335753_9⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01136189v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Confidence, Increasing Risk and Crisis in a Post-Kaleckian Stock-Flow Consistent Model</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Le Héron</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Edited By Riccardo Bellofiore, Ewa Karwowski and Jan Toporowski. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Economic Crisis and Political Economy, Volume 2 of Essays in Honour of Tadeusz Kowalik</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, MacMillan, pp.118-147, 2013, Palgrave Studies in the History of Economic Thought, 978-1-137-33574-6</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00931516v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pour une banque centrale européenne au service de l'intérêt général</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Esther Jeffers</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Le Héron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Plihon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Que faire ? Nos propositions pour changer l'Europe</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Les Liens qui libèrent, pp.237-254, 2013</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00877435v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Financial crisis, state of confidence and economic policies in a Post Keynesian stockflow consistent model</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edwin Le Héron</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Louis-Philippe Rochon and Salewa ‘Yinka Olawoye (eds.). </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Monetary policy and Central Banking: New Directions in Post-Keynesian Theory</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Edward Elgar, pp.83-111, 2012, 9781849807357. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4337/9781849807364.00015⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00720943v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A debate with Wynne Godley on the neutrality of fiscal policy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edwin Le Héron</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Dimitri Papadimitriou et Gennaro Zezza (eds.). </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Contributions in stock-flow modeling: essays in honor of Wynne Godley</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Palgrave Macmillan, pp.266-299, 2011, 978-0-230-36735-7. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1057/9780230367357_12⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00646567v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pour un système de financement émancipé des marchés financiers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Boccara</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Le Héron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Plihon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Les Économistes atterrés; Benjamin Coriat, Philippe Légé, Henri Sterdyniak (coord.). </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Changer d'économie : nos propositions pour 2012</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Les liens qui libèrent, pp.207-221, 2011, 978-2-918597-44-5</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04349951v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Governance and Confidence instead of Independance and Credibility</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edwin Le Héron</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Hassan Bougrine, Mario Seccareccia (eds.). </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Introducing Macroeconomic Analysis: Issues, Questions and Competing Views</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Emond Montgomery Publications, pp.207-216, 2010, 978-1-552-39313-0</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00515174v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Préface</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edwin Le Héron</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Lucien Orio; Jean-José Quilès. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Keynes : les enjeux de la Théorie générale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Armand Colin, pp.1-6, 2009, Cursus. Économie, 978-2-200-24421-7</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00515173v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Monetary and Fiscal Policies in a Post Keynesian Stock-flow Consistent Model</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edwin Le Héron</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">L. Randall Wray, Matthew Forstater (eds.). </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Keynes and Macroeconomics after 70 Years: Critical Assessments of The General Theory</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Edward Elgar, pp.279-308, 2008, 9781847205810. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4337/9781848446205.00028⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00388036v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fiscal and Monetary Policies in a Keynesian Stock-flow Consistent Model</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edwin Le Héron</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Creel Jérôme et Sawyer Malcom (eds). </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Current Thinking on Fiscal Policy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Palgrave Macmillan, pp.145-175, 2008, 978-0-230-20249-8</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00388042v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Introduction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philip Arestis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...10 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eckhard Hein</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edwin Le Héron</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Philip Arestis; Eckhard Hein; Edwin Le Héron (eds.). </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Aspects of Modern Monetary and Macroeconomic Policies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Palgrave Macmillan, pp.1-6, 2007, 978-0-230-62734-5. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1057/9780230627345_1⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00155171v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The New Governance in Monetary Policy: A Critical Appraisal of the Fed and the ECB</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edwin Le Héron</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Philip Arestis; Eckhard Hein; Edwin Le Héron (eds.). </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Aspects of Modern Monetary and Macroeconomic Policies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Palgrave Macmillan, pp.146-171, 2007, 978-0-230-62734-5. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1057/9780230627345_9⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00155173v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The Dynamic Analysis of Monetary Policy Shock on Banking Behaviour</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edwin Le Héron</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">John McCombie; Carlos Rodríguez González. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Issues In Finance And Monetary Policy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Palgrave Macmillan, pp.73-99, 2007, 978-0-230-80149-3. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1057/9780230801493_5⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00159830v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Credibility versus Confidence in Monetary Policy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edwin Le Héron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Carré</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">L. Randall Wray and Mathew Forstater (eds.). </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Money, Financial Instability and Stabilization Policy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Edward Elgar, pp.58-84, 2006, 9781845424749. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4337/9781847201898.00010⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00159822v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The Monetary Policy of the ECB and the Fed: Credibility versus Confidence, a Comparative Approach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edwin Le Héron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Carré</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Philip Arestis, Jesus Ferreiro et Felipe Serrano (eds.). </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Financial Developments in National and International Markets</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Palgrave Mcmillan, pp.77-102, 2006, 978-0-230-52237-4. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1057/9780230522374_5⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00159837v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The Monetary of the ECB and the Fed: Credibility versus Confidence, A Comparative Approach.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Carré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Le Héron</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Hubert Bonin (dir.). </w:t>
-[...23 lines deleted...]
-              <w:t xml:space="preserve">, pp.311-331, 2023, Territoires du politique, 978-2-35687-979-0</w:t>
+              <w:t xml:space="preserve">Arestis, P., J. Ferreiro and and F. Serrano, (eds.). </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Financial Developments in National and International Markets</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Palgrave-MacMillan, pp.77-102, 2006</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId93" w:history="1">
-[...83 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00249923v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A.R.J. Turgot et le marché des fonds prêtables</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edwin Le Héron</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Guy Bensimon (coord.). </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Histoire des représentations du marché [actes Xe colloque de l'Association Charles Gide pour l'étude de la pensée économique, organisé par le Centre d'études de la pensée et des systèmes économiques, le 24-26 septembre 2003]</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, M. Houdiard, pp.176-195, 2005, 2-912673-42-9</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId95" w:history="1">
-[...83 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00160004v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Credibilidad, confianza e inflación</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edwin Le Héron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Carré</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Mántey Bastón Maria Gadalupe et Levy Orlik Noemí Ornah (coord.). </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Inflación, crédito y salarios: nuevos enfoques de política monetaria para mercados imperfectos</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université Nationale Autonome de Mexico (UNAM), pp.191-223, 2005, Las ciencias sociales. Segunda Década, 970-701-617-5</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId98" w:history="1">
-[...73 lines deleted...]
-              <w:t xml:space="preserve">, pp.13-14, 2022, Centre d'Ethique Economique, 978-2-7314-1243-7</w:t>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00160099v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La préférence pour la liquidité des banques : une analyse post-keynésienne du comportement bancaire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edwin Le Héron</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Université des sciences et technologies de Lille. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Monnaie et taux d'intérêt en analyse keynésienne</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 38, l'Harmattan, pp.97-131, 2001, Cahiers lillois d'économie et de sociologie, 2-7475-3102-3</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId100" w:history="1">
-[...83 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00160013v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Monnaie, financement et taux d'intérêt en analyse keynésienne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edwin Le Héron</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Université des sciences et technologies de Lille. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Monnaie et taux d'intérêt en analyse keynésienne</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 38, l'Harmattan, pp.9-12, 2001, Cahiers lillois d'économie et de sociologie, 2-7475-3102-3</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId102" w:history="1">
-[...2015 lines deleted...]
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00160015v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -6796,105 +6874,105 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analyse monétaire post-keynésienne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edwin Le Héron</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Economies et finances. Université Montesquieu-Bordeaux IV/Sciences Po Bordeaux, 2008</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">HDR</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00379426v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId145"/>
+      <w:footerReference w:type="default" r:id="rId147"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -7041,51 +7119,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03826068v2" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Piluso" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Le H&#233;ron" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edouard Cottin-Euziol" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/interventionseconomiques.19694" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03777346v2" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21511/ee.13(1).2022.02" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03563045v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48611/isbn.978-2-406-12814-4.p.0015" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03563079v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48611/isbn.978-2-406-12814-4.p.0083" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03412949v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edwin Le H&#233;ron" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amine Marouane" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48611/isbn.978-2-406-11904-3.p.0159" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01885949v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Yol" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4337/ejeep.2018.00039" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-01454866v3" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/developpementdurable.11928" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02615087v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ei.1024" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01362012v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Cl&#233;venot" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00646622v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4337/ejeep.2011.02.09" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00664867v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angel Asensio" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Charles" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dany Lang" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/regulation.9372" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00389171v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00385799v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00326500v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tarik Mouakil" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1467-999X.2008.00313.x" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-92WD8GZK-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00186706v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00159844v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1590/S0101-31572006000400002" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00159995v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/leco.029.0026" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00159897v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00159854v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00160007v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03604737v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03604758v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-03609101v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois-Vivien Guiot" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas de Michelis" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03073808v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02890871v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02506111v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02890904v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02890837v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02301680v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02372805v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00523487v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00523490v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Carr&#233;" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00570226v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00570228v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00570230v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00570227v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00374384v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00374422v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00570229v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00570232v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00570233v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00570237v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00570235v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00570240v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00572819v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00570241v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00572821v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00570245v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00572822v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00570239v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00570243v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00833301v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00295011v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Moutot" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00155170v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philip Arestis" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eckhard Hein" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1057/9780230627345" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04282956v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editionsbdl.com/produit/les-enjeux-du-social-et-du-societal/" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04323379v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dunod.com/entreprise-et-economie/grand-manuel-d-economie-politique" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/dunod.franc.2023.01.0270" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04321468v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/dunod.franc.2023.01.0258" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04025934v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://presses-universitaires.univ-amu.fr/islam-ethique-affaires-economiques-financieres" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03766593v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis Bokino" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4337/9781839100932.00029" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02993143v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4337/9781786439550.00018" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01960258v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.seuil.com/ouvrage/l-economie-post-keynesienne-collectif/9782021377880" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01961818v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03409167v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/droz.bonin.2016.01.0333" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01136189v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1057/9781137335753_9" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00931516v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00877435v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Esther Jeffers" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Plihon" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00720943v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4337/9781849807364.00015" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00646567v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1057/9780230367357_12" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04349951v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Boccara" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00515174v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00515173v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00388036v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4337/9781848446205.00028" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00388042v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00155171v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1057/9780230627345_1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00155173v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1057/9780230627345_9" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00159830v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1057/9780230801493_5" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00249923v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00159837v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1057/9780230522374_5" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00159822v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4337/9781847201898.00010" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00160004v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00160099v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00160013v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00160015v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00379426v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05555866v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edwin Le H&#233;ron" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48611/isbn.978-2-406-19167-4.p.0043" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03777346v2" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Piluso" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Le H&#233;ron" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21511/ee.13(1).2022.02" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03826068v2" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edouard Cottin-Euziol" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/interventionseconomiques.19694" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03563079v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48611/isbn.978-2-406-12814-4.p.0083" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03412949v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amine Marouane" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48611/isbn.978-2-406-11904-3.p.0159" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03563045v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48611/isbn.978-2-406-12814-4.p.0015" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01885949v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Yol" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4337/ejeep.2018.00039" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-01454866v3" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/developpementdurable.11928" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02615087v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ei.1024" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01362012v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Cl&#233;venot" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00646622v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4337/ejeep.2011.02.09" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00664867v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angel Asensio" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Charles" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dany Lang" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/regulation.9372" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00389171v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00385799v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00326500v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tarik Mouakil" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1467-999X.2008.00313.x" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-92WD8GZK-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00186706v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00159995v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/leco.029.0026" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00159844v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1590/S0101-31572006000400002" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00159897v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00159854v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00160007v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03604737v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03604758v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-03609101v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois-Vivien Guiot" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas de Michelis" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03073808v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02890904v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02506111v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02890837v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02890871v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02301680v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02372805v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00523487v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00523490v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Carr&#233;" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00570226v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00570228v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00570230v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00570227v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00570229v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00570232v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00570233v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00374422v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00374384v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00570237v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00570235v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00570240v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00570241v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00572819v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00570245v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00572821v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00570239v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00570243v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00572822v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00833301v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00295011v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Moutot" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00155170v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philip Arestis" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eckhard Hein" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1057/9780230627345" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04323379v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dunod.com/entreprise-et-economie/grand-manuel-d-economie-politique" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/dunod.franc.2023.01.0270" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04321468v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/dunod.franc.2023.01.0258" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04282956v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editionsbdl.com/produit/les-enjeux-du-social-et-du-societal/" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04025934v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://presses-universitaires.univ-amu.fr/islam-ethique-affaires-economiques-financieres" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03766593v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis Bokino" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4337/9781839100932.00029" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02993143v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4337/9781786439550.00018" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01960258v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.seuil.com/ouvrage/l-economie-post-keynesienne-collectif/9782021377880" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01961818v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03409167v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/droz.bonin.2016.01.0333" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01136189v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1057/9781137335753_9" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00931516v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00877435v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Esther Jeffers" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Plihon" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00720943v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4337/9781849807364.00015" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00646567v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1057/9780230367357_12" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04349951v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Boccara" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00515174v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00515173v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00388036v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4337/9781848446205.00028" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00388042v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00155171v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1057/9780230627345_1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00155173v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1057/9780230627345_9" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00159830v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1057/9780230801493_5" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00159822v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4337/9781847201898.00010" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00159837v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1057/9780230522374_5" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00249923v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00160004v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00160099v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00160013v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00160015v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00379426v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>