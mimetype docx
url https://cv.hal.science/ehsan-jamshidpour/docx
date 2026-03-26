--- v0 (2026-03-04)
+++ v1 (2026-03-26)
@@ -2,51 +2,51 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:100px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Ehsan Jamshidpour </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (34)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Parameter-Free Predictive Control of PMSM Drives: An Incremental Ultra-Local Approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Masoumeh Ahrabi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thong-In Suyata</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ehsan Jamshidpour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Babak Nahid-Mobarakeh</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Transportation Electrification</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2026, </w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TTE.2026.3652090⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05455482v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Trajectory Planning for Fast Dynamic One-loop Flatness-based Control of PMSMs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Milad Akrami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ehsan Jamshidpour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matheepot Phattanasak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Pierfederici</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Frick</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Access</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2026, pp.1-1. </w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ACCESS.2026.3666292⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05521640v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Local Dynamic Estimation-Based Robust Model- Free Predictive Control for PMSM Drives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Masoumeh Ahrabi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thong-In Suyata</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ehsan Jamshidpour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Babak Nahid-Mobarakeh</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Industry Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, pp.1-10. </w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TIA.2025.3644989⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05444083v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Development and performance evaluation of a wind turbine emulator utilizing DFIG with TSR-based MPPT control for optimized power extraction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ilyas Bennia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lotfi Baghli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ehsan Jamshidpour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Pierfederici</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Electrical Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 108 (1), pp.47. </w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00202-025-03452-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05384153v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Non-singular Fast Terminal Sliding Mode Control Integrated with Proportional Multi-Resonant-Based Controller for Multifunctional Grid-Tied LCL-Filtered Inverter</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amir Rabbani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahla Dehghani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohammad Mardaneh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ehsan Jamshidpour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Saeed Hasanvand</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EPE Journal - European Power Electronics and Drives</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 10 (1), pp.257-270. </w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.2478/pead-2025-0018⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05247188v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enhanced interconnection and damping assignment passivity-based control for PM synchronous motors</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Azzi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lotfi Baghli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ehsan Jamshidpour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phatiphat Thounthong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noureddine Takorabet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Global Energy Interconnection</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 8 (4), pp.657-667. </w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.gloei.2025.06.001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05185426v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fault Diagnosis of Electric Motors by a Channel-wise Regulated CNN and Differential of STFT</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arta Mohammad-Alikhani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ehsan Jamshidpour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sumedh Dhale</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Milad Akrami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Subarni Pardhan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Industry Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, pp.1-12. </w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TIA.2025.3532556⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04907554v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamiltonian-Based Hybrid Control of Permanent Magnet Synchronous Motor Drives for DC Microgrid Applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thong-In Suyata</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matheepot Phattanasak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pongsiri Mungporn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Burin Yodwong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ehsan Jamshidpour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Access</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 13, pp.209117-209129. </w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ACCESS.2025.3641642⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05418277v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Novel Trajectory Planning for One-loop Flatness-based Control of PMSM</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Milad Akrami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ehsan Jamshidpour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Pierfederici</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Frick</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Access</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 12, pp.92451-92463. </w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ACCESS.2024.3422100⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04678268v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sensorless Control Methods for BLDC Motor Drives: A Review</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Milad Akrami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ehsan Jamshidpour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Babak Nahid-Mobarakeh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Pierfederici</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Frick</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Transportation Electrification</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 11 (1), pp.135-152. </w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TTE.2024.3387371⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04559983v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence of High-Frequency Operation on the Efficiency of a PMSM Drive with SiC-MOSFET Inverter</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paisak Poolphaka</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ehsan Jamshidpour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Lubin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lotfi Baghli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noureddine Takorabet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Energies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 17 (10), pp.2347. </w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/en17102347⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04573915v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Combined Observer and Lyapunov-Based Control for Switching Power Converters With LC Input Filter</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roghayeh Gavagsaz-Ghoachani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matheepot Phattanasak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ehsan Jamshidpour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wiset Saksiri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Pierfederici</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Access</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 12, pp.24894-24904. </w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ACCESS.2024.3364101⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04821642v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Application of Low-Resolution Hall Position Sensor in Control and Position Estimation of PMSM- A Review</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Milad Akrami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ehsan Jamshidpour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lotfi Baghli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Frick</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Energies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 17, </w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/en17174216⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04678269v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Toward efficient very low frequency wireless power transfer for EVs: From grid to battery</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles-Henri Bonnard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ehsan Jamshidpour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Fontchastagner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaëtan Didier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamidreza Zandi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Applied Electromagnetics and Mechanics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 76 (1-2), pp.205-215. </w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3233/JAE-230239⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04946984v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Switch Fault detection and localization for T-Type Converter</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Becker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ehsan Jamshidpour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Poure</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shahrokh Saadate</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Industry Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, pp.1-8. </w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TIA.2023.3241602⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03971138v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Parameter-Free Method for Estimating the Stator Resistance of a Wound Rotor Synchronous Machine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peyman Haghgooei</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ehsan Jamshidpour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Corne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noureddine Takorabet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Davood Arab Khaburi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">World Electric Vehicle Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 14 (3), pp.65. </w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/wevj14030065⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04024661v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimization of an SSHC-based full active rectifier for piezoelectric energy harvesting</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Liana Wassouf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ehsan Jamshidpour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Frick</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Analog Integrated Circuits and Signal Processing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 116, pp.145-159. </w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10470-023-02176-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04196753v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Symmetric Wide-Input-Voltage Range Boost Z-Source DC-DC Converter with Reduced Current of Source and Active Components</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Milad Abbasi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohammad Mardaneh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amirhossein Rajaei</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ali Nabinezhad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ehsan Jamshidpour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Power Electronics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, pp.1-10. </w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TPEL.2023.3270239⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04082476v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparative Study of IGBT and SiC MOSFET Three-Phase Inverter: Impact of Parasitic Capacitance on the Output Voltage Distortion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paisak Poolphaka</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ehsan Jamshidpour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Lubin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lotfi Baghli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noureddine Takorabet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Actuators</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, </w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/act12090355⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04202958v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Current Sensorless Control for a Wound Rotor Synchronous Machine Based on Flux Linkage Model</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haghgooei Peyman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Corne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ehsan Jamshidpour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noureddine Takorabet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Davood Arab Khaburi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Journal of Emerging and Selected Topics in Power Electronics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 10 (4), pp.4576-4586. </w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/JESTPE.2021.3121135⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03385072v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">High Gain PWM Method and Active Switched Boost Z-source Inverter With Less Voltage Stress on the Devices</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Milad Abbasi Shahabi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohammad Mardaneh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ehsan Jamshidpour</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Power Electronics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 37 (2), pp.1841-1851. </w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TPEL.2021.3104295⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03321638v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Full Active Rectifier With High Voltage Flip Efficiency for Piezo Energy Harvesting</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Liana Wassouf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ehsan Jamshidpour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Frick</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Industry Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, </w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/EEEIC/ICPSEurope49358.2020.9160637⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03245658v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Voltage Flip Efficiency Enhancement for Piezo Energy Harvesting</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Frick</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Liana Wassouf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ehsan Jamshidpour</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Electronics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, </w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/electronics10192400⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03355103v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magnetic Model Identification of Wound Rotor Synchronous Machine Using a Novel Flux Estimator</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peyman Haghgooei</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ehsan Jamshidpour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noureddine Takorabet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Davood Arab-Khaburi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Babak Nahid-Mobarakeh</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Industry Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 57 (5), pp.5389-5399. </w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TIA.2021.3086052⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03537299v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Equivalent Two Switches and Single Switch Buck/Buck-Boost Circuits for Solar Energy Harvesting Systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ehsan Jamshidpour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Slavisa Jovanovic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Poure</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Energies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 13 (3), pp.583. </w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/en13030583⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03225271v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modulation Strategy with a Minimal Number of Commutations for a Five-Level H-Bridge NPC Inverter</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Becker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ehsan Jamshidpour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Poure</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shahrokh Saadate</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Electronics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 8 (4), pp.454. </w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/electronics8040454⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03225280v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Common Switch Fault Diagnosis for Two-Stage DC-DC Converters Used in Energy Harvesting Applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ehsan Jamshidpour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Poure</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shahrokh Saadate</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Electronics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 8 (3), pp.293. </w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/electronics8030293⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03225275v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Study by modeling and simulation of open-switch fault diagnosis for five-level converters</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Becker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ehsan Jamshidpour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Poure</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shahrokh Saadate</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Transactions on Environment and Electrical Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 2 (1), pp.27-34. </w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.22149/teee.v2i1.76⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03225290v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Switch failure diagnosis based on inductor current observation for boost converters</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ehsan Jamshidpour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Poure</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shahrokh Saadate</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Electronics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 103 (9), pp.1498-1509. </w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/00207217.2016.1138243⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01384196v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Energy management and control of a stand-alone photovoltaic/ultra capacitor/battery microgrid</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ehsan Jamshidpour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shahrokh Saadate</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Poure</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Jordan Journal of Electrical Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 2 (1), pp.1-12. </w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/AEECT.2015.7360584⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01384199v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Single-Switch DC-DC Converter With Fault-Tolerant Capability Under Open- and Short-Circuit Switch Failures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ehsan Jamshidpour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Poure</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eskandar Gholipour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shahrokh Saadate</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Power Electronics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 30 (5), pp.2703-2712. </w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TPEL.2014.2342878⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01383785v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Photovoltaic Systems Reliability Improvement by Real-Time FPGA-Based Switch Failure Diagnosis and Fault-Tolerant DC-DC Converter</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ehsan Jamshidpour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Poure</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shahrokh Saadate</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Industrial Electronics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 62 (11), pp.7247 - 7255. </w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TIE.2015.2421880⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01383952v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Open- and Short-Circuit Switch Fault Diagnosis for Nonisolated DC-DC Converters Using Field Programmable Gate Array</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahmoud Shahbazi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ehsan Jamshidpour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Poure</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shahrokh Saadate</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohammad Reza Zolghadri</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Industrial Electronics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 60 (9), pp.4136-4146. </w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TIE.2012.2224078⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01293494v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Distributed Active Resonance Suppression in Hybrid DC Power Systems Under Unbalanced Load Conditions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ehsan Jamshidpour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Babak Nahid-Mobarakeh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Poure</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Pierfederici</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Farid Meibody-Tabar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Power Electronics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 28 (4), pp.1833-1842. </w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TPEL.2012.2209898⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01293489v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (53)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adaptive Lyapunov-Hamiltonian Control Law for Single-Phase Power Factor Correction with Interleaved Boost Converters</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phatiphat Thounthong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pongsiri Mungporn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Uthen Kamnarn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Guilbert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ehsan Jamshidpour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2025 28th International Conference on Electrical Machines and Systems (ICEMS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2025, Busan, South Korea. pp.2559-2564, </w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.23919/ICEMS66262.2025.11317536⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05476673v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modèle magnéto-thermique pour la conception optimale d’une génératrice haute fréquence</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Parfait Sanni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Smail Mezani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Lubin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ehsan Jamshidpour</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Symposium de Génie Électrique (SGE 2025)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Laboratoire d'Analyse et d'Architecture des Systèmes (LAAS) et le Laboratoire Plasma et Conversion d'Energie (LAPLACE), Jul 2025, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05218190v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Characterization of Photovoltaic Modules under Uniform Snow Covers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hanane Rezzouk</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Djabali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ana-Maria Cretu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shamsodin Taheri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ehsan Jamshidpour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2025 IEEE Industry Applications Society Annual Meeting (IAS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2025, Taipei, France. pp.1-5, </w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IAS62731.2025.11061649⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05210982v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Machine Learning-based Trajectory Planning for Single-loop Flatness-based Control of PMSMs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Milad Akrami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arta Mohammad-Alikhani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ehsan Jamshidpour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Pierfederici</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Babak Nahid-Mobarakeh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE ECCE Asia, Bangalore, India</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2025, Bangalore, India. pp.1-6, </w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ECCE-Asia63110.2025.11111995⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04949216v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gestion de l'Interconnexion des Microgrids et des Échanges Énergétiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chaimae El Fedlaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Pierfederici</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ehsan Jamshidpour</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Symposium de Génie Électrique (SGE 2025)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2025, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05484032v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Linear BLDC Motor Embeded Control on ESP32</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lotfi Baghli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ehsan Jamshidpour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noureddine Takorabet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2024 3rd International Conference on Advanced Electrical Engineering (ICAEE)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2024, Sidi-Bel-Abbes, France. pp.1-6, </w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICAEE61760.2024.10783233⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04837395v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fault-Tolerant Control for Power Converter in Switched Reluctance Motor (SRM) Applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paisak Poolphaka</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pairote Thongprasri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ehsan Jamshidpour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Lubin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noureddine Takorabet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">27th International Conference on Electrical Machines and Systems (ICEMS 2024)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2024, Fukuoka, Japan. pp.2842-2846, </w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.23919/ICEMS60997.2024.10921230⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05104534v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bidirectional Multi Port Converter for E-Mobility Applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hemant Gupta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aman Deep</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arun Kumar Verma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ehsan Jamshidpour</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2024 IEEE 4th International Conference on Sustainable Energy and Future Electric Transportation (SEFET)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2024, Hyderabad, France. pp.1-6, </w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/SEFET61574.2024.10717881⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04837386v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparaison entre les stratégies de contrôle de reconfiguration pour les machines synchrones à cinq phases tolérantes aux pannes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Azzi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lotfi Baghli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ehsan Jamshidpour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noureddine Takorabet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phatiphat Thounthong</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées couplées du GDR SEEDS et de la conférence JCGE - Jeunes Chercheurs en Génie Electrique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, GDR SEEDS, Jun 2024, 44490 Le Croisic, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04828326v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Interconnection and Damping Assignment Approach for PM Synchronous Motors, Comparison with the Classical PI Control</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Azzi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lotfi Baghli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ehsan Jamshidpour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noureddine Takorabet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phatiphat Thounthong</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2024 3rd International Conference on Advanced Electrical Engineering (ICAEE)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2024, Sidi-Bel-Abbes, France. pp.1-6, </w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICAEE61760.2024.10783326⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04837389v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Switch Fault Detection in a Family of Non-isolated Single-Inductor Three-Port Converters for Low Power Electrification Applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Krit Ratchapum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Uthen Kamnarn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anon Namin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pakawadee Wutthiwai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ehsan Jamshidpour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2023 IEEE Transportation Electrification Conference and Expo, Asia-Pacific (ITEC Asia-Pacific)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2023, Chiang Mai, Thailand. pp.1-7, </w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ITECAsia-Pacific59272.2023.10372234⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04370530v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Energy management and control method for a three port non-isolated DC-DC converter for PV applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentin Gillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jana Khalil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémie Kreiss</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohammad Mardaneh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ehsan Jamshidpour</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Materials and Energy, ICOME2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2024, Bangkok, Thailand</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04712353v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence of High-Frequency Operation on the Efficiency of a PMSM Drive</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paisak Poolphaka</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sisuda Chaithongsuk</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ehsan Jamshidpour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Lubin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lotfi Baghli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2024 International Conference on Electrical Machines (ICEM)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2024, Torino, France. pp.1-7, </w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICEM60801.2024.10700173⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05104521v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effect of Torque Load and Voltage Drop Observers on Robustness in Flatness-Based Control of PMSM Drives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Milad Akrami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ehsan Jamshidpour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Pierfederici</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Frick</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2024 IEEE International Conference on Environment and Electrical Engineering and 2024 IEEE Industrial and Commercial Power Systems Europe (EEEIC / I&CPS Europe)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2024, Rome, France. pp.1-6, </w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/EEEIC/ICPSEurope61470.2024.10751580⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04837398v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Large-Signal Average Modeling of Two Decentralized Distributed Generations Based on Boost Converter</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roghayeh Gavagsaz-Ghoachani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matheepot Phattanasak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohammad Afkar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ehsan Jamshidpour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Pierfederici</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">23rd International Conference on Environment and Electrical Engineering (EEEIC 2023)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IEEE, Jun 2023, Madrid, Spain. </w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/EEEIC/ICPSEurope57605.2023.10194681⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04137336v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flatness-Based Trajectory Planning/Replanning for a Permanent Magnet Synchronous Machine Control</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Milad Akrami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ehsan Jamshidpour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Pierfederici</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Frick</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2023 IEEE Transportation Electrification Conference &amp; Expo (ITEC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2023, Detroit, United States. pp.1-5, </w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ITEC55900.2023.10186976⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04404556v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Application of Hall Position Sensor in Control and Position Estimation of PMSM</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Frick</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ehsan Jamshidpour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Milad Akrami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2023 IEEE International Conference on Environment and Electrical Engineering and 2023 IEEE Industrial and Commercial Power Systems Europe (EEEIC / ICPS Europe) June 06-09, 2023 Madrid, Spain</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2023, Madrid, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04054710v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Application of Hall Position Sensor in Control and Position Estimation of PMSM-A Review</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Milad Akrami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ehsan Jamshidpour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Frick</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">23rd International Conference on Environment and Electrical Engineering (EEEIC 2023)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2023, Madrid, Spain. </w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/EEEIC/ICPSEurope57605.2023.10194763⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04137299v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparison Between Reconfiguration Control Strategies for Fault-Tolerant Five-Phase Synchronous Machine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Azzi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lotfi Baghli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ehsan Jamshidpour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noureddine Takorabet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phatiphat Thounthong</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2023 IEEE Transportation Electrification Conference and Expo, Asia-Pacific (ITEC Asia-Pacific)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2023, Chiang Mai, France. pp.1-7, </w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ITECAsia-Pacific59272.2023.10372297⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04373320v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Improved Damping Control Based on Hamiltonian-Energy Function with State-Observer for Permanent Magnet Synchronous Motor Drives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thong-In Suyata</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pongsiri Mungporn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Burin Yodwong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matheepot Phattanasak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phatiphat Thounthong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2023 IEEE Transportation Electrification Conference and Expo, Asia-Pacific (ITEC Asia-Pacific)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2023, Chiang Mai, Thailand. pp.1-6, </w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ITECAsia-Pacific59272.2023.10372299⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04404534v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Current Sensor Fault Tolerant strategy for a Wound Rotor Synchronous Machine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peyman Haghgooei</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sisuda Chaithongsuk</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ehsan Jamshidpour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lotfi Baghli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noureddine Takorabet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2023 IEEE Transportation Electrification Conference and Expo, Asia-Pacific (ITEC Asia-Pacific)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2023, Chiang Mai, Thailand. pp.1-7, </w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ITECAsia-Pacific59272.2023.10372228⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04373317v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Current sensor fault detection and compensation system for wound rotor synchronous motor based on neural networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maciej Skowron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ehsan Jamshidpour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Krystian Teler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Teresa Orlowska-Kowalska</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peyman Haghgooei</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2023 IEEE Transportation Electrification Conference and Expo, Asia-Pacific (ITEC Asia-Pacific)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2023, Chiang Mai, France. pp.1-5, </w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ITECAsia-Pacific59272.2023.10372315⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04373325v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Improved Sliding Mode Control and Active Damping for LCL-filtered Voltage Source Inverter Connected to Distorted Grid</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amir Rabbani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohammad Mardaneh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ehsan Jamshidpour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Poure</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">23rd International Conference on Environment and Electrical Engineering (EEEIC 2023)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2023, Madrid, Spain. </w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/EEEIC/ICPSEurope57605.2023.10194632⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04137327v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparison of Flatness-based Control and Field-Oriented Control for PMSMs in Automotive Water Pump Application</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Milad Akrami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ehsan Jamshidpour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Pierfederici</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Frick</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">23rd International Conference on Environment and Electrical Engineering (EEEIC 2023)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2023, Madrid, Spain. pp.1-6, </w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/EEEIC/ICPSEurope57605.2023.10194821⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04137313v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Application of Hall Position Sensor in Control and Position Estimation of PMSM - A review</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Milad Akrami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ehsan Jamshidpour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Frick</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2023 IEEE International Conference on Environment and Electrical Engineering and 2023 IEEE Industrial and Commercial Power Systems Europe (EEEIC / ICPS Europe), Madrid, Spain, 06-09 June 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2023, Madrid, Spain. </w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/EEEIC/ICPSEurope57605.2023.10194763⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04199657v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Wavelet-Based Droop Control of Reactive Power Sharing and Frequency Regulation in Islanded Microgrids</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ramin Sahebi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohammad Mardaneh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ehsan Jamshidpour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jamshid Aghaei</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elaheh Taherian-Fard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2023 International Aegean Conference on Electrical Machines and Power Electronics (ACEMP) &amp; 2023 International Conference on Optimization of Electrical and Electronic Equipment (OPTIM)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2023, Istanbul, Turkey. pp.1-5, </w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ACEMP-OPTIM57845.2023.10287021⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04273008v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exploring Power Electronics Converters for Water Electrolysis in Microgrid Applications: A Comprehensive Overview</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Milad Bahrami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ehsan Jamshidpour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Navid Bayati</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Pierfederici</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2023 IEEE Transportation Electrification Conference and Expo, Asia-Pacific (ITEC Asia-Pacific)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2023, Chiang Mai, Thailand. pp.1-5, </w:t></w:r><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ITECAsia-Pacific59272.2023.10372261⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04404538v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Toward Efficient Very Low Frequency Wireless Power Transfer for EVs: From Grid to Battery</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ehsan Jamshidpour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles-Henri Bonnard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Fontchastagner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaëtan Didier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamidreza Zandi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ISEF 2023, 21st International Symposium on Electromagnetic Fields in Mechatronics, Electrical and Electronic Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2023, Pavia, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05137560v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Current Sensor Fault Tolerant Control for a Synchronous Machine Based on Stator Current Estimation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haghgooei Peyman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ehsan Jamshidpour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noureddine Takorabet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Davood Arab Khaburi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Babak Nahid-Mobarakeh</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Electrimacs2022-14th International Conference of TC-Electrimacs Committee</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2022, Nancy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03673214v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A modified switched-boost DC-DC converter circuit with reduced current stress and output voltage ripple</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zhale Hashemi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohammad Mardaneh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ehsan Jamshidpour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Poure</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">22nd International Conference on Environment and Electrical Engineering (EEEIC2022)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2022, Prague, Czech Republic. </w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/EEEIC/ICPSEurope54979.2022.9854701⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03714849v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Modified Active-Switched Quasi Z-Source Inverter for Photovoltaic Systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Milad Abbasi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohammad Mardaneh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ehsan Jamshidpour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Soroush Aghili</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Poure</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">22nd International Conference on Environment and Electrical Engineering (EEEIC2022)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2022, Prague, Czech Republic</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03714847v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Modified Extended-Boost Active-Switched Quasi Z-Source Inverter</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Milad Abbasi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohammad Mardaneh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ehsan Jamshidpour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Soroush Aghili</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Electrimacs2022-14th International Conference of TC-Electrimacs Committee</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2022, Nancy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03673216v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Implementing a 200 kHz PWM Field Oriented Control using RTLib and C program on a dSPACE MicroLabBox</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lotfi Baghli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ehsan Jamshidpour</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2022 2nd International Conference on Advanced Electrical Engineering (ICAEE)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2022, Constantine, Algeria. pp.1-6, </w:t></w:r><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICAEE53772.2022.9962145⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03882370v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimised Model for Piezoelectric Energy Harvesting Circuits Design</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Frick</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lakhdar Mamouri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Liana Wassouf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tedjani Mesbahi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ehsan Jamshidpour</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">19th IEEE Interregional NEWCAS Conference Virtual Conference | June 13-16, 2021</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2021, En ligne, France. </w:t></w:r><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/NEWCAS50681.2021.9462792⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03243971v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fault detection and localization for T-Type Converter</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Becker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ehsan Jamshidpour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Poure</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shahrokh Saadate</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2021 IEEE International Conference on Environment and Electrical Engineering (EEEIC2021)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2021, Bari, Italy. </w:t></w:r><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/EEEIC/ICPSEurope51590.2021.9584808⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03277771v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A High-Efficiency Full Active Rectifier for Piezo Energy Harvesting</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Liana Wassouf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ehsan Jamshidpour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Frick</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE International Conference on Environment and Electrical Engineering (EEEIC) / IEEE Industrial and Commercial Power Systems Europe (ICPS Europe)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2020, Madrid, Spain. pp.1-5, </w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/EEEIC/ICPSEurope49358.2020.9160637⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03225266v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Influence of Electric Vehicle Penetration on Distribution Transformer Ageing Rate and Performance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bekarys Kuspan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mehdi Bagheri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oveis Abedinia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Moahammad Salay Naderi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ehsan Jamshidpour</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2018 7th International Conference on Renewable Energy Research and Applications (ICRERA)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2018, Paris, France. pp.313-318, </w:t></w:r><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICRERA.2018.8566966⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03225285v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Unified Switch Fault Detection for Cascaded Non-Isolated DC-DC Converters</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ehsan Jamshidpour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Poure</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shahrokh Saadate</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE International Conference on Environment and Electrical Engineering (EEEIC) / IEEE Industrial and Commercial Power Systems Europe (ICPS Europe)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2018, Palermo, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03247152v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An Efficient Fault Tolerant Cascaded Step-Up Step-Down Converter for Solar PV Modules</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Saima Siouane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Slavisa Jovanovic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Poure</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ehsan Jamshidpour</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2018 IEEE International Conference on Environment and Electrical Engineering and 2018 IEEE Industrial and Commercial Power Systems Europe (EEEIC / I&amp;CPS Europe)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2018, Palermo, France. pp.1-5, </w:t></w:r><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/EEEIC.2018.8494570⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03225282v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hybrid Transcutaneous Energy Transfer System for Medical Implants</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ehsan Jamshidpour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guy Sturtzer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Kam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Klein</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wilfried Uhring</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7th International Congress of Energy and Environment Engineering and Management (CIIEM7)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2017, Canary Islands, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02147732v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Control and Switch fault diagnosis in a Stand-Alone Phovoltaic System</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ehsan Jamshidpour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Poure</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eskandar Gholipour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shahrokh Saadate</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7th International Congress of Energy and Environment Engineering and Management (CIIEM7)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2017, Îles Canaries, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05508188v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Switch Faults in Power Electronics Converters in Embedded Systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shahrokh Saadate</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ehsan Jamshidpour</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7th International Congress of Energy and Environment Engineering and Management (CIIEM7)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2017, Iles Canaries, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05513896v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stand-Alone Phovoltaic System Operation with Energy Management and Fault Tolerant</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ehsan Jamshidpour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shahrokh Saadate</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Poure</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eskandar Gholipour</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9th International Conference for Renewable Energy, Energy Saving and Energy Education</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2017, La Havane, Cuba</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03248770v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reliable FPGA-based Solar Energy Production</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ehsan Jamshidpour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Poure</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eskandar Gholipour Shahraki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shahrokh Saadate</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7th International Congress of Energy and Environment Engineering and Management (CIIEM7)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2017, Canary Islands, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03252838v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">MPPT and output voltage control of Photovoltaic systems using a Single-Switch DC-DC converter</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Soklni-Sita Alli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Slaviša Jovanović</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Poure</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ehsan Jamshidpour</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2016 IEEE International Energy Conference (ENERGYCON)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2016, Louvain, Belgium. </w:t></w:r><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ENERGYCON.2016.7514123b⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01397940v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Continuity of Service of Five-Level H-Bridge T-Type Converter Under Open-circuit Switch Failure</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Becker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ehsan Jamshidpour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Poure</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shahrokh Saadate</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5th IET International Conference on Renewable Power Generation (RPG) 2016</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2016, London, United Kingdom. </w:t></w:r><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1049/cp.2016.0563⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03225292v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Five-Level H-Bridge NPC Converter Control with Minimum Commutation Losses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Becker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Poure</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ehsan Jamshidpour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shahrokh Saadate</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ENERGYCON Energy Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2016, Louvain, Belgium. </w:t></w:r><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ENERGYCON.2016.7514037⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01410849v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Open-switch fault diagnosis for five-level H-bridge neutral point piloted or T-type converters</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Becker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Poure</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ehsan Jamshidpour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shahrokh Saadate</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Environment and Electrical Engineering (EEEIC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2016, Florence, Italy. </w:t></w:r><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/EEEIC.2016.7555826⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01412415v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Differential flatness-based control of a stand-alone solar-PV energy generating system</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ehsan Jamshidpour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Poure</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Babak Nahid-Mobarakeh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shahrokh Saadate</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CCA 2015, IEEE Conference on Control Applications </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2015, Sydney, Australia. pp.721-726., </w:t></w:r><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/CCA.2015.7320702⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01387342v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Energy management and control of a stand-alone photovoltaic/ultra capacitor/battery microgrid</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ehsan Jamshidpour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shahrokh Saadate</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Poure</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2015 IEEE Jordan Conference on Applied Electrical Engineering and Computing Technologies (AEECT)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2015, Amman, Jordan. pp.1-6, </w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/AEECT.2015.7360584⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03565716v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">FPGA based fault detection and fault tolerance operation in DC-DC converters</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ehsan Jamshidpour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maryam Shahbazi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shahrokh Saadate</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Poure</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eskandar Gholipour</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SPEEDAM 2014, International Symposium on Power Electronics, Electrical Drives, Automation and Motion</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2014, Ischia, Italy. pp.37-42, </w:t></w:r><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/SPEEDAM.2014.6872062⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01386394v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fault tolerant operation of single-ended non-isolated DC-DC converters under open and short-circuit switch faults</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ehsan Jamshidpour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maryam Shahbazi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Poure</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eskandar Gholipour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shahrokh Saadate</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EPE 2013, 15th European Conference on Power Electronics and Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2013, Lille, France. pp.4006-4012, </w:t></w:r><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/EPE.2013.6634471⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01384536v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Distributed stabilization in DC hybrid power systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ehsan Jamshidpour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Babak Nahid-Mobarakeh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Poure</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Pierfederici</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shahrokh Saadate</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2011 IEEE Vehicle Power and Propulsion Conference (VPPC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2011, Chicago, United States. pp.1-6, </w:t></w:r><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/VPPC.2011.6043126⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03565734v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modeling and Optimal Control of Power System Frequency Load Controller by Applying Disturbance in the System by a Modified Version of Firefly Algorithm</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ehsan Jamshidpour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Parameshachari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ebrahim Sheykhi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chun-Lien Su</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Seyed Hossein Rouhani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Navid Razmjooy; Noradin Ghadimi; Venkatesan Rajinikanth. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Metaheuristics and Optimization in Computer and Electrical Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1077, Springer International Publishing, pp.199-240, 2023, Lecture Notes in Electrical Engineering, 978-3-031-42687-2. </w:t></w:r><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-031-42685-8_6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04273065v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Technical and Economic Evaluation of the Optimal Placement of Fuel Cells in the Distribution System of Petrochemical Industries Based on Improved Firefly Algorithm</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Rajinikanth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Navid Razmjooy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ehsan Jamshidpour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noradin Ghadimi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaurav Dhiman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Navid Razmjooy; Noradin Ghadimi; Venkatesan Rajinikanth. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Metaheuristics and Optimization in Computer and Electrical Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1077, Springer International Publishing, pp.165-197, 2023, Lecture Notes in Electrical Engineering, 978-3-031-42687-2. </w:t></w:r><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-031-42685-8_5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04244261v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId272"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:100px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Ehsan Jamshidpour </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (35)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Parameter-Free Predictive Control of PMSM Drives: An Incremental Ultra-Local Approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Masoumeh Ahrabi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thong-In Suyata</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ehsan Jamshidpour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Babak Nahid-Mobarakeh</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Transportation Electrification</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2026, </w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TTE.2026.3652090⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05455482v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Design, Implementation, and IEC 61980 Compliance Testing of an Inductive Wireless Power Transfer System for EV Charging Applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Surasak Yousawat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wuttikai Tammawan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thanet Sriprom</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tatapong Phondee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ekkachai Chaidee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Access</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2026, pp.1-1. </w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ACCESS.2026.3676445⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05564120v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Trajectory Planning for Fast Dynamic One-Loop Flatness-Based Control of PMSMs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Milad Akrami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ehsan Jamshidpour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matheepot Phattanasak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Pierfederici</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Frick</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Access</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2026, 14, pp.29226-29238. </w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ACCESS.2026.3666292⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05538651v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Local Dynamic Estimation-Based Robust Model- Free Predictive Control for PMSM Drives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Masoumeh Ahrabi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thong-In Suyata</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ehsan Jamshidpour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Babak Nahid-Mobarakeh</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Industry Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, pp.1-10. </w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TIA.2025.3644989⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05444083v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Development and performance evaluation of a wind turbine emulator utilizing DFIG with TSR-based MPPT control for optimized power extraction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ilyas Bennia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lotfi Baghli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ehsan Jamshidpour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Pierfederici</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Electrical Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 108 (1), pp.47. </w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00202-025-03452-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05384153v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Non-singular Fast Terminal Sliding Mode Control Integrated with Proportional Multi-Resonant-Based Controller for Multifunctional Grid-Tied LCL-Filtered Inverter</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amir Rabbani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahla Dehghani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohammad Mardaneh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ehsan Jamshidpour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Saeed Hasanvand</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EPE Journal - European Power Electronics and Drives</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 10 (1), pp.257-270. </w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.2478/pead-2025-0018⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05247188v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fault Diagnosis of Electric Motors by a Channel-wise Regulated CNN and Differential of STFT</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arta Mohammad-Alikhani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ehsan Jamshidpour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sumedh Dhale</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Milad Akrami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Subarni Pardhan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Industry Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, pp.1-12. </w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TIA.2025.3532556⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04907554v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enhanced interconnection and damping assignment passivity-based control for PM synchronous motors</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Azzi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lotfi Baghli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ehsan Jamshidpour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phatiphat Thounthong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noureddine Takorabet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Global Energy Interconnection</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 8 (4), pp.657-667. </w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.gloei.2025.06.001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05185426v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamiltonian-Based Hybrid Control of Permanent Magnet Synchronous Motor Drives for DC Microgrid Applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thong-In Suyata</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matheepot Phattanasak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pongsiri Mungporn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Burin Yodwong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ehsan Jamshidpour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Access</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 13, pp.209117-209129. </w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ACCESS.2025.3641642⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05418277v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sensorless Control Methods for BLDC Motor Drives: A Review</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Milad Akrami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ehsan Jamshidpour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Babak Nahid-Mobarakeh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Pierfederici</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Frick</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Transportation Electrification</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 11 (1), pp.135-152. </w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TTE.2024.3387371⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04559983v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Novel Trajectory Planning for One-loop Flatness-based Control of PMSM</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Milad Akrami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ehsan Jamshidpour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Pierfederici</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Frick</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Access</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 12, pp.92451-92463. </w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ACCESS.2024.3422100⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04678268v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence of High-Frequency Operation on the Efficiency of a PMSM Drive with SiC-MOSFET Inverter</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paisak Poolphaka</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ehsan Jamshidpour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Lubin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lotfi Baghli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noureddine Takorabet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Energies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 17 (10), pp.2347. </w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/en17102347⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04573915v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Combined Observer and Lyapunov-Based Control for Switching Power Converters With LC Input Filter</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roghayeh Gavagsaz-Ghoachani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matheepot Phattanasak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ehsan Jamshidpour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wiset Saksiri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Pierfederici</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Access</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 12, pp.24894-24904. </w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ACCESS.2024.3364101⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04821642v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Application of Low-Resolution Hall Position Sensor in Control and Position Estimation of PMSM- A Review</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Milad Akrami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ehsan Jamshidpour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lotfi Baghli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Frick</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Energies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 17, </w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/en17174216⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04678269v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Toward efficient very low frequency wireless power transfer for EVs: From grid to battery</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles-Henri Bonnard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ehsan Jamshidpour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Fontchastagner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaëtan Didier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamidreza Zandi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Applied Electromagnetics and Mechanics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 76 (1-2), pp.205-215. </w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3233/JAE-230239⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04946984v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Switch Fault detection and localization for T-Type Converter</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Becker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ehsan Jamshidpour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Poure</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shahrokh Saadate</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Industry Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, pp.1-8. </w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TIA.2023.3241602⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03971138v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Parameter-Free Method for Estimating the Stator Resistance of a Wound Rotor Synchronous Machine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peyman Haghgooei</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ehsan Jamshidpour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Corne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noureddine Takorabet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Davood Arab Khaburi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">World Electric Vehicle Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 14 (3), pp.65. </w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/wevj14030065⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04024661v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimization of an SSHC-based full active rectifier for piezoelectric energy harvesting</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Liana Wassouf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ehsan Jamshidpour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Frick</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Analog Integrated Circuits and Signal Processing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 116, pp.145-159. </w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10470-023-02176-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04196753v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Symmetric Wide-Input-Voltage Range Boost Z-Source DC-DC Converter with Reduced Current of Source and Active Components</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Milad Abbasi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohammad Mardaneh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amirhossein Rajaei</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ali Nabinezhad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ehsan Jamshidpour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Power Electronics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, pp.1-10. </w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TPEL.2023.3270239⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04082476v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparative Study of IGBT and SiC MOSFET Three-Phase Inverter: Impact of Parasitic Capacitance on the Output Voltage Distortion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paisak Poolphaka</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ehsan Jamshidpour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Lubin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lotfi Baghli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noureddine Takorabet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Actuators</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, </w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/act12090355⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04202958v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Current Sensorless Control for a Wound Rotor Synchronous Machine Based on Flux Linkage Model</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haghgooei Peyman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Corne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ehsan Jamshidpour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noureddine Takorabet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Davood Arab Khaburi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Journal of Emerging and Selected Topics in Power Electronics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 10 (4), pp.4576-4586. </w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/JESTPE.2021.3121135⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03385072v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">High Gain PWM Method and Active Switched Boost Z-source Inverter With Less Voltage Stress on the Devices</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Milad Abbasi Shahabi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohammad Mardaneh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ehsan Jamshidpour</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Power Electronics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 37 (2), pp.1841-1851. </w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TPEL.2021.3104295⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03321638v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Full Active Rectifier With High Voltage Flip Efficiency for Piezo Energy Harvesting</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Liana Wassouf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ehsan Jamshidpour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Frick</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Industry Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, </w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/EEEIC/ICPSEurope49358.2020.9160637⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03245658v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Voltage Flip Efficiency Enhancement for Piezo Energy Harvesting</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Frick</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Liana Wassouf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ehsan Jamshidpour</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Electronics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, </w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/electronics10192400⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03355103v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magnetic Model Identification of Wound Rotor Synchronous Machine Using a Novel Flux Estimator</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peyman Haghgooei</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ehsan Jamshidpour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noureddine Takorabet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Davood Arab-Khaburi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Babak Nahid-Mobarakeh</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Industry Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 57 (5), pp.5389-5399. </w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TIA.2021.3086052⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03537299v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Equivalent Two Switches and Single Switch Buck/Buck-Boost Circuits for Solar Energy Harvesting Systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ehsan Jamshidpour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Slavisa Jovanovic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Poure</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Energies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 13 (3), pp.583. </w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/en13030583⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03225271v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modulation Strategy with a Minimal Number of Commutations for a Five-Level H-Bridge NPC Inverter</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Becker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ehsan Jamshidpour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Poure</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shahrokh Saadate</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Electronics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 8 (4), pp.454. </w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/electronics8040454⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03225280v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Common Switch Fault Diagnosis for Two-Stage DC-DC Converters Used in Energy Harvesting Applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ehsan Jamshidpour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Poure</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shahrokh Saadate</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Electronics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 8 (3), pp.293. </w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/electronics8030293⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03225275v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Study by modeling and simulation of open-switch fault diagnosis for five-level converters</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Becker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ehsan Jamshidpour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Poure</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shahrokh Saadate</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Transactions on Environment and Electrical Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 2 (1), pp.27-34. </w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.22149/teee.v2i1.76⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03225290v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Switch failure diagnosis based on inductor current observation for boost converters</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ehsan Jamshidpour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Poure</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shahrokh Saadate</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Electronics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 103 (9), pp.1498-1509. </w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/00207217.2016.1138243⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01384196v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Energy management and control of a stand-alone photovoltaic/ultra capacitor/battery microgrid</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ehsan Jamshidpour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shahrokh Saadate</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Poure</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Jordan Journal of Electrical Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 2 (1), pp.1-12. </w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/AEECT.2015.7360584⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01384199v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Single-Switch DC-DC Converter With Fault-Tolerant Capability Under Open- and Short-Circuit Switch Failures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ehsan Jamshidpour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Poure</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eskandar Gholipour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shahrokh Saadate</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Power Electronics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 30 (5), pp.2703-2712. </w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TPEL.2014.2342878⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01383785v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Photovoltaic Systems Reliability Improvement by Real-Time FPGA-Based Switch Failure Diagnosis and Fault-Tolerant DC-DC Converter</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ehsan Jamshidpour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Poure</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shahrokh Saadate</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Industrial Electronics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 62 (11), pp.7247 - 7255. </w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TIE.2015.2421880⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01383952v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Open- and Short-Circuit Switch Fault Diagnosis for Nonisolated DC-DC Converters Using Field Programmable Gate Array</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahmoud Shahbazi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ehsan Jamshidpour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Poure</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shahrokh Saadate</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohammad Reza Zolghadri</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Industrial Electronics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 60 (9), pp.4136-4146. </w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TIE.2012.2224078⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01293494v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Distributed Active Resonance Suppression in Hybrid DC Power Systems Under Unbalanced Load Conditions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ehsan Jamshidpour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Babak Nahid-Mobarakeh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Poure</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Pierfederici</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Farid Meibody-Tabar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Power Electronics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 28 (4), pp.1833-1842. </w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TPEL.2012.2209898⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01293489v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (52)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modèle magnéto-thermique pour la conception optimale d’une génératrice haute fréquence</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Parfait Sanni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Smail Mezani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Lubin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ehsan Jamshidpour</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Symposium de Génie Électrique (SGE 2025)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Laboratoire d'Analyse et d'Architecture des Systèmes (LAAS) et le Laboratoire Plasma et Conversion d'Energie (LAPLACE), Jul 2025, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05218190v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adaptive Lyapunov-Hamiltonian Control Law for Single-Phase Power Factor Correction with Interleaved Boost Converters</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phatiphat Thounthong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pongsiri Mungporn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Uthen Kamnarn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Guilbert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ehsan Jamshidpour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2025 28th International Conference on Electrical Machines and Systems (ICEMS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2025, Busan, South Korea. pp.2559-2564, </w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.23919/ICEMS66262.2025.11317536⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05476673v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Characterization of Photovoltaic Modules under Uniform Snow Covers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hanane Rezzouk</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Djabali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ana-Maria Cretu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shamsodin Taheri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ehsan Jamshidpour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2025 IEEE Industry Applications Society Annual Meeting (IAS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2025, Taipei, France. pp.1-5, </w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IAS62731.2025.11061649⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05210982v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Machine Learning-based Trajectory Planning for Single-loop Flatness-based Control of PMSMs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Milad Akrami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arta Mohammad-Alikhani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ehsan Jamshidpour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Pierfederici</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Babak Nahid-Mobarakeh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE ECCE Asia, Bangalore, India</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2025, Bangalore, India. pp.1-6, </w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ECCE-Asia63110.2025.11111995⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04949216v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gestion de l'Interconnexion des Microgrids et des Échanges Énergétiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chaimae El Fedlaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Pierfederici</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ehsan Jamshidpour</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Symposium de Génie Électrique (SGE 2025)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2025, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05484032v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparaison entre les stratégies de contrôle de reconfiguration pour les machines synchrones à cinq phases tolérantes aux pannes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Azzi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lotfi Baghli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ehsan Jamshidpour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noureddine Takorabet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phatiphat Thounthong</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées couplées du GDR SEEDS et de la conférence JCGE - Jeunes Chercheurs en Génie Electrique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, GDR SEEDS, Jun 2024, 44490 Le Croisic, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04828326v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Linear BLDC Motor Embeded Control on ESP32</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lotfi Baghli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ehsan Jamshidpour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noureddine Takorabet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2024 3rd International Conference on Advanced Electrical Engineering (ICAEE)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2024, Sidi-Bel-Abbes, France. pp.1-6, </w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICAEE61760.2024.10783233⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04837395v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fault-Tolerant Control for Power Converter in Switched Reluctance Motor (SRM) Applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paisak Poolphaka</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pairote Thongprasri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ehsan Jamshidpour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Lubin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noureddine Takorabet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">27th International Conference on Electrical Machines and Systems (ICEMS 2024)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2024, Fukuoka, Japan. pp.2842-2846, </w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.23919/ICEMS60997.2024.10921230⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05104534v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bidirectional Multi Port Converter for E-Mobility Applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hemant Gupta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aman Deep</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arun Kumar Verma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ehsan Jamshidpour</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2024 IEEE 4th International Conference on Sustainable Energy and Future Electric Transportation (SEFET)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2024, Hyderabad, France. pp.1-6, </w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/SEFET61574.2024.10717881⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04837386v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Interconnection and Damping Assignment Approach for PM Synchronous Motors, Comparison with the Classical PI Control</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Azzi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lotfi Baghli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ehsan Jamshidpour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noureddine Takorabet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phatiphat Thounthong</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2024 3rd International Conference on Advanced Electrical Engineering (ICAEE)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2024, Sidi-Bel-Abbes, France. pp.1-6, </w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICAEE61760.2024.10783326⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04837389v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Switch Fault Detection in a Family of Non-isolated Single-Inductor Three-Port Converters for Low Power Electrification Applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Krit Ratchapum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Uthen Kamnarn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anon Namin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pakawadee Wutthiwai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ehsan Jamshidpour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2023 IEEE Transportation Electrification Conference and Expo, Asia-Pacific (ITEC Asia-Pacific)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2023, Chiang Mai, Thailand. pp.1-7, </w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ITECAsia-Pacific59272.2023.10372234⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04370530v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Energy management and control method for a three port non-isolated DC-DC converter for PV applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentin Gillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jana Khalil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémie Kreiss</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohammad Mardaneh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ehsan Jamshidpour</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Materials and Energy, ICOME2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2024, Bangkok, Thailand</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04712353v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence of High-Frequency Operation on the Efficiency of a PMSM Drive</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paisak Poolphaka</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sisuda Chaithongsuk</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ehsan Jamshidpour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Lubin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lotfi Baghli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2024 International Conference on Electrical Machines (ICEM)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2024, Torino, France. pp.1-7, </w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICEM60801.2024.10700173⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05104521v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effect of Torque Load and Voltage Drop Observers on Robustness in Flatness-Based Control of PMSM Drives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Milad Akrami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ehsan Jamshidpour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Pierfederici</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Frick</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2024 IEEE International Conference on Environment and Electrical Engineering and 2024 IEEE Industrial and Commercial Power Systems Europe (EEEIC / I&CPS Europe)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2024, Rome, France. pp.1-6, </w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/EEEIC/ICPSEurope61470.2024.10751580⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04837398v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Improved Damping Control Based on Hamiltonian-Energy Function with State-Observer for Permanent Magnet Synchronous Motor Drives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thong-In Suyata</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pongsiri Mungporn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Burin Yodwong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matheepot Phattanasak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phatiphat Thounthong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2023 IEEE Transportation Electrification Conference and Expo, Asia-Pacific (ITEC Asia-Pacific)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2023, Chiang Mai, Thailand. pp.1-6, </w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ITECAsia-Pacific59272.2023.10372299⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04404534v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Large-Signal Average Modeling of Two Decentralized Distributed Generations Based on Boost Converter</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roghayeh Gavagsaz-Ghoachani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matheepot Phattanasak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohammad Afkar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ehsan Jamshidpour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Pierfederici</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">23rd International Conference on Environment and Electrical Engineering (EEEIC 2023)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IEEE, Jun 2023, Madrid, Spain. </w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/EEEIC/ICPSEurope57605.2023.10194681⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04137336v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flatness-Based Trajectory Planning/Replanning for a Permanent Magnet Synchronous Machine Control</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Milad Akrami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ehsan Jamshidpour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Pierfederici</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Frick</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2023 IEEE Transportation Electrification Conference &amp; Expo (ITEC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2023, Detroit, United States. pp.1-5, </w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ITEC55900.2023.10186976⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04404556v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Application of Hall Position Sensor in Control and Position Estimation of PMSM</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Frick</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ehsan Jamshidpour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Milad Akrami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2023 IEEE International Conference on Environment and Electrical Engineering and 2023 IEEE Industrial and Commercial Power Systems Europe (EEEIC / ICPS Europe) June 06-09, 2023 Madrid, Spain</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2023, Madrid, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04054710v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Application of Hall Position Sensor in Control and Position Estimation of PMSM-A Review</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Milad Akrami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ehsan Jamshidpour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Frick</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">23rd International Conference on Environment and Electrical Engineering (EEEIC 2023)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2023, Madrid, Spain. </w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/EEEIC/ICPSEurope57605.2023.10194763⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04137299v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparison Between Reconfiguration Control Strategies for Fault-Tolerant Five-Phase Synchronous Machine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Azzi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lotfi Baghli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ehsan Jamshidpour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noureddine Takorabet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phatiphat Thounthong</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2023 IEEE Transportation Electrification Conference and Expo, Asia-Pacific (ITEC Asia-Pacific)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2023, Chiang Mai, France. pp.1-7, </w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ITECAsia-Pacific59272.2023.10372297⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04373320v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Current Sensor Fault Tolerant strategy for a Wound Rotor Synchronous Machine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peyman Haghgooei</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sisuda Chaithongsuk</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ehsan Jamshidpour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lotfi Baghli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noureddine Takorabet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2023 IEEE Transportation Electrification Conference and Expo, Asia-Pacific (ITEC Asia-Pacific)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2023, Chiang Mai, Thailand. pp.1-7, </w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ITECAsia-Pacific59272.2023.10372228⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04373317v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Current sensor fault detection and compensation system for wound rotor synchronous motor based on neural networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maciej Skowron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ehsan Jamshidpour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Krystian Teler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Teresa Orlowska-Kowalska</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peyman Haghgooei</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2023 IEEE Transportation Electrification Conference and Expo, Asia-Pacific (ITEC Asia-Pacific)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2023, Chiang Mai, France. pp.1-5, </w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ITECAsia-Pacific59272.2023.10372315⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04373325v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Improved Sliding Mode Control and Active Damping for LCL-filtered Voltage Source Inverter Connected to Distorted Grid</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amir Rabbani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohammad Mardaneh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ehsan Jamshidpour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Poure</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">23rd International Conference on Environment and Electrical Engineering (EEEIC 2023)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2023, Madrid, Spain. </w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/EEEIC/ICPSEurope57605.2023.10194632⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04137327v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparison of Flatness-based Control and Field-Oriented Control for PMSMs in Automotive Water Pump Application</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Milad Akrami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ehsan Jamshidpour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Pierfederici</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Frick</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">23rd International Conference on Environment and Electrical Engineering (EEEIC 2023)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2023, Madrid, Spain. pp.1-6, </w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/EEEIC/ICPSEurope57605.2023.10194821⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04137313v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exploring Power Electronics Converters for Water Electrolysis in Microgrid Applications: A Comprehensive Overview</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Milad Bahrami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ehsan Jamshidpour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Navid Bayati</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Pierfederici</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2023 IEEE Transportation Electrification Conference and Expo, Asia-Pacific (ITEC Asia-Pacific)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2023, Chiang Mai, Thailand. pp.1-5, </w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ITECAsia-Pacific59272.2023.10372261⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04404538v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Wavelet-Based Droop Control of Reactive Power Sharing and Frequency Regulation in Islanded Microgrids</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ramin Sahebi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohammad Mardaneh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ehsan Jamshidpour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jamshid Aghaei</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elaheh Taherian-Fard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2023 International Aegean Conference on Electrical Machines and Power Electronics (ACEMP) &amp; 2023 International Conference on Optimization of Electrical and Electronic Equipment (OPTIM)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2023, Istanbul, Turkey. pp.1-5, </w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ACEMP-OPTIM57845.2023.10287021⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04273008v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Toward Efficient Very Low Frequency Wireless Power Transfer for EVs: From Grid to Battery</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ehsan Jamshidpour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles-Henri Bonnard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Fontchastagner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaëtan Didier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamidreza Zandi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ISEF 2023, 21st International Symposium on Electromagnetic Fields in Mechatronics, Electrical and Electronic Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2023, Pavia, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05137560v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Current Sensor Fault Tolerant Control for a Synchronous Machine Based on Stator Current Estimation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haghgooei Peyman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ehsan Jamshidpour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noureddine Takorabet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Davood Arab Khaburi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Babak Nahid-Mobarakeh</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Electrimacs2022-14th International Conference of TC-Electrimacs Committee</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2022, Nancy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03673214v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A modified switched-boost DC-DC converter circuit with reduced current stress and output voltage ripple</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zhale Hashemi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohammad Mardaneh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ehsan Jamshidpour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Poure</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">22nd International Conference on Environment and Electrical Engineering (EEEIC2022)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2022, Prague, Czech Republic. </w:t></w:r><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/EEEIC/ICPSEurope54979.2022.9854701⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03714849v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Modified Active-Switched Quasi Z-Source Inverter for Photovoltaic Systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Milad Abbasi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohammad Mardaneh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ehsan Jamshidpour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Soroush Aghili</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Poure</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">22nd International Conference on Environment and Electrical Engineering (EEEIC2022)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2022, Prague, Czech Republic</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03714847v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Modified Extended-Boost Active-Switched Quasi Z-Source Inverter</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Milad Abbasi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohammad Mardaneh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ehsan Jamshidpour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Soroush Aghili</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Electrimacs2022-14th International Conference of TC-Electrimacs Committee</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2022, Nancy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03673216v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Implementing a 200 kHz PWM Field Oriented Control using RTLib and C program on a dSPACE MicroLabBox</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lotfi Baghli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ehsan Jamshidpour</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2022 2nd International Conference on Advanced Electrical Engineering (ICAEE)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2022, Constantine, Algeria. pp.1-6, </w:t></w:r><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICAEE53772.2022.9962145⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03882370v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimised Model for Piezoelectric Energy Harvesting Circuits Design</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Frick</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lakhdar Mamouri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Liana Wassouf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tedjani Mesbahi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ehsan Jamshidpour</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">19th IEEE Interregional NEWCAS Conference Virtual Conference | June 13-16, 2021</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2021, En ligne, France. </w:t></w:r><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/NEWCAS50681.2021.9462792⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03243971v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fault detection and localization for T-Type Converter</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Becker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ehsan Jamshidpour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Poure</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shahrokh Saadate</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2021 IEEE International Conference on Environment and Electrical Engineering (EEEIC2021)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2021, Bari, Italy. </w:t></w:r><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/EEEIC/ICPSEurope51590.2021.9584808⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03277771v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A High-Efficiency Full Active Rectifier for Piezo Energy Harvesting</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Liana Wassouf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ehsan Jamshidpour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Frick</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE International Conference on Environment and Electrical Engineering (EEEIC) / IEEE Industrial and Commercial Power Systems Europe (ICPS Europe)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2020, Madrid, Spain. pp.1-5, </w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/EEEIC/ICPSEurope49358.2020.9160637⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03225266v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Influence of Electric Vehicle Penetration on Distribution Transformer Ageing Rate and Performance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bekarys Kuspan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mehdi Bagheri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oveis Abedinia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Moahammad Salay Naderi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ehsan Jamshidpour</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2018 7th International Conference on Renewable Energy Research and Applications (ICRERA)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2018, Paris, France. pp.313-318, </w:t></w:r><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICRERA.2018.8566966⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03225285v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Unified Switch Fault Detection for Cascaded Non-Isolated DC-DC Converters</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ehsan Jamshidpour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Poure</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shahrokh Saadate</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE International Conference on Environment and Electrical Engineering (EEEIC) / IEEE Industrial and Commercial Power Systems Europe (ICPS Europe)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2018, Palermo, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03247152v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An Efficient Fault Tolerant Cascaded Step-Up Step-Down Converter for Solar PV Modules</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Saima Siouane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Slavisa Jovanovic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Poure</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ehsan Jamshidpour</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2018 IEEE International Conference on Environment and Electrical Engineering and 2018 IEEE Industrial and Commercial Power Systems Europe (EEEIC / I&amp;CPS Europe)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2018, Palermo, France. pp.1-5, </w:t></w:r><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/EEEIC.2018.8494570⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03225282v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hybrid Transcutaneous Energy Transfer System for Medical Implants</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ehsan Jamshidpour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guy Sturtzer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Kam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Klein</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wilfried Uhring</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7th International Congress of Energy and Environment Engineering and Management (CIIEM7)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2017, Canary Islands, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02147732v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Control and Switch fault diagnosis in a Stand-Alone Phovoltaic System</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ehsan Jamshidpour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Poure</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eskandar Gholipour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shahrokh Saadate</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7th International Congress of Energy and Environment Engineering and Management (CIIEM7)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2017, Îles Canaries, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05508188v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Switch Faults in Power Electronics Converters in Embedded Systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shahrokh Saadate</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ehsan Jamshidpour</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7th International Congress of Energy and Environment Engineering and Management (CIIEM7)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2017, Iles Canaries, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05513896v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stand-Alone Phovoltaic System Operation with Energy Management and Fault Tolerant</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ehsan Jamshidpour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shahrokh Saadate</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Poure</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eskandar Gholipour</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9th International Conference for Renewable Energy, Energy Saving and Energy Education</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2017, La Havane, Cuba</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03248770v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reliable FPGA-based Solar Energy Production</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ehsan Jamshidpour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Poure</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eskandar Gholipour Shahraki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shahrokh Saadate</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7th International Congress of Energy and Environment Engineering and Management (CIIEM7)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2017, Canary Islands, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03252838v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">MPPT and output voltage control of Photovoltaic systems using a Single-Switch DC-DC converter</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Soklni-Sita Alli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Slaviša Jovanović</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Poure</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ehsan Jamshidpour</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2016 IEEE International Energy Conference (ENERGYCON)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2016, Louvain, Belgium. </w:t></w:r><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ENERGYCON.2016.7514123b⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01397940v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Continuity of Service of Five-Level H-Bridge T-Type Converter Under Open-circuit Switch Failure</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Becker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ehsan Jamshidpour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Poure</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shahrokh Saadate</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5th IET International Conference on Renewable Power Generation (RPG) 2016</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2016, London, United Kingdom. </w:t></w:r><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1049/cp.2016.0563⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03225292v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Five-Level H-Bridge NPC Converter Control with Minimum Commutation Losses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Becker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Poure</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ehsan Jamshidpour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shahrokh Saadate</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ENERGYCON Energy Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2016, Louvain, Belgium. </w:t></w:r><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ENERGYCON.2016.7514037⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01410849v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Differential flatness-based control of a stand-alone solar-PV energy generating system</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ehsan Jamshidpour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Poure</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Babak Nahid-Mobarakeh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shahrokh Saadate</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CCA 2015, IEEE Conference on Control Applications </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2015, Sydney, Australia. pp.721-726., </w:t></w:r><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/CCA.2015.7320702⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01387342v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Open-switch fault diagnosis for five-level H-bridge neutral point piloted or T-type converters</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Becker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Poure</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ehsan Jamshidpour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shahrokh Saadate</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Environment and Electrical Engineering (EEEIC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2016, Florence, Italy. </w:t></w:r><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/EEEIC.2016.7555826⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01412415v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Energy management and control of a stand-alone photovoltaic/ultra capacitor/battery microgrid</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ehsan Jamshidpour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shahrokh Saadate</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Poure</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2015 IEEE Jordan Conference on Applied Electrical Engineering and Computing Technologies (AEECT)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2015, Amman, Jordan. pp.1-6, </w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/AEECT.2015.7360584⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03565716v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">FPGA based fault detection and fault tolerance operation in DC-DC converters</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ehsan Jamshidpour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maryam Shahbazi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shahrokh Saadate</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Poure</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eskandar Gholipour</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SPEEDAM 2014, International Symposium on Power Electronics, Electrical Drives, Automation and Motion</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2014, Ischia, Italy. pp.37-42, </w:t></w:r><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/SPEEDAM.2014.6872062⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01386394v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fault tolerant operation of single-ended non-isolated DC-DC converters under open and short-circuit switch faults</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ehsan Jamshidpour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maryam Shahbazi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Poure</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eskandar Gholipour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shahrokh Saadate</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EPE 2013, 15th European Conference on Power Electronics and Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2013, Lille, France. pp.4006-4012, </w:t></w:r><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/EPE.2013.6634471⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01384536v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Distributed stabilization in DC hybrid power systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ehsan Jamshidpour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Babak Nahid-Mobarakeh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Poure</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Pierfederici</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shahrokh Saadate</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2011 IEEE Vehicle Power and Propulsion Conference (VPPC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2011, Chicago, United States. pp.1-6, </w:t></w:r><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/VPPC.2011.6043126⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03565734v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modeling and Optimal Control of Power System Frequency Load Controller by Applying Disturbance in the System by a Modified Version of Firefly Algorithm</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ehsan Jamshidpour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Parameshachari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ebrahim Sheykhi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chun-Lien Su</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Seyed Hossein Rouhani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Navid Razmjooy; Noradin Ghadimi; Venkatesan Rajinikanth. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Metaheuristics and Optimization in Computer and Electrical Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1077, Springer International Publishing, pp.199-240, 2023, Lecture Notes in Electrical Engineering, 978-3-031-42687-2. </w:t></w:r><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-031-42685-8_6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04273065v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Technical and Economic Evaluation of the Optimal Placement of Fuel Cells in the Distribution System of Petrochemical Industries Based on Improved Firefly Algorithm</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Rajinikanth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Navid Razmjooy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ehsan Jamshidpour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noradin Ghadimi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaurav Dhiman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Navid Razmjooy; Noradin Ghadimi; Venkatesan Rajinikanth. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Metaheuristics and Optimization in Computer and Electrical Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1077, Springer International Publishing, pp.165-197, 2023, Lecture Notes in Electrical Engineering, 978-3-031-42687-2. </w:t></w:r><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-031-42685-8_5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04244261v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId278"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -186,51 +186,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05455482v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Masoumeh Ahrabi" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thong-In Suyata" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ehsan Jamshidpour" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Babak Nahid-Mobarakeh" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TTE.2026.3652090" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05521640v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Milad Akrami" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matheepot Phattanasak" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Pierfederici" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Frick" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ACCESS.2026.3666292" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05444083v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TIA.2025.3644989" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05384153v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilyas Bennia" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lotfi Baghli" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Martin" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00202-025-03452-6" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05247188v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amir Rabbani" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mahla Dehghani" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammad Mardaneh" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saeed Hasanvand" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2478/pead-2025-0018" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05185426v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Azzi" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Phatiphat Thounthong" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noureddine Takorabet" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gloei.2025.06.001" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04907554v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arta Mohammad-Alikhani" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sumedh Dhale" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Subarni Pardhan" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TIA.2025.3532556" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05418277v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pongsiri Mungporn" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Burin Yodwong" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ACCESS.2025.3641642" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04678268v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ACCESS.2024.3422100" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04559983v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TTE.2024.3387371" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04573915v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paisak Poolphaka" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Lubin" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/en17102347" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04821642v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roghayeh Gavagsaz-Ghoachani" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wiset Saksiri" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ACCESS.2024.3364101" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04678269v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/en17174216" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04946984v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles-Henri Bonnard" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Fontchastagner" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;tan Didier" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamidreza Zandi" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/JAE-230239" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03971138v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Becker" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Poure" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shahrokh Saadate" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TIA.2023.3241602" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04024661v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peyman Haghgooei" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Corne" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davood Arab Khaburi" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/wevj14030065" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04196753v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liana Wassouf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10470-023-02176-6" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04082476v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Milad Abbasi" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amirhossein Rajaei" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Nabinezhad" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TPEL.2023.3270239" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04202958v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/act12090355" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03385072v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haghgooei Peyman" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JESTPE.2021.3121135" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03321638v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Milad Abbasi Shahabi" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TPEL.2021.3104295" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03245658v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/EEEIC/ICPSEurope49358.2020.9160637" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03355103v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/electronics10192400" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03537299v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davood Arab-Khaburi" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TIA.2021.3086052" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03225271v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Slavisa Jovanovic" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/en13030583" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03225280v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/electronics8040454" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03225275v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/electronics8030293" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03225290v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.22149/teee.v2i1.76" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01384196v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00207217.2016.1138243" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01384199v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/AEECT.2015.7360584" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01383785v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eskandar Gholipour" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TPEL.2014.2342878" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01383952v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TIE.2015.2421880" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01293494v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mahmoud Shahbazi" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammad Reza Zolghadri" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TIE.2012.2224078" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01293489v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farid Meibody-Tabar" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TPEL.2012.2209898" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05476673v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Uthen Kamnarn" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Guilbert" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/ICEMS66262.2025.11317536" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05218190v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Parfait Sanni" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Smail Mezani" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05210982v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hanane Rezzouk" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Djabali" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana-Maria Cretu" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shamsodin Taheri" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IAS62731.2025.11061649" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04949216v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ECCE-Asia63110.2025.11111995" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05484032v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chaimae El Fedlaoui" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04837395v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICAEE61760.2024.10783233" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05104534v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pairote Thongprasri" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/ICEMS60997.2024.10921230" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04837386v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hemant Gupta" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aman Deep" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arun Kumar Verma" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SEFET61574.2024.10717881" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04828326v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04837389v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICAEE61760.2024.10783326" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04370530v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Krit Ratchapum" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anon Namin" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pakawadee Wutthiwai" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ITECAsia-Pacific59272.2023.10372234" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04712353v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Gillot" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jana Khalil" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Kreiss" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05104521v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sisuda Chaithongsuk" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICEM60801.2024.10700173" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04837398v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/EEEIC/ICPSEurope61470.2024.10751580" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04137336v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammad Afkar" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/EEEIC/ICPSEurope57605.2023.10194681" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04404556v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ITEC55900.2023.10186976" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04054710v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04137299v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/EEEIC/ICPSEurope57605.2023.10194763" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04373320v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ITECAsia-Pacific59272.2023.10372297" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04404534v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ITECAsia-Pacific59272.2023.10372299" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04373317v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ITECAsia-Pacific59272.2023.10372228" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04373325v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maciej Skowron" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Krystian Teler" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Teresa Orlowska-Kowalska" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ITECAsia-Pacific59272.2023.10372315" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04137327v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/EEEIC/ICPSEurope57605.2023.10194632" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04137313v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/EEEIC/ICPSEurope57605.2023.10194821" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04199657v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04273008v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ramin Sahebi" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jamshid Aghaei" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elaheh Taherian-Fard" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ACEMP-OPTIM57845.2023.10287021" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04404538v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Milad Bahrami" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Navid Bayati" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ITECAsia-Pacific59272.2023.10372261" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05137560v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03673214v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03714849v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhale Hashemi" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/EEEIC/ICPSEurope54979.2022.9854701" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03714847v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soroush Aghili" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Poure" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03673216v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03882370v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICAEE53772.2022.9962145" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03243971v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lakhdar Mamouri" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tedjani Mesbahi" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/NEWCAS50681.2021.9462792" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03277771v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/EEEIC/ICPSEurope51590.2021.9584808" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03225266v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03225285v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bekarys Kuspan" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehdi Bagheri" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oveis Abedinia" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moahammad Salay Naderi" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICRERA.2018.8566966" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03247152v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03225282v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saima Siouane" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/EEEIC.2018.8494570" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02147732v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Sturtzer" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Kam" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Klein" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wilfried Uhring" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05508188v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05513896v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03248770v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03252838v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eskandar Gholipour Shahraki" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01397940v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soklni-Sita Alli" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Slavi&#353;a Jovanovi&#263;" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ENERGYCON.2016.7514123b" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03225292v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1049/cp.2016.0563" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01410849v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ENERGYCON.2016.7514037" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01412415v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/EEEIC.2016.7555826" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01387342v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CCA.2015.7320702" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03565716v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01386394v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryam Shahbazi" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SPEEDAM.2014.6872062" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01384536v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/EPE.2013.6634471" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03565734v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/VPPC.2011.6043126" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04273065v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Parameshachari" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ebrahim Sheykhi" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chun-Lien Su" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Seyed Hossein Rouhani" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-42685-8_6" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04244261v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Rajinikanth" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Navid Razmjooy" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noradin Ghadimi" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaurav Dhiman" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-42685-8_5" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05455482v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Masoumeh Ahrabi" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thong-In Suyata" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ehsan Jamshidpour" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Babak Nahid-Mobarakeh" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TTE.2026.3652090" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05564120v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Surasak Yousawat" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wuttikai Tammawan" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thanet Sriprom" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tatapong Phondee" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ekkachai Chaidee" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ACCESS.2026.3676445" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05538651v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Milad Akrami" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matheepot Phattanasak" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Pierfederici" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Frick" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ACCESS.2026.3666292" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05444083v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TIA.2025.3644989" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05384153v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilyas Bennia" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lotfi Baghli" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Martin" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00202-025-03452-6" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05247188v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amir Rabbani" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mahla Dehghani" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammad Mardaneh" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saeed Hasanvand" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2478/pead-2025-0018" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04907554v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arta Mohammad-Alikhani" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sumedh Dhale" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Subarni Pardhan" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TIA.2025.3532556" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05185426v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Azzi" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Phatiphat Thounthong" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noureddine Takorabet" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gloei.2025.06.001" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05418277v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pongsiri Mungporn" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Burin Yodwong" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ACCESS.2025.3641642" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04559983v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TTE.2024.3387371" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04678268v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ACCESS.2024.3422100" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04573915v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paisak Poolphaka" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Lubin" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/en17102347" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04821642v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roghayeh Gavagsaz-Ghoachani" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wiset Saksiri" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ACCESS.2024.3364101" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04678269v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/en17174216" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04946984v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles-Henri Bonnard" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Fontchastagner" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;tan Didier" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamidreza Zandi" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/JAE-230239" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03971138v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Becker" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Poure" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shahrokh Saadate" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TIA.2023.3241602" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04024661v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peyman Haghgooei" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Corne" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davood Arab Khaburi" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/wevj14030065" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04196753v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liana Wassouf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10470-023-02176-6" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04082476v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Milad Abbasi" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amirhossein Rajaei" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Nabinezhad" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TPEL.2023.3270239" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04202958v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/act12090355" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03385072v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haghgooei Peyman" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JESTPE.2021.3121135" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03321638v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Milad Abbasi Shahabi" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TPEL.2021.3104295" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03245658v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/EEEIC/ICPSEurope49358.2020.9160637" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03355103v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/electronics10192400" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03537299v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davood Arab-Khaburi" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TIA.2021.3086052" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03225271v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Slavisa Jovanovic" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/en13030583" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03225280v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/electronics8040454" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03225275v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/electronics8030293" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03225290v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.22149/teee.v2i1.76" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01384196v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00207217.2016.1138243" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01384199v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/AEECT.2015.7360584" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01383785v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eskandar Gholipour" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TPEL.2014.2342878" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01383952v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TIE.2015.2421880" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01293494v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mahmoud Shahbazi" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammad Reza Zolghadri" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TIE.2012.2224078" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01293489v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farid Meibody-Tabar" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TPEL.2012.2209898" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05218190v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Parfait Sanni" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Smail Mezani" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05476673v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Uthen Kamnarn" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Guilbert" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/ICEMS66262.2025.11317536" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05210982v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hanane Rezzouk" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Djabali" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana-Maria Cretu" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shamsodin Taheri" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IAS62731.2025.11061649" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04949216v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ECCE-Asia63110.2025.11111995" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05484032v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chaimae El Fedlaoui" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04828326v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04837395v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICAEE61760.2024.10783233" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05104534v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pairote Thongprasri" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/ICEMS60997.2024.10921230" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04837386v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hemant Gupta" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aman Deep" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arun Kumar Verma" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SEFET61574.2024.10717881" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04837389v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICAEE61760.2024.10783326" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04370530v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Krit Ratchapum" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anon Namin" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pakawadee Wutthiwai" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ITECAsia-Pacific59272.2023.10372234" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04712353v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Gillot" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jana Khalil" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Kreiss" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05104521v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sisuda Chaithongsuk" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICEM60801.2024.10700173" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04837398v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/EEEIC/ICPSEurope61470.2024.10751580" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04404534v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ITECAsia-Pacific59272.2023.10372299" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04137336v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammad Afkar" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/EEEIC/ICPSEurope57605.2023.10194681" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04404556v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ITEC55900.2023.10186976" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04054710v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04137299v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/EEEIC/ICPSEurope57605.2023.10194763" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04373320v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ITECAsia-Pacific59272.2023.10372297" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04373317v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ITECAsia-Pacific59272.2023.10372228" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04373325v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maciej Skowron" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Krystian Teler" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Teresa Orlowska-Kowalska" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ITECAsia-Pacific59272.2023.10372315" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04137327v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/EEEIC/ICPSEurope57605.2023.10194632" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04137313v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/EEEIC/ICPSEurope57605.2023.10194821" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04404538v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Milad Bahrami" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Navid Bayati" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ITECAsia-Pacific59272.2023.10372261" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04273008v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ramin Sahebi" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jamshid Aghaei" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elaheh Taherian-Fard" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ACEMP-OPTIM57845.2023.10287021" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05137560v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03673214v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03714849v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhale Hashemi" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/EEEIC/ICPSEurope54979.2022.9854701" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03714847v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soroush Aghili" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Poure" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03673216v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03882370v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICAEE53772.2022.9962145" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03243971v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lakhdar Mamouri" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tedjani Mesbahi" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/NEWCAS50681.2021.9462792" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03277771v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/EEEIC/ICPSEurope51590.2021.9584808" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03225266v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03225285v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bekarys Kuspan" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehdi Bagheri" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oveis Abedinia" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moahammad Salay Naderi" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICRERA.2018.8566966" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03247152v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03225282v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saima Siouane" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/EEEIC.2018.8494570" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02147732v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Sturtzer" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Kam" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Klein" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wilfried Uhring" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05508188v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05513896v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03248770v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03252838v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eskandar Gholipour Shahraki" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01397940v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soklni-Sita Alli" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Slavi&#353;a Jovanovi&#263;" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ENERGYCON.2016.7514123b" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03225292v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1049/cp.2016.0563" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01410849v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ENERGYCON.2016.7514037" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01387342v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CCA.2015.7320702" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01412415v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/EEEIC.2016.7555826" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03565716v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01386394v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryam Shahbazi" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SPEEDAM.2014.6872062" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01384536v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/EPE.2013.6634471" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03565734v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/VPPC.2011.6043126" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04273065v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Parameshachari" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ebrahim Sheykhi" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chun-Lien Su" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Seyed Hossein Rouhani" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-42685-8_6" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04244261v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Rajinikanth" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Navid Razmjooy" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noradin Ghadimi" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaurav Dhiman" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-42685-8_5" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>