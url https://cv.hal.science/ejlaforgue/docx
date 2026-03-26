--- v0 (2026-03-04)
+++ v1 (2026-03-26)
@@ -106,429 +106,429 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">ABCB1, SLC22A1, COMT, and OPRM1 genotypes: Study of their influence on plasma methadone levels and clinical response to methadone maintenance treatment in opioid use disorder</w:t>
+                <w:t xml:space="preserve">SONOPS Multicentre Cross-Sectional Study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Abd El Kader Ait Tayeb</w:t>
+                <w:t xml:space="preserve">Mélanie Duval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Edouard‐jules Laforgue</w:t>
+                <w:t xml:space="preserve">Maud Rodney</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Benoit Schreck</w:t>
+                <w:t xml:space="preserve">Morgane Rousselet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie Grall‐bronnec</w:t>
+                <w:t xml:space="preserve">Choosie Jaquin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean‐benoit Hardouin</w:t>
+                <w:t xml:space="preserve">Elsa Garot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Fundamental &amp; Clinical Pharmacology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 39 (3), pp.e70013. </w:t>
+              <w:t xml:space="preserve">International Dental Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, </w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/fcp.70013⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.identj.2025.02.007⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05099112v1</w:t>
+                <w:t xml:space="preserve">hal-04955700v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Drugs associated with behavioral addictions: Real world analysis using the WHO pharmacovigilance database</w:t>
+                <w:t xml:space="preserve">ABCB1, SLC22A1, COMT, and OPRM1 genotypes: Study of their influence on plasma methadone levels and clinical response to methadone maintenance treatment in opioid use disorder</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Louis Asselin</w:t>
+                <w:t xml:space="preserve">Abd El Kader Ait Tayeb</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Edouard-Jules Laforgue</w:t>
+                <w:t xml:space="preserve">Edouard‐jules Laforgue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mélanie Duval</w:t>
+                <w:t xml:space="preserve">Benoit Schreck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bruno Revol</w:t>
+                <w:t xml:space="preserve">Marie Grall‐bronnec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gwenaëlle Veyrac</w:t>
+                <w:t xml:space="preserve">Jean‐benoit Hardouin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Therapies</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, S0040-5957 (25), pp.00104-0. </w:t>
+              <w:t xml:space="preserve">Fundamental &amp; Clinical Pharmacology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 39 (3), pp.e70013. </w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.therap.2025.07.002⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/fcp.70013⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05392660v1</w:t>
+                <w:t xml:space="preserve">hal-05099112v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">SONOPS Multicentre Cross-Sectional Study</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Drugs associated with behavioral addictions: Real world analysis using the WHO pharmacovigilance database</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Louis Asselin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edouard-Jules Laforgue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Duval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Choosie Jaquin</w:t>
+                <w:t xml:space="preserve">Bruno Revol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elsa Garot</w:t>
+                <w:t xml:space="preserve">Gwenaëlle Veyrac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Dental Journal</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, </w:t>
+              <w:t xml:space="preserve">Therapies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, S0040-5957 (25), pp.00104-0. </w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.identj.2025.02.007⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.therap.2025.07.002⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04955700v1</w:t>
+                <w:t xml:space="preserve">hal-05392660v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphi Consensus Among French Obesity Experts on Clinical Recommendations for Drug Prescription in Patients With Severe Obesity</w:t>
               </w:r>
@@ -642,775 +642,775 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05228358v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">“Naloxone? Not for me!” First cross-assessment by patients and healthcare professionals of the risk of opioid overdose</w:t>
+                <w:t xml:space="preserve">Thromboembolic complications following recreational use of nitrous oxide: A French Addictovigilance alert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aurélie Aquizerate</w:t>
+                <w:t xml:space="preserve">Caroline Victorri-Vigneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marylène Guerlais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Jaulin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Morgane Rousselet</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Marylène Guerlais</w:t>
+                <w:t xml:space="preserve">Edouard-Jules Laforgue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie Gerardin</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Marc-Antoine Pistorius</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Harm Reduction Journal</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 21 (1), pp.20. </w:t>
+              <w:t xml:space="preserve">Thrombosis Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 241, pp.109096. </w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1186/s12954-024-00941-y⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.thromres.2024.109096⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04765025v1</w:t>
+                <w:t xml:space="preserve">hal-04785734v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A revisited version of the disputatio for pharmacological training: An educational study</w:t>
+                <w:t xml:space="preserve">“Naloxone? Not for me!” First cross-assessment by patients and healthcare professionals of the risk of opioid overdose</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Louise Carton</w:t>
+                <w:t xml:space="preserve">Aurélie Aquizerate</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Morgane Rousselet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Perle Totoson</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Edouard-Jules Laforgue</w:t>
+                <w:t xml:space="preserve">Axel Cochard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marylène Guerlais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Marc Pelerin</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Thomas Portier-Feunteun</w:t>
+                <w:t xml:space="preserve">Marie Gerardin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Therapies</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.therap.2023.10.016⟩</w:t>
+              <w:t xml:space="preserve">Harm Reduction Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 21 (1), pp.20. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s12954-024-00941-y⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04805817v1</w:t>
+                <w:t xml:space="preserve">hal-04765025v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">ADHD: prevalence and effect on opioid use disorder treatment outcome in a French sample of patients receiving medication for opioid use disorder—the influence of impulsivity as a mediating factor</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Auxane Beslot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Auxane Beslot</w:t>
+                <w:t xml:space="preserve">Marie Grall-Bronnec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie Grall-Bronnec</w:t>
+                <w:t xml:space="preserve">Marianne Balem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marianne Balem</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Benoît Schreck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edouard-Jules Laforgue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Harm Reduction Journal</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 21 (1), pp.165. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1186/s12954-024-01079-7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04717296v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">ESCAPE study: Cannabidiol use in patients treated for substance use disorders, prevalence of use and characteristics of users.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Duval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Istvan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Morgane Rousselet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Morgane Rousselet</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Edouard-Jules Laforgue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Grall-Bronnec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Addiction Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, pp.1-20. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1159/000541887⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04824065v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thromboembolic complications following recreational use of nitrous oxide: A French Addictovigilance alert</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A revisited version of the disputatio for pharmacological training: An educational study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Louise Carton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Caroline Victorri-Vigneau</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Marylène Guerlais</w:t>
+                <w:t xml:space="preserve">Perle Totoson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edouard-Jules Laforgue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emmanuelle Jaulin</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Edouard-Jules Laforgue</w:t>
+                <w:t xml:space="preserve">Jean-Marc Pelerin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marc-Antoine Pistorius</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Thomas Portier-Feunteun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Thrombosis Research</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 241, pp.109096. </w:t>
+              <w:t xml:space="preserve">Therapies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 79 (4), pp.435-441. </w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.thromres.2024.109096⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.therap.2023.10.016⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04785734v1</w:t>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04805817v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Are the self-stigma and perceived stigma of patients treated with methadone or buprenorphine still a problem fifty years after the marketing authorization for opioid agonist treatment? The observational STIGMA study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Pinhal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Schreck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juliette Leboucher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Victorri-Vigneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edouard-Jules Laforgue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Addiction Science and Clinical Practice</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 19, pp.74. </w:t>
@@ -1474,77 +1474,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Lefebvre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Simons</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Duval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edouard Laforgue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Victorri-Vigneau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve"> Journal of Addiction Medicine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, </w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1712,90 +1712,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Physicians, pharmacists and take-home naloxone: What practices? The SINFONI study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Duval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Aquizerate</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Jaulin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Morgane Rousselet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Kuhn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -1846,90 +1846,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evolution of the profiles of new psychotropic drug users before and during the COVID-19 crisis: an original longitudinal approach through multichannel sequence analysis using the French health-care database</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Istvan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Duval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karl Hodel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Aquizerate</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anicet Chaslerie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -1980,64 +1980,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Characterization of antipsychotic utilization before clozapine initiation for individuals with schizophrenia: an innovative visualization of trajectories using French National Health Insurance data</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edouard-Jules Laforgue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Istvan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anicet Chaslerie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2114,90 +2114,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">New Psychoactive Substances, New Behaviours, New Drug-drug Interactions: Pharmacology of a Slam Session</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Schreck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Istvan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marylène Guerlais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edouard-Jules Laforgue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Gérardin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2260,103 +2260,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nitrous oxide: a unique official French addictovigilance national survey</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marylène Guerlais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Aquizerate</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arthur Lionnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Daveluy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Duval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Frontiers in Public Health</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 11, pp.1167746. </w:t>
@@ -2394,90 +2394,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evolution of the Addictovigilance Signal of Zopiclone: A 2014–2020 National Follow-up Study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Aquizerate</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edouard-Jules Laforgue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Istvan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Morgane Rousselet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Gérardin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2528,103 +2528,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">French national addictovigilance follow-up of zolpidem between 2014 and 2020: evolution of drug abuse, misuse and dependence before and after the regulatory change</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Aquizerate</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edouard-Jules Laforgue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Istvan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Morgane Rousselet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Gerardin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Journal of Public Health</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 33 (2), pp.169-175. </w:t>
@@ -2662,103 +2662,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nitrous oxide in France: Evolution of complications reported to the French monitoring system in the context of information from health authorities and regulatory measures</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marylène Guerlais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Aquizerate</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Daveluy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arthur Lionnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Gerardin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Drug Policy</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, pp.104172. </w:t>
@@ -2930,103 +2930,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Perception of the Regulatory Change for Zolpidem Prescription by French General Practitioners and Its Relation to Prescription Behavior</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Istvan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Schreck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Mainguy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascale Jolliet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Grall-Bronnec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Clinical Medicine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 11 (8), pp.2176. </w:t>
@@ -3058,498 +3058,498 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03678956v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">How do people who use drugs receiving Opioid Medication Therapy perceive their treatment ? A multicentre study</w:t>
+                <w:t xml:space="preserve">Evolution of sexual functioning of men through treated and untreated depression</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Morgane Guillou Landreat</w:t>
+                <w:t xml:space="preserve">É-J Laforgue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Antoine Dany</w:t>
+                <w:t xml:space="preserve">G. Busnel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gaëlle Challet-Bouju</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Edouard-Jules Laforgue</w:t>
+                <w:t xml:space="preserve">D. Lauzeille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jennifer Cholet</w:t>
+                <w:t xml:space="preserve">M. Bronnec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clémence Cabelguen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Harm Reduction Journal</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/s12954-022-00608-6⟩</w:t>
+              <w:t xml:space="preserve">L'Encéphale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 48 (4), pp.383-389. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.encep.2021.06.008⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03629554v1</w:t>
+                <w:t xml:space="preserve">hal-03406872v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Did the New French Regulation of Zolpidem Decrease the Problematic Consumption of Zolpidem? A Field Study among Users</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edouard-Jules Laforgue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Morgane Rousselet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Claudon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Aquizerate</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascale Jolliet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Environmental Research and Public Health</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 19 (15), pp.8920. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3390/ijerph19158920⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04764984v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evolution of sexual functioning of men through treated and untreated depression</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">How do people who use drugs receiving Opioid Medication Therapy perceive their treatment ? A multicentre study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">G. Busnel</w:t>
+                <w:t xml:space="preserve">Morgane Guillou Landreat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">D. Lauzeille</w:t>
+                <w:t xml:space="preserve">Antoine Dany</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Bronnec</w:t>
+                <w:t xml:space="preserve">Gaëlle Challet-Bouju</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edouard-Jules Laforgue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Clémence Cabelguen</w:t>
+                <w:t xml:space="preserve">Jennifer Cholet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">L'Encéphale</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, </w:t>
+              <w:t xml:space="preserve">Harm Reduction Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 19 (1), pp.31. </w:t>
             </w:r>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.encep.2021.06.008⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1186/s12954-022-00608-6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId119" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03406872v1</w:t>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03629554v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Did the pattern of use of zolpidem change since the enforcement of a new prescription rule? A latent class analysis using the French health insurance database</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Istvan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Morgane Rousselet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Morgane Rousselet</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Edouard-Jules Laforgue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marylène Guerlais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Gérardin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -3594,901 +3594,901 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04796549v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">CYP1A2 and tobacco interaction</w:t>
+                <w:t xml:space="preserve">A prospective multicenter assessor-blinded randomized controlled study to compare the efficacy of short versus long protocols of electroconvulsive therapy as an augmentation strategy to clozapine in patients with ultra-resistant schizophrenia (SURECT study)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Malcolm Barrangou-Poueys-Darlas</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Edouard-Jules Laforgue</w:t>
+                <w:t xml:space="preserve">Virginie Moulier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ronan Bellouard</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Marion Istvan</w:t>
+                <w:t xml:space="preserve">Mohamed Wassim Krir</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marine Dalmont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Guillin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maud Rothärmel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Drug Metabolism Reviews</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/03602532.2020.1859528⟩</w:t>
+              <w:t xml:space="preserve">Trials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 2021 (22), pp.284. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s13063-021-05227-3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03407082v1</w:t>
+                <w:t xml:space="preserve">hal-05322770v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">ZORRO: When the mask falls off—Comment</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Slam Practice :</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Schreck</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Victorri-Vigneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marylène Guerlais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edouard-Jules Laforgue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Caroline Victorri-Vigneau</w:t>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Grall-Bronnec</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">British Journal of Clinical Pharmacology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/bcp.15086⟩</w:t>
+              <w:t xml:space="preserve">European Addiction Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 27 (3), pp.161-178. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1159/000511897⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId132" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03406898v1</w:t>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04994156v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Regulatory Framework Implementation for the Prescription of Zolpidem in France, What Impact in the Older People?</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId53" w:history="1">
+                <w:t xml:space="preserve">CYP1A2 and tobacco interaction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Malcolm Barrangou-Poueys-Darlas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marylène Guerlais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edouard-Jules Laforgue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ronan Bellouard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Istvan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...35 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Environmental Research and Public Health</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/ijerph182212099⟩</w:t>
+              <w:t xml:space="preserve">Drug Metabolism Reviews</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 53 (1), pp.30-44. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/03602532.2020.1859528⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId134" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03445931v1</w:t>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03407082v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">What about regular hematological monitoring during clozapine treatment? A compliance analysis using the French health insurance database</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">ZORRO: When the mask falls off—Comment</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Istvan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edouard-Jules Laforgue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marylène Guerlais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascale Jolliet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Victorri-Vigneau</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Expert Opinion on Drug Safety</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/14740338.2021.1939304⟩</w:t>
+              <w:t xml:space="preserve">British Journal of Clinical Pharmacology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/bcp.15086⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId137" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03406940v1</w:t>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03406898v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A prospective multicenter assessor-blinded randomized controlled study to compare the efficacy of short versus long protocols of electroconvulsive therapy as an augmentation strategy to clozapine in patients with ultra-resistant schizophrenia (SURECT study)</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Maud Rothärmel</w:t>
+                <w:t xml:space="preserve">What about regular hematological monitoring during clozapine treatment? A compliance analysis using the French health insurance database</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edouard-Jules Laforgue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Istvan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marylène Guerlais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anicet Chaslerie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Artarit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Trials</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/s13063-021-05227-3⟩</w:t>
+              <w:t xml:space="preserve">Expert Opinion on Drug Safety</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 20 (10), pp.1247-1256. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/14740338.2021.1939304⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId139" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05322770v1</w:t>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03406940v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Slam Practice :</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId50" w:history="1">
+                <w:t xml:space="preserve">Regulatory Framework Implementation for the Prescription of Zolpidem in France, What Impact in the Older People?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandra Jobert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Istvan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edouard-Jules Laforgue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Schreck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Victorri-Vigneau</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Marie Grall-Bronnec</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Addiction Research</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 27 (3), pp.161-178. </w:t>
+              <w:t xml:space="preserve">International Journal of Environmental Research and Public Health</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 18, </w:t>
             </w:r>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1159/000511897⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/ijerph182212099⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId146" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04994156v1</w:t>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03445931v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Change in the regulatory framework for zolpidem</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Istvan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Caillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Morgane Rousselet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marylène Guerlais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edouard-Jules Laforgue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">British Journal of Clinical Pharmacology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 87 (8), pp.3310-3319. </w:t>
@@ -4526,90 +4526,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benzodiazepine withdrawal in older people: what is the prevalence, what are the signs, and which patients?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandra Jobert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edouard Laforgue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Grall-Bronnec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Morgane Rousselet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Morgane Péré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -4673,64 +4673,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">What Differs between Patients under Methadone and under Buprenorphine for Opioid Use Disorder (OUD) in Daily Clinical Practice in France? A Short Report</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Morgane Guillou-Landréat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Dany</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaëlle Challet-Bouju</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edouard Laforgue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4794,103 +4794,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Are Seniors Dependent on Benzodiazepines?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Victorri-Vigneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edouard-Jules Laforgue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Grall-Bronnec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Morgane Guillou-Landreat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Morgane Rousselet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Clinical Pharmacology and Therapeutics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 109 (2), pp.528-535. </w:t>
@@ -4928,103 +4928,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cannabinoid Hyperemesis Syndrome Among Pregnant Women</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edouard-Jules Laforgue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurore Lesage</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Schreck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marylène Guerlais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Victorri-Vigneau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Studies on Alcohol and Drugs</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 81 (6), pp.824-825. </w:t>
             </w:r>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
@@ -5071,51 +5071,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Naltrexone Use in Treating Hypersexuality Induced by Dopamine Replacement Therapy: Impact of OPRM1 A/G Polymorphism on Its Effectiveness</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Verholleman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Victorri-Vigneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edouard Laforgue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5186,563 +5186,563 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03159491v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Do Older People Know Why They Take Benzodiazepines? A National French Cross-Sectional Survey of Long-Term Consumers</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId48" w:history="1">
+                <w:t xml:space="preserve">Cathinone Use Disorder in the Context of Slam Practice</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Schreck</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marylène Guerlais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edouard Laforgue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Célia Bichon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Grall-Bronnec</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Pascale Jolliet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Geriatric Psychiatry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/gps.5307⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Psychiatry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 11, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fpsyt.2020.00705⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03159473v1</w:t>
+                <w:t xml:space="preserve">hal-04063101v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cathinone Use Disorder in the Context of Slam Practice</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId48" w:history="1">
+                <w:t xml:space="preserve">Do Older People Know Why They Take Benzodiazepines? A National French Cross-Sectional Survey of Long-Term Consumers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edouard‐jules Laforgue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandra Jobert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Morgane Rousselet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Grall-Bronnec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascale Jolliet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Psychiatry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 11, </w:t>
+              <w:t xml:space="preserve">International Journal of Geriatric Psychiatry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 35 (8), pp.870-876. </w:t>
             </w:r>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3389/fpsyt.2020.00705⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/gps.5307⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId170" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04063101v1</w:t>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03159473v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Prevalence of Coaddictions and Rate of Successful Treatment Among a French Sample of Opioid-Dependent Patients With Long-Term Opioid Substitution Therapy: The OPAL Study</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Marie Grall-Bronnec</w:t>
+                <w:t xml:space="preserve">Relevance of CYP2B6 and CYP2D6 Genotypes to Methadone Pharmacokinetics and Response in the OPAL Study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Victorri-Vigneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Verstuyft</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Régis Bouquié</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edouard Laforgue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId113" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Benoit Hardouin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Psychiatry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fpsyt.2019.00726⟩</w:t>
+              <w:t xml:space="preserve">British Journal of Clinical Pharmacology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 85 (7), pp.1538-1543. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/bcp.13936⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03158795v1</w:t>
+                <w:t xml:space="preserve">hal-03158829v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Relevance of CYP2B6 and CYP2D6 Genotypes to Methadone Pharmacokinetics and Response in the OPAL Study</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Céline Verstuyft</w:t>
+                <w:t xml:space="preserve">Prevalence of Coaddictions and Rate of Successful Treatment Among a French Sample of Opioid-Dependent Patients With Long-Term Opioid Substitution Therapy: The OPAL Study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Grall-Bronnec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edouard Laforgue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaëlle Challet-Bouju</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Régis Bouquié</w:t>
-[...19 lines deleted...]
-            <w:hyperlink r:id="rId175" w:history="1">
+                <w:t xml:space="preserve">Jennyfer Cholet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Benoit Hardouin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">British Journal of Clinical Pharmacology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 85 (7), pp.1538-1543. </w:t>
+              <w:t xml:space="preserve">Frontiers in Psychiatry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 10, pp.726. </w:t>
             </w:r>
             <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/bcp.13936⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3389/fpsyt.2019.00726⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId177" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03158829v1</w:t>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03158795v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Management of Emergency Electroconvulsive Therapy in the Intensive Care Unit for Life-Threatening Psychiatric Conditions: A Case Series</w:t>
               </w:r>
@@ -5875,51 +5875,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bipolar Disorder and Adherence: Implications of Manic Subjective Experience on Treatment Disruption</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Bulteau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Grall-Bronnec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Yves Bars</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6292,51 +6292,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Facteurs du mésusage des traitements psychotropes : des prescriptions non-conformes aux usages inappropriés</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edouard-Jules Laforgue</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Médecine humaine et pathologie. Nantes Université, 2022. Français. </w:t>
             </w:r>
             <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : 2022NANU1044⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
@@ -6532,51 +6532,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05099112v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abd El Kader Ait Tayeb" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edouard&#8208;jules Laforgue" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Schreck" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Grall&#8208;bronnec" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;benoit Hardouin" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/fcp.70013" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05392660v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Asselin" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edouard-Jules Laforgue" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Duval" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Revol" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwena&#235;lle Veyrac" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.therap.2025.07.002" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04955700v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Rodney" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Rousselet" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Choosie Jaquin" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Garot" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.identj.2025.02.007" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05228358v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Berdot" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Germain Perrin" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Disse" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armelle Arnoux" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Bertin" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/obr.13977" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04765025v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Aquizerate" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axel Cochard" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryl&#232;ne Guerlais" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Gerardin" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12954-024-00941-y" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04805817v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Carton" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Perle Totoson" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Pelerin" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Portier-Feunteun" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.therap.2023.10.016" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-04717296v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Auxane Beslot" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Grall-Bronnec" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Balem" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Schreck" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12954-024-01079-7" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04824065v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Istvan" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1159/000541887" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04785734v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Victorri-Vigneau" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Jaulin" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc-Antoine Pistorius" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.thromres.2024.109096" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04994166v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Pinhal" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Leboucher" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13722-024-00506-1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04792448v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Lefebvre" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Simons" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edouard Laforgue" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/ADM.0000000000001378" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04789390v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Li" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoann Zelmat" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wilhelm Storck" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Yrondi" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jad.2024.01.119" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04765493v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Kuhn" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.therap.2024.07.001" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04792516v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karl Hodel" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anicet Chaslerie" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00406-024-01774-3" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-04215734v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Artarit" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Genevi&#232;ve Vallot" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S2045796023000732" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04795180v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie G&#233;rardin" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2174/1389200224666230228103922" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/R65-9Z7R08TZ-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04765021v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Lionnet" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Daveluy" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpubh.2023.1167746" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04795227v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11469-023-01078-y" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04765007v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/eurpub/ckad003" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04794897v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.drugpo.2023.104172" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04783913v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bukowski" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew Laurin" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Preterre" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiphaine Rouaud" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/YCT.0000000000000828" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03678956v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Mainguy" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Jolliet" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/jcm11082176" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03629554v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Guillou Landreat" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Dany" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Challet-Bouju" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer Cholet" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12954-022-00608-6" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04764984v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Claudon" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijerph19158920" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tours.hal.science/hal-03406872v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;-J Laforgue" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Busnel" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Lauzeille" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bronnec" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Cabelguen" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.encep.2021.06.008" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04796549v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/14740338.2022.2047930" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tours.hal.science/hal-03407082v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malcolm Barrangou-Poueys-Darlas" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronan Bellouard" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/03602532.2020.1859528" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tours.hal.science/hal-03406898v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/bcp.15086" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03445931v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Jobert" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijerph182212099" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tours.hal.science/hal-03406940v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/14740338.2021.1939304" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05322770v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Moulier" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Wassim Krir" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Dalmont" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Guillin" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Roth&#228;rmel" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13063-021-05227-3" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04994156v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1159/000511897" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tours.hal.science/hal-03407064v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Caillet" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/bcp.14753" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03244134v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane P&#233;r&#233;" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00228-020-03007-7" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03211107v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Guillou-Landr&#233;at" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijerph18041425" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tours.hal.science/hal-03407111v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Guillou-Landreat" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cpt.2025" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tours.hal.science/hal-03407086v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Lesage" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15288/jsad.2020.81.824" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03159491v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Verholleman" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Derkinderen" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Verstuyft" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms21083002" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03159473v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/gps.5307" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04063101v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;lia Bichon" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyt.2020.00705" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03158795v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennyfer Cholet" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Benoit Hardouin" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyt.2019.00726" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03158829v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Verstuyft" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis Bouqui&#233;" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/bcp.13936" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03158600v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Bulteau" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Chimot" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Dumont" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Loutrel" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/YCT.0000000000000451" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03158599v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Yves Bars" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Etcheverrigaray" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2147/PPA.S151838" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03158607v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Deschamps" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Sauvaget" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Thomas-Ollivier" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0004867417742520" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03158125v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique S&#233;bille" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillemette Fayet" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronique Thomas-Ollivier" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13063-016-1764-8" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-04282983v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2022NANU1044" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04955700v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Duval" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Rodney" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Rousselet" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Choosie Jaquin" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Garot" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.identj.2025.02.007" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05099112v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abd El Kader Ait Tayeb" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edouard&#8208;jules Laforgue" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Schreck" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Grall&#8208;bronnec" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;benoit Hardouin" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/fcp.70013" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05392660v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Asselin" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edouard-Jules Laforgue" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Revol" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwena&#235;lle Veyrac" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.therap.2025.07.002" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05228358v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Berdot" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Germain Perrin" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Disse" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armelle Arnoux" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Bertin" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/obr.13977" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04785734v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Victorri-Vigneau" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryl&#232;ne Guerlais" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Jaulin" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc-Antoine Pistorius" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.thromres.2024.109096" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04765025v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Aquizerate" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axel Cochard" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Gerardin" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12954-024-00941-y" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-04717296v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Auxane Beslot" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Grall-Bronnec" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Balem" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Schreck" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12954-024-01079-7" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04824065v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Istvan" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1159/000541887" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04805817v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Carton" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Perle Totoson" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Pelerin" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Portier-Feunteun" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.therap.2023.10.016" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04994166v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Pinhal" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Leboucher" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13722-024-00506-1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04792448v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Lefebvre" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Simons" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edouard Laforgue" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/ADM.0000000000001378" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04789390v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Li" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoann Zelmat" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wilhelm Storck" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Yrondi" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jad.2024.01.119" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04765493v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Kuhn" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.therap.2024.07.001" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04792516v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karl Hodel" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anicet Chaslerie" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00406-024-01774-3" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-04215734v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Artarit" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Genevi&#232;ve Vallot" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S2045796023000732" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04795180v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie G&#233;rardin" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2174/1389200224666230228103922" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/R65-9Z7R08TZ-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04765021v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Lionnet" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Daveluy" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpubh.2023.1167746" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04795227v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11469-023-01078-y" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04765007v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/eurpub/ckad003" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04794897v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.drugpo.2023.104172" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04783913v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bukowski" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew Laurin" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Preterre" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiphaine Rouaud" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/YCT.0000000000000828" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03678956v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Mainguy" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Jolliet" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/jcm11082176" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tours.hal.science/hal-03406872v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;-J Laforgue" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Busnel" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Lauzeille" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bronnec" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Cabelguen" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.encep.2021.06.008" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04764984v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Claudon" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijerph19158920" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03629554v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Guillou Landreat" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Dany" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Challet-Bouju" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer Cholet" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12954-022-00608-6" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04796549v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/14740338.2022.2047930" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05322770v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Moulier" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Wassim Krir" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Dalmont" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Guillin" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Roth&#228;rmel" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13063-021-05227-3" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04994156v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1159/000511897" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tours.hal.science/hal-03407082v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malcolm Barrangou-Poueys-Darlas" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronan Bellouard" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/03602532.2020.1859528" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tours.hal.science/hal-03406898v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/bcp.15086" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tours.hal.science/hal-03406940v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/14740338.2021.1939304" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03445931v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Jobert" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijerph182212099" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tours.hal.science/hal-03407064v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Caillet" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/bcp.14753" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03244134v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane P&#233;r&#233;" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00228-020-03007-7" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03211107v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Guillou-Landr&#233;at" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijerph18041425" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tours.hal.science/hal-03407111v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Guillou-Landreat" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cpt.2025" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tours.hal.science/hal-03407086v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Lesage" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15288/jsad.2020.81.824" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03159491v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Verholleman" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Derkinderen" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Verstuyft" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms21083002" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04063101v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;lia Bichon" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyt.2020.00705" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03159473v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/gps.5307" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03158829v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Verstuyft" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis Bouqui&#233;" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Benoit Hardouin" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/bcp.13936" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03158795v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennyfer Cholet" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyt.2019.00726" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03158600v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Bulteau" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Chimot" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Dumont" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Loutrel" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/YCT.0000000000000451" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03158599v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Yves Bars" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Etcheverrigaray" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2147/PPA.S151838" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03158607v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Deschamps" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Sauvaget" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Thomas-Ollivier" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0004867417742520" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03158125v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique S&#233;bille" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillemette Fayet" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronique Thomas-Ollivier" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13063-016-1764-8" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-04282983v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2022NANU1044" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>