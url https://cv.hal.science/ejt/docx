--- v0 (2026-03-06)
+++ v1 (2026-03-28)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Erell JAMELOT </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (13)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stability estimates for solving Stokes problem with nonconforming finite elements</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erell Jamelot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Comptes Rendus. Mathématique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 363, pp.115-137. </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5802/crmath.707⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-03833616v5</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Explicit T-coercivity for the Stokes problem: a coercive finite element discretization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Ciarlet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erell Jamelot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Computers &amp; Mathematics with Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 188, pp.137-159. </w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.camwa.2025.03.028⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04414789v6</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Variational methods for solving numerically magnetostatic systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Ciarlet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erell Jamelot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Advances in Computational Mathematics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 50 (1), pp.5. </w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10444-023-10089-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04152740v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Improved Crouzeix-Raviart scheme for the Stokes and Navier-Stokes problem</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chénier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erell Jamelot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Le Potier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrew Peitavy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ESAIM: Proceedings and Surveys</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 76, pp.20-34. </w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/proc/202476020⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-04033455v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Numerical analysis of the neutron multigroup $SP_N$ equations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erell Jamelot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Madiot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Comptes Rendus. Mathématique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, Comptes Rendus. Mathématique, 359 (5)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-02902626v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Numerical analysis of the neutron multigroup $SP_N$ equations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erell Jamelot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Madiot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Comptes Rendus. Mathématique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 359 (5), pp.533-545. </w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5802/crmath.189⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-04490604v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Numerical analysis of the mixed finite element method for the neutron diffusion eigenproblem with heterogeneous coefficients</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Ciarlet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léandre Giret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erell Jamelot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Félix D. Kpadonou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ESAIM: Mathematical Modelling and Numerical Analysis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 52 (5), pp.2003-2035. </w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/m2an/2018011⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01566179v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Domain decomposition methods for the diffusion equation with low-regularity solution</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Ciarlet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erell Jamelot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Félix D. Kpadonou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Computers &amp; Mathematics with Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, </w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.camwa.2017.07.017⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01349385v4</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fast non-overlapping Schwarz domain decomposition methods for solving the neutron diffusion equation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erell Jamelot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Ciarlet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Computational Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 241, pp.445--463</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00937674v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Domain decomposition for the SPN solver MINOS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Jamelot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Am. Baudron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jj. Lautard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Transport Theory and Statistical Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 41, </w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/00411450.2012.694827⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-02428805v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Solving electromagnetic eigenvalue problems in polyhedral domains with nodal finite elements</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annalisa Buffa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Ciarlet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erell Jamelot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Numerische Mathematik</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 113 (4), pp.497-518. </w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00211-009-0246-2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00873069v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Continuous Galerkin methods for solving the time-dependent Maxwell equations in 3D geometries</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Ciarlet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erell Jamelot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Computational Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 226 (1), pp.1122-1135. </w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jcp.2007.05.029⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00876227v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nodal finite element methods for Maxwell's equations [Eléments finis nodaux pour les équations de Maxwell]</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erell Jamelot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Comptes Rendus. Mathématique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 339 (11), pp.809-814. </w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.crma.2004.10.020⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00876245v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">HDR (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contributions to the analysis of finite element methods for models in electromagnetism, neutronics and fluid dynamics.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erell Jamelot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Numerical Analysis [math.NA]. Institut Polytechnique Paris, 2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">HDR</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-05382405v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stability and convergence of the P$^1_{nc}$ $×$ ($P^0$ + $^P$1) discretization ⋆</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Emmanuel Angeli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Honorine Bertrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erell Jamelot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05071391v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A simple monodimensional model coupling an enthalpy transport equation and a neutron diffusion equation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Dellacherie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erell Jamelot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Lafitte</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01322933v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings/Recueil des communications (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stability of the P1nc-(P0+P1) element</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erell Jamelot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Ciarlet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefan Sauter</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ENUMATH 2023 - The European Conference on Numerical Mathematics and Advanced Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2023, Lisbonne, Portugal. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Lecture Notes in Computational Science and Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 153, pp.494-503, 2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04414894v4</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (8)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Schéma MPFA symétrique pour le problème de Stokes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrew Peitavy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chénier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Le Potier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erell Jamelot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">FVCA10 - Finite Volumes for Complex Applications 10</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2023, Strasbourg, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04336230v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Schéma MPFA symétrique pour le problème de Stokes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrew Peitavy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chénier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erell Jamelot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Le Potier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ENUMATH 2023 - European Conference on Numerical Mathematics and Advanced Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2023, Lisbonne, Portugal</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04336192v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Improved Crouzeix-Raviart Scheme for the Stokes Problem</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chénier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erell Jamelot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Le Potier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrew Peitavy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Finite Volumes for Complex Applications 10</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2023, Strasbourg, France. pp.245-253, </w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-031-40864-9_19⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-04320978v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Schéma MPFA symétrique pour le problème de Stokes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrew Peitavy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erell Jamelot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chénier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Le Potier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CANUM 2022 - 45eme Congrès National d'Analyse Numérique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2022, Evian les bains, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-04321069v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Étude de la T-coercitivité pour le problème de Stokes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Ciarlet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erell Jamelot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Albéric Lefort</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées scientifiques du GdR MaNu (marhématiques pour le nucléaire)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nicolas Seguin, Olga Mula-Hernandez, Oct 2021, Le Croisic, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03445608v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">TrioCFD: code & numerical schemes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erell Jamelot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">POEMs 2019 - POlytopal Element Methods in Mathematics and Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CIRM (Centre international de rencontres mathématiques), Apr 2019, Marseille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-02972698v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Criticality Computation with Finite Element Method on Non-Conforming Meshes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Giret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Ciarlet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Jamelot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Mathematics and Computational Methods Applied to Nuclear Science and Engineering (MandC 2017)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2017, Jeju-do, South Korea</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02417379v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Domain decomposition for the neutron SPN equations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erell Jamelot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Ciarlet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Marie Baudron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Lautard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">21st Intl Conf. on Domain Decomposition Methods</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, Unknown</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00937770v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Schéma MPFA symétrique pour le problème de Stokes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrew Peitavy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erell Jamelot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chénier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Le Potier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-04321110v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Schéma MPFA symétrique pour le problème de Stokes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrew Peitavy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erell Jamelot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chénier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Le Potier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-04321054v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cours (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Outils mathématiques et algorithmiques pour le calcul scientifique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Ciarlet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erell Jamelot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Master. Palaiseau, France. 2019, pp.1-287</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Cours</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04311490v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Résolution des équations de Maxwell avec des éléments finis de Galerkin continus</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erell Jamelot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Mathématiques [math]. Ecole Polytechnique X, 2005. Français. </w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : ⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-00440043v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId73"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Erell JAMELOT </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (9)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stability of the P1nc-(P0+P1) element</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erell Jamelot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Ciarlet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefan Sauter</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ENUMATH 2023 - The European Conference on Numerical Mathematics and Advanced Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2023, Lisbonne, Portugal. pp.494-503</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04414894v4</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Schéma MPFA symétrique pour le problème de Stokes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrew Peitavy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chénier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Le Potier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erell Jamelot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">FVCA10 - Finite Volumes for Complex Applications 10</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2023, Strasbourg, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04336230v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Improved Crouzeix-Raviart Scheme for the Stokes Problem</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chénier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erell Jamelot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Le Potier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrew Peitavy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Finite Volumes for Complex Applications 10</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2023, Strasbourg, France. pp.245-253, </w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-031-40864-9_19⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-04320978v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Schéma MPFA symétrique pour le problème de Stokes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrew Peitavy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chénier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erell Jamelot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Le Potier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ENUMATH 2023 - European Conference on Numerical Mathematics and Advanced Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2023, Lisbonne, Portugal</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04336192v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Schéma MPFA symétrique pour le problème de Stokes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrew Peitavy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erell Jamelot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chénier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Le Potier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CANUM 2022 - 45eme Congrès National d'Analyse Numérique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2022, Evian les bains, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-04321069v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Étude de la T-coercitivité pour le problème de Stokes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Ciarlet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erell Jamelot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Albéric Lefort</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées scientifiques du GdR MaNu (marhématiques pour le nucléaire)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nicolas Seguin, Olga Mula-Hernandez, Oct 2021, Le Croisic, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03445608v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">TrioCFD: code & numerical schemes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erell Jamelot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">POEMs 2019 - POlytopal Element Methods in Mathematics and Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CIRM (Centre international de rencontres mathématiques), Apr 2019, Marseille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-02972698v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Criticality Computation with Finite Element Method on Non-Conforming Meshes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Giret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Ciarlet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Jamelot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Mathematics and Computational Methods Applied to Nuclear Science and Engineering (MandC 2017)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2017, Jeju-do, South Korea</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02417379v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Domain decomposition for the neutron SPN equations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erell Jamelot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Ciarlet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Marie Baudron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Lautard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">21st Intl Conf. on Domain Decomposition Methods</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, Unknown</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00937770v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stability and convergence of the P$^1_{nc}$ $×$ ($P^0$ + $^P$1) discretization ⋆</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Emmanuel Angeli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Honorine Bertrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erell Jamelot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05071391v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A simple monodimensional model coupling an enthalpy transport equation and a neutron diffusion equation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Dellacherie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erell Jamelot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Lafitte</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01322933v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (13)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Explicit T-coercivity for the Stokes problem: a coercive finite element discretization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Ciarlet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erell Jamelot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Computers &amp; Mathematics with Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 188, pp.137-159. </w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.camwa.2025.03.028⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04414789v6</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stability estimates for solving Stokes problem with nonconforming finite elements</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erell Jamelot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Comptes Rendus. Mathématique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 363, pp.115-137. </w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5802/crmath.707⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-03833616v5</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Variational methods for solving numerically magnetostatic systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Ciarlet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erell Jamelot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Advances in Computational Mathematics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 50 (1), pp.5. </w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10444-023-10089-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04152740v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Improved Crouzeix-Raviart scheme for the Stokes and Navier-Stokes problem</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chénier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erell Jamelot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Le Potier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrew Peitavy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ESAIM: Proceedings and Surveys</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 76, pp.20-34. </w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/proc/202476020⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-04033455v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Numerical analysis of the neutron multigroup $SP_N$ equations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erell Jamelot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Madiot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Comptes Rendus. Mathématique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, Comptes Rendus. Mathématique, 359 (5)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-02902626v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Numerical analysis of the neutron multigroup $SP_N$ equations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erell Jamelot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Madiot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Comptes Rendus. Mathématique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 359 (5), pp.533-545. </w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5802/crmath.189⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-04490604v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Numerical analysis of the mixed finite element method for the neutron diffusion eigenproblem with heterogeneous coefficients</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Ciarlet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léandre Giret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erell Jamelot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Félix D. Kpadonou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ESAIM: Mathematical Modelling and Numerical Analysis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 52 (5), pp.2003-2035. </w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/m2an/2018011⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01566179v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Domain decomposition methods for the diffusion equation with low-regularity solution</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Ciarlet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erell Jamelot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Félix D. Kpadonou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Computers &amp; Mathematics with Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, </w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.camwa.2017.07.017⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01349385v4</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fast non-overlapping Schwarz domain decomposition methods for solving the neutron diffusion equation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erell Jamelot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Ciarlet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Computational Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 241, pp.445--463</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00937674v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Domain decomposition for the SPN solver MINOS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Jamelot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Am. Baudron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jj. Lautard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Transport Theory and Statistical Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 41, </w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/00411450.2012.694827⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-02428805v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Solving electromagnetic eigenvalue problems in polyhedral domains with nodal finite elements</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annalisa Buffa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Ciarlet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erell Jamelot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Numerische Mathematik</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 113 (4), pp.497-518. </w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00211-009-0246-2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00873069v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Continuous Galerkin methods for solving the time-dependent Maxwell equations in 3D geometries</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Ciarlet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erell Jamelot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Computational Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 226 (1), pp.1122-1135. </w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jcp.2007.05.029⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00876227v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nodal finite element methods for Maxwell's equations [Eléments finis nodaux pour les équations de Maxwell]</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erell Jamelot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Comptes Rendus. Mathématique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 339 (11), pp.809-814. </w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.crma.2004.10.020⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00876245v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">HDR (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contributions to the analysis of finite element methods for models in electromagnetism, neutronics and fluid dynamics.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erell Jamelot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Numerical Analysis [math.NA]. Institut Polytechnique Paris, 2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">HDR</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-05382405v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Schéma MPFA symétrique pour le problème de Stokes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrew Peitavy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erell Jamelot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chénier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Le Potier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-04321110v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Schéma MPFA symétrique pour le problème de Stokes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrew Peitavy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erell Jamelot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chénier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Le Potier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-04321054v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cours (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Outils mathématiques et algorithmiques pour le calcul scientifique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Ciarlet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erell Jamelot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Master. Palaiseau, France. 2019, pp.1-287</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Cours</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04311490v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Résolution des équations de Maxwell avec des éléments finis de Galerkin continus</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erell Jamelot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Mathématiques [math]. Ecole Polytechnique X, 2005. Français. </w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : ⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-00440043v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId73"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -185,51 +185,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-03833616v5" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erell Jamelot" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5802/crmath.707" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04414789v6" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Ciarlet" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.camwa.2025.03.028" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04152740v2" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10444-023-10089-1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04033455v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Ch&#233;nier" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Le Potier" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew Peitavy" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/proc/202476020" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02902626v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Madiot" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04490604v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5802/crmath.189" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01566179v2" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;andre Giret" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F&#233;lix D. Kpadonou" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/m2an/2018011" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01349385v4" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.camwa.2017.07.017" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00937674v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02428805v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Jamelot" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am. Baudron" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jj. Lautard" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00411450.2012.694827" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-00873069v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annalisa Buffa" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00211-009-0246-2" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-MM8MBNDQ-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-00876227v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcp.2007.05.029" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-4DZ3S15C-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-00876245v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crma.2004.10.020" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-B6GNF13S-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/tel-05382405v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05071391v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Emmanuel Angeli" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Honorine Bertrand" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01322933v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Dellacherie" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Lafitte" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04414894v4" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Sauter" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04336230v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04336192v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04320978v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-40864-9_19" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04321069v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03445608v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alb&#233;ric Lefort" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02972698v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02417379v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Giret" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00937770v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Marie Baudron" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Jacques Lautard" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04321110v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04321054v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04311490v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pastel.hal.science/tel-00440043v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04414894v4" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erell Jamelot" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Ciarlet" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Sauter" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04336230v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew Peitavy" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Ch&#233;nier" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Le Potier" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04320978v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-40864-9_19" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04336192v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04321069v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03445608v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alb&#233;ric Lefort" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02972698v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02417379v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Giret" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Jamelot" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00937770v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Marie Baudron" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Jacques Lautard" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05071391v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Emmanuel Angeli" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Honorine Bertrand" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01322933v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Dellacherie" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Lafitte" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04414789v6" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.camwa.2025.03.028" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-03833616v5" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5802/crmath.707" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04152740v2" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10444-023-10089-1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04033455v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/proc/202476020" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02902626v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Madiot" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04490604v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5802/crmath.189" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01566179v2" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;andre Giret" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F&#233;lix D. Kpadonou" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/m2an/2018011" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01349385v4" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.camwa.2017.07.017" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00937674v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02428805v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am. Baudron" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jj. Lautard" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00411450.2012.694827" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-00873069v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annalisa Buffa" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00211-009-0246-2" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-MM8MBNDQ-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-00876227v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcp.2007.05.029" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-4DZ3S15C-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-00876245v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crma.2004.10.020" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-B6GNF13S-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/tel-05382405v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04321110v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04321054v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04311490v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pastel.hal.science/tel-00440043v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>